--- v0 (2025-11-06)
+++ v1 (2026-03-12)
@@ -12,96 +12,68 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4000">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4069">
   <si>
     <t>catalog_number</t>
   </si>
   <si>
     <t>code_manufacturer</t>
   </si>
   <si>
     <t>name</t>
   </si>
   <si>
     <t>ean</t>
   </si>
   <si>
     <t>description</t>
   </si>
   <si>
     <t>quantity</t>
-  </si>
-[...26 lines deleted...]
-</t>
   </si>
   <si>
     <t>P0467</t>
   </si>
   <si>
     <t>AKIKO P0467</t>
   </si>
   <si>
     <t>MAXLIGHT P0467 LAMPA WISZĄCA AKIKO</t>
   </si>
   <si>
     <t>Moc/Power: 16W LED, 1280 LM, CRI 80+, 3000K
 H: 150 cm, Ø: 20 cm, h: 30 cm
 Wykończenie/Detail finishing: czarne/black
 Materiał/Material: metal, szkło mleczne/metal, opal glass
 Zawiera zasilacz LED /LED driver included</t>
   </si>
   <si>
     <t>P0468</t>
   </si>
   <si>
     <t>AKIKO P0468</t>
   </si>
   <si>
     <t>MAXLIGHT P0468 LAMPA WISZĄCA AKIKO</t>
@@ -855,50 +827,84 @@
   </si>
   <si>
     <t>Oprawa do zastosowania z modułem świetlnym H0112
 H: 2,5-6,6 cm (z modułem: 6,6 cm), Ø: 10,5 cm
 Otwór montażowy/mounting hole: Ø: 9,0 cm
 Wykończenie/Detail finishing: czarne/black
 Materiał/Material: metal
 Nie zawiera źródła światła/light sources excluded</t>
   </si>
   <si>
     <t>P0565</t>
   </si>
   <si>
     <t>BELLMOND P0565</t>
   </si>
   <si>
     <t>MAXLIGHT P0565 LAMPA WISZACA BELLMOND BLACK&amp;GREY</t>
   </si>
   <si>
     <t>Moc/Power:  21W LED 3000K 1058 LM
 L: 60 cm, W: 53 cm,  H: max 200 cm
 Wykończenie/Detail finishing: czarne + szare/black+grey
 Materiał/Material:filc/felt</t>
   </si>
   <si>
+    <t>C0280</t>
+  </si>
+  <si>
+    <t>BIGFIX C0280</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MAXLIGHT C0280D LAMPA SUFITOWA BIGFIX 16W BIAŁA
+</t>
+  </si>
+  <si>
+    <t>Moc/Power: 16,2W LED 1200LM  3000K CRI92 kąt:36deg 
+H: 10 cm, Ø: 9,3 cm 
+Wykończenie/Detail finishing: Białe/white 
+Materiał/Material/: aluminium / aluminium 
+Zawiera zasilacz LED /LED driver included</t>
+  </si>
+  <si>
+    <t>C0281</t>
+  </si>
+  <si>
+    <t>BIGFIX C0281</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MAXLIGHT C0281D LAMPA SUFITOWA BIGFIX 16W CZARNA
+</t>
+  </si>
+  <si>
+    <t>Moc/Power: 16,2W LED 1200LM  3000K CRI92 kąt:36deg
+ H: 10 cm, Ø: 9,3 cm 
+Wykończenie/Detail finishing: Czarne/Black
+ Materiał/Material/: aluminium / aluminium
+ Zawiera zasilacz LED /LED driver included</t>
+  </si>
+  <si>
     <t>T0025</t>
   </si>
   <si>
     <t>BLACK T0025</t>
   </si>
   <si>
     <t>MAXLIGHT T0025 LAMPA BIURKOWA BLACK</t>
   </si>
   <si>
     <t>Moc/Power: 1 x 60W E27 230V
 W: 43 cm, D: 19 cm, H: 53 cm 
 Wykończenie/Detail finishing: czarne,białe/black,white
 Materiał/Material: metal / metal
 Nie zawiera żarówek/bulbs excluded</t>
   </si>
   <si>
     <t>W0188</t>
   </si>
   <si>
     <t>BLACK W0188</t>
   </si>
   <si>
     <t>MAXLIGHT W0188  KINKIET BLACK</t>
   </si>
   <si>
@@ -1112,50 +1118,102 @@
   </si>
   <si>
     <t>MAXLIGHT P0605D LAMPA WISZĄCA CAYENNE 60CM</t>
   </si>
   <si>
     <t xml:space="preserve">Moc/Power: 27W LED, 1420 LM 3000K
 H: max 180 cm, Ø: 55 cm, 
 Wykończenie/Detail finishing: miedź szcotkowana/brushed rose gold
 Materiał/Material: metal,metal
 LED w komplecie/LED included
 </t>
   </si>
   <si>
     <t>P0606D</t>
   </si>
   <si>
     <t>CAYENNE P0606D</t>
   </si>
   <si>
     <t>MAXLIGHT P0606D LAMPA WISZĄCA CAYENNE 80CM</t>
   </si>
   <si>
     <t xml:space="preserve">Moc/Power: 37W LED, 1732 LM 3000K
 H: max 180 cm, Ø: 74 cm,
 Wykończenie/Detail finishing: miedź szcotkowana/brushed rose gold
+Materiał/Material: metal,metal
+LED w komplecie/LED included
+</t>
+  </si>
+  <si>
+    <t>P0661D</t>
+  </si>
+  <si>
+    <t>CAYENNE P0661D</t>
+  </si>
+  <si>
+    <t>MAXLIGHT P0661D LAMPA WISZĄCA CAYENNE 60CM BRUSHED BLACK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Moc/Power: 27W LED, 1420 LM 3000K
+H: max 180 cm, Ø: 55 cm, 
+Wykończenie/Detail finishing: czarny szczotkowany/brushed black
+Materiał/Material: metal,metal
+LED w komplecie/LED included
+</t>
+  </si>
+  <si>
+    <t>P0662D</t>
+  </si>
+  <si>
+    <t>CAYENNE P0662D</t>
+  </si>
+  <si>
+    <t>MAXLIGHT P0662D LAMPA WISZĄCA CAYENNE 80CM BRUSHED BLACK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Moc/Power: 37W LED, 1732 LM 3000K
+H: max 180 cm, Ø: 74 cm,
+Wykończenie/Detail finishing: czarny szczotkowany/brushed black
+Materiał/Material: metal,metal
+LED w komplecie/LED included
+</t>
+  </si>
+  <si>
+    <t>P0663D</t>
+  </si>
+  <si>
+    <t>CAYENNE P0663D</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MAXLIGHT P0663D LAMPA WISZĄCA CAYENNE 3 BRUSHED BLACK
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Moc/Power: 130W LED, 3966 LM 3000K
+H: max 180 cm, Ø: 2x 94 cm, 1 x 74 cm, 
+Wykończenie/Detail finishing: czarny szczotkowany/brushed black
 Materiał/Material: metal,metal
 LED w komplecie/LED included
 </t>
   </si>
   <si>
     <t>F0046</t>
   </si>
   <si>
     <t>CELIA F0046</t>
   </si>
   <si>
     <t>MAXLIGHT F0046 LAMPA PODŁOGOWA CELIA</t>
   </si>
   <si>
     <t>Moc/Power: 1 x 60W E27 230V
 ,
 W: 175, D: 49 cm, H: 212
 abażur/shade: Ø: 35-49 cm, H: 25cm
 Materiał/Material: Aluminium, żelazo/ aluminium, iron
 Wykończenie/Detail finishing: czarne/ black
 czarny abażur/black shade
 Nie zawiera żarówek/bulbs excluded</t>
   </si>
   <si>
     <t>P0109</t>
@@ -1254,82 +1312,50 @@
 Wykończenie/Detail finishing: białe/white
 Materiał/Material: metal, akryl/metal, acrylic
 Kąt świecenia/beam angle: 38°  
 adaptor 3-fazowy/3-phases adaptor 
 Transformator w komplecie/ trafo included</t>
   </si>
   <si>
     <t>S0014</t>
   </si>
   <si>
     <t>CHARON S0014</t>
   </si>
   <si>
     <t>MAXLIGHT S0014 LAMPA DO SZYNOPRZEWODU CHARON CZARNY</t>
   </si>
   <si>
     <t>Moc/Power: 1 x 15W LED 230V, 1327 LM, CRI 90+, 3000K
 W: 11,3 cm, D: 3,7 cm, H: 14,8 cm, Ø: 10,2  cm,
 Wykończenie/Detail finishing: czarne/black
 Materiał/Material: metal, akryl/metal, acrylic
 Kąt świecenia/beam angle: 38°  
 adaptor 3-fazowy/3-phases adaptor 
 Transformator w komplecie/ trafo included</t>
   </si>
   <si>
-    <t>F0036</t>
-[...30 lines deleted...]
-  <si>
     <t>T0028</t>
   </si>
   <si>
     <t>CHICAGO T0028</t>
   </si>
   <si>
     <t>MAXLIGHT T0028 LAMPA STOŁOWA CHICAGO BIAŁA + BIAŁY ABAŻUR</t>
   </si>
   <si>
     <t>Moc/Power: 1 x 100W E27  230V
 W: 32 cm, D: 30 cm, H: 46 cm, abażur Ø: 26-30 cm
 Wykończenie/Detail finishing:białe/white biały abażur/white shade
 Materiał/Material: metal, tkanina/metal, fabric
 Nie zawiera żarówek/bulbs excluded</t>
   </si>
   <si>
     <t>T0029</t>
   </si>
   <si>
     <t>CHICAGO T0029</t>
   </si>
   <si>
     <t>MAXLIGHT T0029 LAMPA STOŁOWA CHICAGO CZARNA + CZARNY ABAŻUR</t>
   </si>
   <si>
@@ -1615,67 +1641,50 @@
   </si>
   <si>
     <t xml:space="preserve">Moc/Power: 1 x 10W LED 3000K 600LM
 Φ: 18 cm,  H: max 165  cm
 Wykończenie/Detail finishing: czarne/black
 Materiał/Material/: metal+acrylic
 Zawiera zasilacz LED /LED driver included
 </t>
   </si>
   <si>
     <t>P0555</t>
   </si>
   <si>
     <t>CONE P0555</t>
   </si>
   <si>
     <t>MAXLIGHT P0555 LAMPA WISZĄCA CONE II</t>
   </si>
   <si>
     <t xml:space="preserve">Moc/Power: 1 x 37W LED 3000K 2030LM
 Φ: 39 cm,  H: max 160  cm
 Wykończenie/Detail finishing: czarne/black
 Materiał/Material/: metal+acrylic
 Zawiera zasilacz LED /LED driver included
 </t>
-  </si>
-[...15 lines deleted...]
-LED w komplecie/LED included</t>
   </si>
   <si>
     <t>P0330</t>
   </si>
   <si>
     <t>CORNET P0330</t>
   </si>
   <si>
     <t>MAXLIGHT P0330 LAMPA WISZĄCA CORNET 1 LED</t>
   </si>
   <si>
     <t>Moc/Power: 1 x 5W LED 230V, 300 LM, CRI90 3000K
 H: max 130 cm, Ø: 12 cm
 Wykończenie/Detail finishing: czarne+złote/black+gold
 Materiał/Material: metal/metal
 LED w komplecie/LED included 3000K</t>
   </si>
   <si>
     <t>T0039</t>
   </si>
   <si>
     <t>CORNET T0039</t>
   </si>
   <si>
     <t>MAXLIGHT T0039 LAMPA STOŁOWA CORNET LED</t>
@@ -1755,66 +1764,50 @@
 Wykończenie/Detail finishing: czane/black
 Materiał/Material: metal, akryl/metal, acrylic
 LED w komplecie/LED included 3000K
 Ruchoma głowica/tilted headlight
 otwór montazowy/cut out: Ø: 8,0 cm</t>
   </si>
   <si>
     <t>H0095 4000K</t>
   </si>
   <si>
     <t>CYKLOP H0095 4000K</t>
   </si>
   <si>
     <t>MAXLIGHT H0095 4000K OPRAWA WPUSTOWA CYKLOP CZARNA IP65</t>
   </si>
   <si>
     <t>Moc/Power: 1 x 12W LED 230V, 754 LM,  CRI 90, IP65, 4000K
 H: 4,7 cm, Ø: 9,0 cm, Kąt świecenia/beam angle: 38°  
 Wykończenie/Detail finishing: czane/black
 Materiał/Material: metal, akryl/metal, acrylic
 LED w komplecie/LED included 4000K
 Ruchoma głowica/tilted headlight
 otwór montazowy/cut out: Ø: 8,0 cm</t>
   </si>
   <si>
-    <t>P0240</t>
-[...14 lines deleted...]
-  <si>
     <t>P0367</t>
   </si>
   <si>
     <t>DALLAS P0367</t>
   </si>
   <si>
     <t>MAXLIGHT P0367 LAMPA WISZĄCA DALLAS I CZARNA</t>
   </si>
   <si>
     <t>Moc/Power:  1 x 40W E14 230V
 H: 150 cm, Ø: 14 cm,
 Wykończenie/Detail finishing: czarne/black
 Materiał/Material: metal, błyszczące szkło mleczne/metal, shiny opal glass
 Nie zawiera żarówek/bulbs excluded</t>
   </si>
   <si>
     <t>W0207</t>
   </si>
   <si>
     <t>DALLAS W0207</t>
   </si>
   <si>
     <t>MAXLIGHT W0207 KINKIET DALLAS</t>
   </si>
   <si>
@@ -2028,67 +2021,50 @@
   </si>
   <si>
     <t>Moc/Power: 1 x 42W G9 230V
 W: 16 cm, D: 9 cm, H: 12 cm,
 Wykończenie/Detail finishing: chrom/chrome
 Materiał/Material: metal, szkło/metal, glass
 Nie zawiera żarówek/bulbs excluded</t>
   </si>
   <si>
     <t>W0205</t>
   </si>
   <si>
     <t>DIAMANTE W0205</t>
   </si>
   <si>
     <t>MAXLIGHT W0205 DIAMANTE KINKIET</t>
   </si>
   <si>
     <t>Moc/Power: 1 x 42W G9 230V
 W: 12 cm, D: 13 cm, H: 13,5 cm,
 Wykończenie/Detail finishing: chrom/chrome
 Materiał/Material: metal, szkło/metal, glass
 Nie zawiera żarówek/bulbs excluded</t>
   </si>
   <si>
-    <t>C0123</t>
-[...15 lines deleted...]
-  <si>
     <t>C0157</t>
   </si>
   <si>
     <t>DOT C0157</t>
   </si>
   <si>
     <t>MAXLIGHT C0157 LAMPA SUFITOWA DOT CZARNA</t>
   </si>
   <si>
     <t>Moc/Power: 1 X 50W GU10 230V
 H: 15,5 cm, Ø: 6,5 cm
 Wykończenie/Detail finishing: czarne/black mat
 Materiał/Material: metal/ metal
 Nie zawiera żarówek/bulbs excluded</t>
   </si>
   <si>
     <t>P0233</t>
   </si>
   <si>
     <t>DROP P0233</t>
   </si>
   <si>
     <t>MAXLIGHT P0233 LAMPA WISZĄCA DROP CZARNA</t>
   </si>
   <si>
@@ -2111,67 +2087,50 @@
     <t xml:space="preserve">Moc/Power:  1 x 10W LED, 3000K, 860LM
 Φ: 34 cm,  H: 10 cm
 Wykończenie/Detail finishing: białe/white
 Materiał/Material: metal+akryl/metal+acrylic
 Zawiera zasilacz LED /LED driver included
 </t>
   </si>
   <si>
     <t>C0234</t>
   </si>
   <si>
     <t>DUO C0234</t>
   </si>
   <si>
     <t>MAXLIGHT C0234 PLAFON DUO 47CM</t>
   </si>
   <si>
     <t xml:space="preserve">Moc/Power:  1 x 18W LED, 3000K, 1548LM
 Φ: 47 cm,  H: 10 cm
 Wykończenie/Detail finishing: białe/white
 Materiał/Material: metal+pmma
 Zawiera zasilacz LED /LED driver included
 </t>
   </si>
   <si>
-    <t>P0061</t>
-[...15 lines deleted...]
-  <si>
     <t>P0634D</t>
   </si>
   <si>
     <t xml:space="preserve">EMPIRE P0634D </t>
   </si>
   <si>
     <t xml:space="preserve">MAXLIGHT P0634D LAMPA WISZĄCA EMPIRE 121W, CHROM
 </t>
   </si>
   <si>
     <t>Moc/Power: 121W LED  5615LM, 3000K
 Ø:  110 cm, H: 250  cm
 Wykończenie/Detail finishing: chrom/chrome
 Materiał/Material/: metal/akryl, metal/acrylic
 Zawiera zasilacz LED /LED driver included</t>
   </si>
   <si>
     <t>P0635D</t>
   </si>
   <si>
     <t>EMPIRE P0635D</t>
   </si>
   <si>
     <t xml:space="preserve">MAXLIGHT P0635D LAMPA WISZĄCA EMPIRE 121W, ZŁOTA
 </t>
@@ -2315,115 +2274,82 @@
     <t xml:space="preserve">Moc/Power: 1 x 2W 3000K 176LM
 L: 39 cm,  H: 45 cm
 Wykończenie/Detail finishing: RAL6011
 Materiał/Material/: metal/szkło, metal/glass
 Zawiera zasilacz LED /LED driver included
 </t>
   </si>
   <si>
     <t>T0060</t>
   </si>
   <si>
     <t>ENIGMA T0060</t>
   </si>
   <si>
     <t>MAXLIGHT T0060 LAMPA STOŁOWA ENIGMA CZERWONA</t>
   </si>
   <si>
     <t xml:space="preserve">Moc/Power: 1 x 2W 3000K 176LM
 L: 39 cm,  H: 45 cm
 Wykończenie/Detail finishing: RAL3016
 Materiał/Material/: metal/szkło, metal/glass
 Zawiera zasilacz LED /LED driver included
 </t>
   </si>
   <si>
-    <t>W0337</t>
-[...15 lines deleted...]
-  <si>
     <t>W0343</t>
   </si>
   <si>
     <t>ENIGMA W0343</t>
   </si>
   <si>
     <t>MAXLIGHT W0343 KINKIET ENIGMA ZIELONY</t>
   </si>
   <si>
     <t xml:space="preserve">Moc/Power: 1 x 2W 3000K 176LM
 L: 30 cm,  H: 60 cm
 Wykończenie/Detail finishing: RAL6011
 Materiał/Material/: metal/szkło, metal/glass
 Zawiera zasilacz LED /LED driver included
 </t>
   </si>
   <si>
     <t>W0344</t>
   </si>
   <si>
     <t>ENIGMA W0344</t>
   </si>
   <si>
     <t>MAXLIGHT W0344 KINKIET ENIGMA CZERWONY</t>
   </si>
   <si>
     <t xml:space="preserve">Moc/Power: 1 x 2W 3000K 176LM
 L: 30 cm,  H: 60 cm
 Wykończenie/Detail finishing: RAL3016
 Materiał/Material/: metal/szkło, metal/glass
 Zawiera zasilacz LED /LED driver included
 </t>
-  </si>
-[...14 lines deleted...]
-Led w komplecie/Led included 3000K</t>
   </si>
   <si>
     <t>W0427</t>
   </si>
   <si>
     <t>EYE W0427</t>
   </si>
   <si>
     <t xml:space="preserve">MAXLIGHT W0427 KINKIET EYE
 </t>
   </si>
   <si>
     <t>Moc/Power:  1 x 7W G9 230V
 Ø: 10 cm, D: 16  cm
 Wykończenie/Detail finishing: kamień naturalny/natural stone 
 Materiał/Material/: trawertyn/travertine
 Nie zawiera żarówek/bulbs excluded</t>
   </si>
   <si>
     <t>P0621</t>
   </si>
   <si>
     <t>FAYETTE P0621</t>
   </si>
   <si>
@@ -2605,66 +2531,50 @@
     <t>Moc/Power: 1 x 50W GU10 230V
 W: 9,5 cm, D: 9,5 cm, H: 7,0 cm
 Otwór montażowy/mounting hole: 8,2 cm
 Wykończenie/Detail finishing: metal szczotkowany/brushed metal
 Materiał/Material: metal
 Nie zawiera żarówki/bulb excluded</t>
   </si>
   <si>
     <t>H0041</t>
   </si>
   <si>
     <t>FINE H0041</t>
   </si>
   <si>
     <t>MAXLIGHT H0041 OPRAWA WPUSTOWA FINE KWADRATOWA CHROM</t>
   </si>
   <si>
     <t>Moc/Power: 1 x 50W GU10 230V
 W: 9,5 cm, D: 9,5 cm, H: 7,0 cm
 Otwór montażowy/mounting hole: 8,2 cm 
 Wykończenie/Detail finishing: chrom/chrome
 Materiał/Material: metal
 Nie zawiera żarówki/bulb excluded</t>
   </si>
   <si>
-    <t>W0155</t>
-[...14 lines deleted...]
-  <si>
     <t>W0214</t>
   </si>
   <si>
     <t>FINGER90 W0214</t>
   </si>
   <si>
     <t>MAXLIGHT W0214  KINKIET FINGER 90 cm BIAŁY IP54</t>
   </si>
   <si>
     <t>Moc/Power: 1 x 9W LED 230V, 540 LM 3000K, IP54
 W: 90 cm, D: 7,5 cm, H: 7 cm
 Wykończenie/Detail finishing: białe/white
 Materiał/Material: metal, akryl/ metal, acrylic
 Led w komplecie/Led included 3000K</t>
   </si>
   <si>
     <t>C0256</t>
   </si>
   <si>
     <t xml:space="preserve">FIX C0256 </t>
   </si>
   <si>
     <t xml:space="preserve">MAXLIGHT C0256 LAMPA SUFITOWA FIX 6W BIAŁA
 </t>
   </si>
@@ -2858,64 +2768,82 @@
   </si>
   <si>
     <t>Moc/Power: 2 x 40W E14 230V
 W: 9 cm, D: 9,5 cm, H: 40 cm, 
 Wykończenie/Detail finishing: mosiądz/brass
 Materiał/Material/: metal, szkło/metal, glass
 Nie zawiera żarówek/bulbs excluded</t>
   </si>
   <si>
     <t>W0241</t>
   </si>
   <si>
     <t>FLORENCE W0241</t>
   </si>
   <si>
     <t>MAXLIGHT W0241 KINKIET FLORENCE CHROM</t>
   </si>
   <si>
     <t>Moc/Power: 2 x 40W E14 230V
 W: 9 cm, D: 9,5 cm, H: 40 cm, 
 Wykończenie/Detail finishing: chrom/chrome
 Materiał/Material: metal, szkło/metal, glass
 Nie zawiera żarówek/bulbs excluded</t>
   </si>
   <si>
-    <t>C0107</t>
-[...12 lines deleted...]
-Nie zawiera żarówek/bulbs excluded</t>
+    <t>P0659D</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FLUSORE P0659D </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MAXLIGHT P0659D LAMPA WISZACA FLUSORE BRUSHED COPPER
+</t>
+  </si>
+  <si>
+    <t>Moc/Power: 12W LED 3000K 720LM
+H:90-152 cm,  W: 100 cm
+Wykończenie/Detail finishing:miedź szczotkowana/ brushed copper
+Materiał/Material/:metal
+Zawiera zasilacz LED /LED driver included</t>
+  </si>
+  <si>
+    <t>P0660D</t>
+  </si>
+  <si>
+    <t>FLUSORE P0660D</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MAXLIGHT P0660D LAMPA WISZACA FLUSORE BRUSHED GOLD
+</t>
+  </si>
+  <si>
+    <t>Moc/Power: 12W LED 3000K 720LM
+H:90-152 cm,  W: 100 cm
+Wykończenie/Detail finishing: złoto szczotkowane/brushed gold
+Materiał/Material/:metal
+Zawiera zasilacz LED /LED driver included</t>
   </si>
   <si>
     <t>C0215</t>
   </si>
   <si>
     <t>FORM C0215</t>
   </si>
   <si>
     <t>MAXLIGHT C0215 LAMPA SUFITOWA FORM BIAŁA GU10 IP65</t>
   </si>
   <si>
     <t>Moc/Power: 1 x 50W GU10 230V, IP65
 H: 8 cm, Ø: 8 cm
 Wykończenie/Detail finishing: białe/white
 Materiał/Material: metal
 Nie zawiera żarówek/bulbs excluded</t>
   </si>
   <si>
     <t>C0216</t>
   </si>
   <si>
     <t>FORM C0216</t>
   </si>
   <si>
     <t>MAXLIGHT C0216 LAMPA SUFITOWA FORM CZARNA GU10 IP65</t>
@@ -3242,67 +3170,50 @@
   <si>
     <t>Moc/Power: 45W LED 230V,  2700 LM
 , CRI80 3000K
 W: 70 cm, D: 9 cm, H: 54 cm
 Wykończenie/Detail finishing: białe/white
 Materiał/Material: metal, akryl/metal, acrylic
 LED w komplecie/LED included 3000K</t>
   </si>
   <si>
     <t>W0125</t>
   </si>
   <si>
     <t>GOAL W0125</t>
   </si>
   <si>
     <t>MAXLIGHT W0125 KINKIET GOAL II</t>
   </si>
   <si>
     <t>Moc/Power: 2 x 4W LED 230V 600 LM
 W: 20 cm, H: 8 cm , D: 10 cm  
 Wykończenie/Detail finishing: białe/white
 Materiał/Material: aluminium, szkło/ aluminium, glass
 LED w komplecie/LED included 3000K</t>
   </si>
   <si>
-    <t>P0176</t>
-[...15 lines deleted...]
-  <si>
     <t>H0141</t>
   </si>
   <si>
     <t xml:space="preserve">MAXLIGHT H0141 LAMPA WPUSTOWA NEBRIS 10W BIAŁA
 </t>
   </si>
   <si>
     <t>Moc/Power:  10W LED 3000K, 1000 LM,  100°, CRI90
 Ø: 8,4 cm, H: 4,2 cm
 Otwór montażowy/mounting hole: Ø 7,5 cm
 Wykończenie/Detail finishing:białe/white
 Materiał/Material: aluminium
 LED w komplecie/LED included 3000K</t>
   </si>
   <si>
     <t>C0245</t>
   </si>
   <si>
     <t>HALO C0245</t>
   </si>
   <si>
     <t>MAXLIGHT C0245 LAMPA SUFITOWA HALO A WHITE</t>
   </si>
   <si>
     <t>Moc/Power:  9W LED 3000K, 594 LM,  36°, CRI90
@@ -3479,113 +3390,105 @@
 Ø: 8,5 cm, H: 8,5 cm D: 9 cm
 Otwór montażowy/mounting hole: 7,5 cm
 Wykończenie/Detail finishing: białe/white
 Materiał/Material: aluminium
 LED w komplecie/LED included 3000K</t>
   </si>
   <si>
     <t>H0131</t>
   </si>
   <si>
     <t>HALO H0131</t>
   </si>
   <si>
     <t xml:space="preserve">MAXLIGHT H0131 LAMPA SUFITOWA HALO F BLACK PODTYNKOWA
 </t>
   </si>
   <si>
     <t>Moc/Power:  9W LED 3000K, 743 LM,  36°, CRI90
 Ø: 8,5 cm, H: 8,5 cm, D: 9 cm
 Otwór montażowy/mounting hole: 7,5 cm
 Wykończenie/Detail finishing: czarne/black
 Materiał/Material: aluminium
 LED w komplecie/LED included 3000K</t>
   </si>
   <si>
+    <t>RC0245</t>
+  </si>
+  <si>
+    <t>HALO RING</t>
+  </si>
+  <si>
+    <t>MAXLIGHT RC0245 WHITE PIERŚCIEŃ OZDOBNY BIAŁY DO HALO</t>
+  </si>
+  <si>
     <t>P0456</t>
   </si>
   <si>
     <t>HANA P0456</t>
   </si>
   <si>
     <t>MAXLIGHT P0456 LAMPA WISZĄCA HANA CZARNA</t>
   </si>
   <si>
     <t>Moc/Power: 1 x 6W LED 230V, 540 LM, CRI 90+, 3000K
 H: 150 cm, Ø  17,5 cm
 Wykończenie/Detail finishing: czarne/black
 Materiał/Material: aluminium, akryl/ aluminium, acrylic
 LED w komplecie/LED included 3000K</t>
   </si>
   <si>
     <t>W0303</t>
   </si>
   <si>
     <t>HANA W0303</t>
   </si>
   <si>
     <t>MAXLIGHT W0303 KINKIET HANA CZARNY</t>
   </si>
   <si>
     <t>Moc/Power: 1 x 6W LED 230V, 540 LM, CRI 90+, 3000K
 W: 17,5 cm, D: 21,8 cm, H: 21,2 cm
 Wykończenie/Detail finishing: czarne/black
 Materiał/Material: aluminium, akryl/ aluminium, acrylic
 LED w komplecie/LED included 3000K</t>
   </si>
   <si>
     <t>W0304</t>
   </si>
   <si>
     <t>HANA W0304</t>
   </si>
   <si>
     <t>MAXLIGHT W0304 KINKIET HANA ZŁOTY</t>
   </si>
   <si>
     <t>Moc/Power: 1 x 6W LED 230V, 540 LM, CRI 90+, 3000K
 W: 17,5 cm, D: 21,8 cm, H: 21,2 cm
 Wykończenie/Detail finishing: złote/gold
 Materiał/Material: aluminium, akryl/ aluminium, acrylic
 LED w komplecie/LED included 3000K</t>
-  </si>
-[...15 lines deleted...]
-LED 3000K+ zasilacz w komplecie /LED 3000K+ trafo included</t>
   </si>
   <si>
     <t>C0277</t>
   </si>
   <si>
     <t>Harmony C0277</t>
   </si>
   <si>
     <t>MAXLIGHT C0277 HARMONY</t>
   </si>
   <si>
     <t>Moc/Power: 32W LED, ?LM 3000K CRI80
 fi: 50cm D: 4 cm 
 Wykończenie/Detail finishing: czarne/black
 Materiał/Material: aluminium + silicone
  LED w komplecie/LED included</t>
   </si>
   <si>
     <t>C0278</t>
   </si>
   <si>
     <t>Harmony C0278</t>
   </si>
   <si>
     <t>MAXLIGHT C0278 HARMONY</t>
@@ -4842,66 +4745,50 @@
   <si>
     <t xml:space="preserve">Moc/Power:  1 x 40W+10W LED, 3000K, 2500LM
 Φ: 48 cm,  H: 14 cm
 Wykończenie/Detail finishing: białe+czarne/white+black
 Materiał/Material: metal+akryl/metal+acrylic
 Zawiera zasilacz LED /LED driver included
 </t>
   </si>
   <si>
     <t>W0359</t>
   </si>
   <si>
     <t>LOTUS W0359</t>
   </si>
   <si>
     <t>MAXLIGHT W0359 KINKIET LOTUS 7W BRUSHED BRONZE</t>
   </si>
   <si>
     <t>Moc/Power: 1 x 7W LED, 700 LM, CRI90 3000K
 W: 30 cm, D: 13 cm, H: 5,1 cm
 Wykończenie/Detail finishing: brąz szczotkowany/brushed bronze
 Materiał/Material: stal nierdzewna, akryl/stainless steel, acrylic
 LED w komplecie/LED included 3000K</t>
   </si>
   <si>
-    <t>C0158</t>
-[...14 lines deleted...]
-  <si>
     <t>C0159</t>
   </si>
   <si>
     <t>LOVE C0159</t>
   </si>
   <si>
     <t>MAXLIGHT C0159 LAMPA SUFITOWA LOVE CZARNY</t>
   </si>
   <si>
     <t>Moc/Power: 1 x 50W GU10 230V
 H: 14 cm, Ø: 7,5 cm
 Wykończenie/Detail finishing: czarne/black mat
 Materiał/Material: metal/metal
 Nie zawiera żarówek/bulbs excluded</t>
   </si>
   <si>
     <t>P0647</t>
   </si>
   <si>
     <t>LOVE P0647</t>
   </si>
   <si>
     <t xml:space="preserve">MAXLIGHT P0647 LAMPA WISZĄCA LOVE 37W
 </t>
   </si>
@@ -4931,51 +4818,51 @@
   </si>
   <si>
     <t>W0422</t>
   </si>
   <si>
     <t>LOVE W0422</t>
   </si>
   <si>
     <t xml:space="preserve">MAXLIGHT W0422 KINKIET  LOVE 14W
 </t>
   </si>
   <si>
     <t>Moc/Power: 14W LED 350LM, 3000K
 Ø:  6 cm, D: 12,5 cm, H: 31  cm
 Wykończenie/Detail finishing: chrom/chrome
 Materiał/Material/: metal/akryl, metal/acrylic
 Zawiera zasilacz LED /LED driver included</t>
   </si>
   <si>
     <t>W0423</t>
   </si>
   <si>
     <t>LOVE W0423</t>
   </si>
   <si>
-    <t xml:space="preserve">MAXLIGHT W0423 KINKIET  LOVE 14W
+    <t xml:space="preserve">MAXLIGHT W0423 KINKIET  LOVE 17W
 </t>
   </si>
   <si>
     <t>Moc/Power: 17W LED 450LM, 3000K
 Ø:  6 cm, D: 12,5 cm, H: 46  cm
 Wykończenie/Detail finishing: chrom/chrome
 Materiał/Material/: metal/akryl, metal/acrylic
 Zawiera zasilacz LED /LED driver included</t>
   </si>
   <si>
     <t>F0050</t>
   </si>
   <si>
     <t>LOZANNA F0050</t>
   </si>
   <si>
     <t>MAXLIGHT F0050 LAMPA PODŁOGOWA LOZANNA 27W ZŁOTA</t>
   </si>
   <si>
     <t>Moc/Power: 1 x 27W LED 230V, 2700 LM, CRI90 3000K
 W: 40cm, D: 40cm, H: 170 cm, Ø: 40 cm, kabel: 200cm
 Materiał/Material/: stal nierdzewna/ stainless steel
 Wykończenie/Detail finishing: złote/gold
 LED w komplecie/LED included 3000K</t>
   </si>
@@ -5199,68 +5086,50 @@
 Wykończenie/Detail finishing: złote/gold
 Materiał/Material/: metal, akryl/metal, acrylic
 Materiał/Material: stal nierdzewna, akryl/stainless steel
 , acrylic
 Zasilacz + LED ściemnialny w komplecie/ Triac dimmable LED + driver included
 nie zawiera ściemniacza ściennego/ wall dimmer not included</t>
   </si>
   <si>
     <t>6287/1</t>
   </si>
   <si>
     <t>MALAGA 6287/1</t>
   </si>
   <si>
     <t>MAXLIGHT 6287/1 MALAGA KINKIET 1 CHROM</t>
   </si>
   <si>
     <t>Moc/Power: 1 x 50W GU10 230V 
 W: 7 cm, D: 11 cm, H: 7 cm
 , Ø: 7 cm
 Wykończenie/Detail finishing: chrom/chrome
 Materiał/Material: metal/metal
 Nie zawiera żarówek/bulbs excluded</t>
   </si>
   <si>
-    <t>W0428</t>
-[...16 lines deleted...]
-  <si>
     <t>8001A</t>
   </si>
   <si>
     <t>MANANA 8001A</t>
   </si>
   <si>
     <t>MAXLIGHT 8001A KINKIET MANANA AMBER 1x100W R7S</t>
   </si>
   <si>
     <t>Moc/Power: 1 x 100W R7S  230V
 W: 28 cm, D: 10 cm, H: 7 cm, 
 Wykończenie/Detail finishing: metal szczotkowany/brushed metal
                   Materiał/Material: metal, szkło/metal, szkło
 Nie zawiera żarówek/bulbs excluded</t>
   </si>
   <si>
     <t>8001R</t>
   </si>
   <si>
     <t>MANANA 8001R</t>
   </si>
   <si>
     <t>MAXLIGHT 8001R KINKIET MANANA CZERWONY 1x100W R7S</t>
   </si>
   <si>
@@ -5447,119 +5316,92 @@
     <t>MAX M0001D</t>
   </si>
   <si>
     <t xml:space="preserve">MAXLIGHT M0001D LAMPA MAGNETYCZNA LINIOWA SYSTEM DALI 9,4W 356LM 3000K 
 </t>
   </si>
   <si>
     <t xml:space="preserve">LAMPA MAGNETYCZNA LINIOWA SYSTEM DALI 9,4W 356LM 3000K 
 </t>
   </si>
   <si>
     <t>M0001N</t>
   </si>
   <si>
     <t>MAX M0001N</t>
   </si>
   <si>
     <t xml:space="preserve">MAXLIGHT M0001N LAMPA MAGNETYCZNA LINIOWA SYSTEM ON/OFF 9,4W 356LM 3000K 
 </t>
   </si>
   <si>
     <t xml:space="preserve">LAMPA MAGNETYCZNA LINIOWA SYSTEM ON/OFF 9,4W 356LM 3000K 
 </t>
   </si>
   <si>
-    <t>M0001N4000K</t>
-[...12 lines deleted...]
-  <si>
     <t>M0001Z</t>
   </si>
   <si>
     <t>MAX M0001Z</t>
   </si>
   <si>
     <t xml:space="preserve">MAXLIGHT M0001Z LAMPA MAGNETYCZNA LINIOWA SYSTEM ZIGBEE 9,4W 356LM 2700/5000K 
 </t>
   </si>
   <si>
     <t xml:space="preserve">LAMPA MAGNETYCZNA LINIOWA SYSTEM ZIGBEE  9,4W 356LM 2700/5000K 
 </t>
   </si>
   <si>
     <t>M0002D</t>
   </si>
   <si>
     <t>MAX M0002D</t>
   </si>
   <si>
     <t xml:space="preserve">MAXLIGHT M0002D LAMPA MAGNETYCZNA LINIOWA SYSTEM DALI 17W 637LM 3000K 
 </t>
   </si>
   <si>
     <t xml:space="preserve">LAMPA MAGNETYCZNA LINIOWA SYSTEM DALI 17W 637LM 3000K 
 </t>
   </si>
   <si>
     <t>M0002N</t>
   </si>
   <si>
     <t>MAX M0002N</t>
   </si>
   <si>
     <t xml:space="preserve">MAXLIGHT M0002N LAMPA MAGNETYCZNA LINIOWA CZARNA  SYSTEM ON/OFF 17W 637LM 3000K 
 </t>
   </si>
   <si>
     <t xml:space="preserve">LAMPA MAGNETYCZNA LINIOWA  SYSTEM ON/OFF 17W 637LM 3000K 
 </t>
   </si>
   <si>
-    <t>M0002N4000K</t>
-[...11 lines deleted...]
-  <si>
     <t>M0002Z</t>
   </si>
   <si>
     <t>MAX M0002Z</t>
   </si>
   <si>
     <t xml:space="preserve">MAXLIGHT M0002Z LAMPA MAGNETYCZNA LINIOWA SYSTEM ZIGBEE 17W 637LM 2700/5000K
 </t>
   </si>
   <si>
     <t xml:space="preserve">M0002Z LAMPA MAGNETYCZNA LINIOWA SYSTEM ZIGBEE 17W 637LM 2700/5000K
 </t>
   </si>
   <si>
     <t>M0003D</t>
   </si>
   <si>
     <t>MAX M0003D</t>
   </si>
   <si>
     <t xml:space="preserve">MAXLIGHT M0003D LAMPA MAGNETYCZNA LINIOWA SYSTEM DALI 5,5W 403LM 3000K 
 </t>
   </si>
   <si>
     <t xml:space="preserve">LAMPA MAGNETYCZNA LINIOWA SYSTEM DALI  5,5W 403LM 3000K 
@@ -5642,64 +5484,50 @@
     <t>MAX M0005D</t>
   </si>
   <si>
     <t xml:space="preserve">MAXLIGHT M0005D LAMPA MAGNETYCZNA LINIOWA SYSTEM DALI 18W 1304LM 3000K
 </t>
   </si>
   <si>
     <t xml:space="preserve">LAMPA MAGNETYCZNA LINIOWA SYSTEM DALI 18W 1304LM 3000K
 </t>
   </si>
   <si>
     <t>M0005N</t>
   </si>
   <si>
     <t>MAX M0005N</t>
   </si>
   <si>
     <t xml:space="preserve">MAXLIGHT M0005N LAMPA MAGNETYCZNA LINIOWA SYSTEM ON/OFF 18W 1304LM 3000K
 </t>
   </si>
   <si>
     <t xml:space="preserve">LAMPA MAGNETYCZNA LINIOWA SYSTEM ON/OFF 18W 1304LM 3000K
 </t>
   </si>
   <si>
-    <t>M0005N4000K</t>
-[...12 lines deleted...]
-  <si>
     <t>M0005Z</t>
   </si>
   <si>
     <t>MAX M0005Z</t>
   </si>
   <si>
     <t xml:space="preserve">MAXLIGHT M0005Z LAMPA MAGNETYCZNA LINIOWA SYSTEM ZIGBEE 18W 1304LM 2700/5000K 
 </t>
   </si>
   <si>
     <t xml:space="preserve">LAMPA MAGNETYCZNA LINIOWA SYSTEM ZIGBEE 18W 1304LM 2700/5000K 
 </t>
   </si>
   <si>
     <t>M0006D</t>
   </si>
   <si>
     <t>MAX M0006D</t>
   </si>
   <si>
     <t xml:space="preserve">MAXLIGHT M0006D LAMPA MAGNETYCZNA NAROŻNA SYSTEM DALI 17W 666LM 3000K
 </t>
   </si>
   <si>
     <t xml:space="preserve">LAMPA MAGNETYCZNA NAROŻNA SYSTEM DALI 17W 666LM 3000K
@@ -7246,50 +7074,273 @@
   <si>
     <t>M0050N</t>
   </si>
   <si>
     <t>MAX M0050N</t>
   </si>
   <si>
     <t xml:space="preserve">MAXLIGHT M0050N LAMPA MAGNETYCZNA LINIOWA CZARNA SYSTEM ON/OFF 10W
 </t>
   </si>
   <si>
     <t>MAXLIGHT M0050N LAMPA MAGNETYCZNA LINIOWA CZARNA SYSTEM ON/OFF 10W</t>
   </si>
   <si>
     <t>M0050Z</t>
   </si>
   <si>
     <t>MAX M0050Z</t>
   </si>
   <si>
     <t xml:space="preserve">MAXLIGHT M0050Z LAMPA MAGNETYCZNA LINIOWA CZARNA SYSTEM ZIGBEE 10W
 </t>
   </si>
   <si>
     <t>MAXLIGHT M0050N LAMPA MAGNETYCZNA LINIOWA CZARNA SYSTEM ZIGBEE 10W</t>
+  </si>
+  <si>
+    <t>M0051N</t>
+  </si>
+  <si>
+    <t>MAX M0051N</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MAXLIGHT M0051N LAMPA MAGNETYCZNA LINIOWA SYSTEM ON/OFF 18W LM 3000K 
+</t>
+  </si>
+  <si>
+    <t>M0051Z</t>
+  </si>
+  <si>
+    <t>MAX M0051Z</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MAXLIGHT M0051Z LAMPA MAGNETYCZNA LINIOWA SYSTEM ZIGBEE 18W LM  2700/5000K
+</t>
+  </si>
+  <si>
+    <t>M0052N</t>
+  </si>
+  <si>
+    <t>MAX M0052N</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MAXLIGHT M0052N LAMPA MAGNETYCZNA LINIOWA SYSTEM ON/OFF 24W LM 3000K
+</t>
+  </si>
+  <si>
+    <t>M0052Z</t>
+  </si>
+  <si>
+    <t>MAX M0052Z</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MAXLIGHT M0052Z LAMPA MAGNETYCZNA LINIOWA SYSTEM ZIGBEE 24W LM  2700/5000K
+</t>
+  </si>
+  <si>
+    <t>M0053N</t>
+  </si>
+  <si>
+    <t>MAX M0053N</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MAXLIGHT M0053N LAMPA MAGNETYCZNA LINIOWA GRILL SYSTEM ON/OFF 12W LM 3000K 
+</t>
+  </si>
+  <si>
+    <t>M0053Z</t>
+  </si>
+  <si>
+    <t>MAX M0053Z</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MAXLIGHT M0053Z LAMPA MAGNETYCZNA LINIOWA GRILL SYSTEM ZIGBEE 12W LM  2700/5000K
+</t>
+  </si>
+  <si>
+    <t>M0054N</t>
+  </si>
+  <si>
+    <t>MAX M0054N</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MAXLIGHT M0054N LAMPA MAGNETYCZNA LINIOWA GRILL SYSTEM ON/OFF 18W LM 3000K 
+</t>
+  </si>
+  <si>
+    <t>M0054Z</t>
+  </si>
+  <si>
+    <t>MAX M0054Z</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MAXLIGHT M0054Z LAMPA MAGNETYCZNA LINIOWA GRILL SYSTEM ZIGBEE 18W LM  2700/5000K
+</t>
+  </si>
+  <si>
+    <t>M0055N</t>
+  </si>
+  <si>
+    <t>MAX M0055N</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MAXLIGHT M0055N LAMPA MAGNETYCZNA LINIOWA GRILL SYSTEM ON/OFF 24W LM 3000K 
+</t>
+  </si>
+  <si>
+    <t>M0055Z</t>
+  </si>
+  <si>
+    <t>MAX M0055Z</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MAXLIGHT M0055Z LAMPA MAGNETYCZNA LINIOWA GRILL SYSTEM ZIGBEE 24W LM  2700/5000K
+</t>
+  </si>
+  <si>
+    <t>;5903351025836"</t>
+  </si>
+  <si>
+    <t>M0056N</t>
+  </si>
+  <si>
+    <t>MAX M0056N</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MAXLIGHT M0056N LAMPA MAGNETYCZNA LINIOWA BIAŁA SYSTEM ON/OFF 10W LM 3000K 
+</t>
+  </si>
+  <si>
+    <t>M0056Z</t>
+  </si>
+  <si>
+    <t>MAX M0056Z</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MAXLIGHT M0056Z LAMPA MAGNETYCZNA LINIOWA BIAŁA SYSTEM ZIGBEE 10W LM  2700/5000K
+</t>
+  </si>
+  <si>
+    <t>M0057N</t>
+  </si>
+  <si>
+    <t>MAX M0057N</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MAXLIGHT M0057N LAMPA MAGNETYCZNA LINIOWA BIAŁA SYSTEM ON/OFF 18W LM 3000K 
+</t>
+  </si>
+  <si>
+    <t>M0057Z</t>
+  </si>
+  <si>
+    <t>MAX M0057Z</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MAXLIGHT M0057Z LAMPA MAGNETYCZNA LINIOWA BIAŁA SYSTEM ZIGBEE 18W LM  2700/5000K
+</t>
+  </si>
+  <si>
+    <t>M0058N</t>
+  </si>
+  <si>
+    <t>MAX M0058N</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MAXLIGHT M0058N LAMPA MAGNETYCZNA LINIOWA BIAŁA SYSTEM ON/OFF 24W LM 3000K 
+</t>
+  </si>
+  <si>
+    <t>M0058Z</t>
+  </si>
+  <si>
+    <t>MAX M0058Z</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MAXLIGHT M0058Z LAMPA MAGNETYCZNA LINIOWA BIAŁA SYSTEM ZIGBEE 24W LM  2700/5000K
+</t>
+  </si>
+  <si>
+    <t>M0059N</t>
+  </si>
+  <si>
+    <t>MAX M0059N</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MAXLIGHT M0059N LAMPA MAGNETYCZNA LINIOWA GRILL BIAŁA SYSTEM ON/OFF 12W LM 3000K 
+</t>
+  </si>
+  <si>
+    <t>M0059Z</t>
+  </si>
+  <si>
+    <t>MAX M0059Z</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MAXLIGHT M0059Z LAMPA MAGNETYCZNA LINIOWA GRILL BIAŁA SYSTEM ZIGBEE 12W LM  2700/5000K
+</t>
+  </si>
+  <si>
+    <t>M0060N</t>
+  </si>
+  <si>
+    <t>MAX M0060N</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MAXLIGHT M0060N LAMPA MAGNETYCZNA LINIOWA GRILL BIAŁA SYSTEM ON/OFF 18W LM 3000K 
+</t>
+  </si>
+  <si>
+    <t>M0060Z</t>
+  </si>
+  <si>
+    <t>MAX M0060Z</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MAXLIGHT M0060Z LAMPA MAGNETYCZNA LINIOWA GRILL BIAŁA SYSTEM ZIGBEE 18W LM  2700/5000K
+</t>
+  </si>
+  <si>
+    <t>M0061N</t>
+  </si>
+  <si>
+    <t>MAX M0061N</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MAXLIGHT M0061N LAMPA MAGNETYCZNA LINIOWA GRILL BIAŁA SYSTEM ON/OFF 24W LM 3000K 
+</t>
+  </si>
+  <si>
+    <t>M0061Z</t>
+  </si>
+  <si>
+    <t>MAX M0061Z</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MAXLIGHT M0061Z LAMPA MAGNETYCZNA LINIOWA GRILL BIAŁA SYSTEM ZIGBEE 24W LM  2700/5000K
+</t>
   </si>
   <si>
     <t>MA0001</t>
   </si>
   <si>
     <t>MAX MA0001</t>
   </si>
   <si>
     <t>MAXLIGHT MA0001 Zasilanie szyny przy użyciu zasilacza zewnętrznego MA0007,NA0008</t>
   </si>
   <si>
     <t>Zasilanie szyny przy użyciu zasilacza zewnętrznego MA0007</t>
   </si>
   <si>
     <t>MA0002</t>
   </si>
   <si>
     <t>MAX MA0002</t>
   </si>
   <si>
     <t xml:space="preserve">MAXLIGHT MA0002 łącznik sztywny zasilania pomiędzy dwoma szynami
 </t>
   </si>
   <si>
     <t xml:space="preserve">Łącznik zasilania pomiędzy dwoma szynami
@@ -8282,61 +8333,76 @@
     <t>MT0005</t>
   </si>
   <si>
     <t>MAX MT0005</t>
   </si>
   <si>
     <t>MAXLIGHT MT0005. Kątownik głęboki ściana/sufit. Do szyn MT0001, MT0002</t>
   </si>
   <si>
     <t>Kątownik głęboki ściana/sufit. Do szyn MT0001, MT0002</t>
   </si>
   <si>
     <t>MT0006</t>
   </si>
   <si>
     <t>MAX MT0006</t>
   </si>
   <si>
     <t>MAXLIGHT MT0006 SZYNA MAGNETYCZNA PODTYNKOWA, 1 METR, CZARNA</t>
   </si>
   <si>
     <t xml:space="preserve">Szyna aluminiowa magnetyczna podtynkowa, wykonana z profilu aluminiowego lakierowanego na czarno L: 100 cm
 </t>
   </si>
   <si>
+    <t>MT0006A</t>
+  </si>
+  <si>
+    <t>MAX MT0006A</t>
+  </si>
+  <si>
     <t>MT0007</t>
   </si>
   <si>
     <t>MAX MT0007</t>
   </si>
   <si>
     <t>MAXLIGHT MT0007 SZYNA MAGNETYCZNA PODTYNKOWA, 2 METRY, CZARNA</t>
   </si>
   <si>
     <t xml:space="preserve">Szyna aluminiowa magnetyczna podtynkowa, wykonana z profilu aluminiowego lakierowanego na czarno L: 200 cm
 </t>
+  </si>
+  <si>
+    <t>MT0007A</t>
+  </si>
+  <si>
+    <t>MAX MT0007A</t>
+  </si>
+  <si>
+    <t>MAXLIGHT MT0007A SZYNA MAGNETYCZNA PODTYNKOWA, 2 METRY, CZARNA</t>
   </si>
   <si>
     <t>MT0008</t>
   </si>
   <si>
     <t>MAX MT0008</t>
   </si>
   <si>
     <t>MAXLIGHT MT0008.  Kątownik 90°. Montaż na sufit lub ścianę. Do szyn MT0006, MT0007</t>
   </si>
   <si>
     <t>Kątownik 90°. Montaż na sufit lub ścianę. Do szyn MT0006, MT0007</t>
   </si>
   <si>
     <t>MT0009</t>
   </si>
   <si>
     <t>MAX MT0009</t>
   </si>
   <si>
     <t>MAXLIGHT MT0009. Kątownik do użycia przy uskoku na suficie. Do szyn MT0006, MT0007</t>
   </si>
   <si>
     <t>Kątownik do użycia przy uskoku na suficie. Do szyn MT0006, MT0007</t>
   </si>
@@ -8498,61 +8564,79 @@
     <t>MT0022</t>
   </si>
   <si>
     <t>MAX MT0022</t>
   </si>
   <si>
     <t>MAXLIGHT MT0022. Kątownik głęboki ściana/sufit. Do szyn MT0018, MT0019</t>
   </si>
   <si>
     <t>Kątownik głęboki ściana/sufit. Do szyn MT0018, MT0019</t>
   </si>
   <si>
     <t>MT0023</t>
   </si>
   <si>
     <t>MAX MT0023</t>
   </si>
   <si>
     <t>MAXLIGHT MT0023 SZYNA MAGNETYCZNA PODTYNKOWA, 1 METR, BIAŁA</t>
   </si>
   <si>
     <t xml:space="preserve">Szyna aluminiowa magnetyczna podtynkowa, wykonana z profilu aluminiowego lakierowanego na biało L: 100 cm
 </t>
   </si>
   <si>
+    <t>MT0023A</t>
+  </si>
+  <si>
+    <t>MAX MT0023A</t>
+  </si>
+  <si>
+    <t>MAXLIGHT MT0023A SZYNA MAGNETYCZNA PODTYNKOWA, 1 METR, BIAŁA</t>
+  </si>
+  <si>
     <t>MT0024</t>
   </si>
   <si>
     <t>MAX MT0024</t>
   </si>
   <si>
     <t>MAXLIGHT MT0024 SZYNA MAGNETYCZNA PODTYNKOWA, 2 METRY, BIAŁA</t>
   </si>
   <si>
     <t xml:space="preserve">Szyna aluminiowa magnetyczna podtynkowa, wykonana z profilu aluminiowego lakierowanego na biało L: 200 cm
 </t>
+  </si>
+  <si>
+    <t>MT0024A</t>
+  </si>
+  <si>
+    <t>MAX MT0024A</t>
+  </si>
+  <si>
+    <t>MAXLIGHT MT0024A SZYNA MAGNETYCZNA PODTYNKOWA, 2 METRY, BIAŁA</t>
   </si>
   <si>
     <t>MT0025</t>
   </si>
   <si>
     <t>MAX MT0025</t>
   </si>
   <si>
     <t>MAXLIGHT MT0025.Kątownik 90°. Montaż na sufit lub ścianę. Do szyn MT0023, MT0024</t>
   </si>
   <si>
     <t>Kątownik 90°. Montaż na sufit lub ścianę. Do szyn MT0023, MT0024</t>
   </si>
   <si>
     <t>MT0026</t>
   </si>
   <si>
     <t>MAX MT0026</t>
   </si>
   <si>
     <t>MAXLIGHT MT0026. Kątownik do użycia przy uskoku na suficie. Do szyn MT0023, MT0024</t>
   </si>
   <si>
     <t>Kątownik do użycia przy uskoku na suficie. Do szyn MT0023, MT0024</t>
   </si>
@@ -8706,64 +8790,64 @@
     <t>MAXLIGHT N0001N reflektor 4W Czarny  3000K On-Off- MICRO11</t>
   </si>
   <si>
     <t>146mm długość w szynie 3000K CRI90 4W 28° 337lm
 reflektor fi30mm L57mm</t>
   </si>
   <si>
     <t>N0001Z</t>
   </si>
   <si>
     <t>MAX N0001Z</t>
   </si>
   <si>
     <t>MAXLIGHT N0001Z reflektor MICRO11 4W Czarny  2700-5000K Zigbee</t>
   </si>
   <si>
     <t>N0002N</t>
   </si>
   <si>
     <t>MAX N0002N</t>
   </si>
   <si>
     <t>MAXLIGHT N0002N reflektor 10W Czarny  3000K On-Off- MICRO11</t>
   </si>
   <si>
-    <t>146mm długość w szynie 3000K CRI90 10W 24° 713lm
+    <t>146mm długość w szynie 3000K CRI90 10W 24° 711lm
 reflektor fi40mm L100mm</t>
   </si>
   <si>
     <t>N0002Z</t>
   </si>
   <si>
     <t>MAX N0002Z</t>
   </si>
   <si>
     <t>MAXLIGHT N0002Z reflektor 10W Czarny  2700-5000K Zigbee- MICRO11</t>
   </si>
   <si>
-    <t>146mm długość w szynie 3000K CRI90 10W 24° 713lm
+    <t>146mm długość w szynie 3000K CRI90 10W 24° 711lm
 reflektor fi30mm L57mm</t>
   </si>
   <si>
     <t>N0003N</t>
   </si>
   <si>
     <t>MAX N0003N</t>
   </si>
   <si>
     <t>MAXLIGHT N0003N raster 9W Czarny obrotowy 3000K On-Off- MICRO11</t>
   </si>
   <si>
     <t>230mm długość w szynie 3000K CRI90 9W 27° 745lm
 230dł</t>
   </si>
   <si>
     <t>N0003Z</t>
   </si>
   <si>
     <t>MAX N0003Z</t>
   </si>
   <si>
     <t>MAXLIGHT N0003Z raster 9W Czarny obrotowy 2700-5000K Zigbee- MICRO11</t>
   </si>
   <si>
@@ -9237,81 +9321,50 @@
     <t>NT0013</t>
   </si>
   <si>
     <t>MAX NT0013</t>
   </si>
   <si>
     <t>MAXLIGHT NT0013. Kątownik 90°. Montaż na sufit lub ścianę. Do szyn NT0011,NT0012-  MICRO11  czarny</t>
   </si>
   <si>
     <t>NT0014</t>
   </si>
   <si>
     <t>MAX NT0014</t>
   </si>
   <si>
     <t>MAXLIGHT NT0014. Kątownik ściana/sufit. Do szyn NT0011, NT0012- MICRO11  czarny</t>
   </si>
   <si>
     <t>NT0015</t>
   </si>
   <si>
     <t>MAX NT0015</t>
   </si>
   <si>
     <t>MAXLIGHT NT0015. Kątownik do użycia przy uskoku na suficie. Do szyn NT0011, NT0012- MICRO11 czarny</t>
-  </si>
-[...29 lines deleted...]
-LED w komplecie/LED included 3000K</t>
   </si>
   <si>
     <t>W0345</t>
   </si>
   <si>
     <t>MERANO W0345</t>
   </si>
   <si>
     <t>MAXLIGHT W0345 KINKIET MERANO I ZŁOTY</t>
   </si>
   <si>
     <t>Moc/Power:  6W LED 3000K 522LM
 L: 8 cm D: 8 cm H: 27,5 cm, 
 Wykończenie/Detail finishing: złote/gold
 Materiał/Material: aluminium
 Zawiera zasilacz LED /LED driver included</t>
   </si>
   <si>
     <t>W0346</t>
   </si>
   <si>
     <t>MERANO W0346</t>
   </si>
   <si>
     <t>MAXLIGHT W0346 KINKIET MERANO I CZARNY</t>
@@ -9854,243 +9907,243 @@
   <si>
     <t xml:space="preserve">MAXLIGHT HT180 6W ON/OFF LS-6-700 SI TRANSFORMATOR DO MODUŁU MODULAR 6W ON/OFF
 </t>
   </si>
   <si>
     <t xml:space="preserve">LS-6-700 SI, with connection wire
 </t>
   </si>
   <si>
     <t>P0487</t>
   </si>
   <si>
     <t>MOMO P0487</t>
   </si>
   <si>
     <t>MAXLIGHT P0487 LAMPA WISZĄCA MOMO</t>
   </si>
   <si>
     <t>Moc/Power: 1 x 35W LED, 3010 LM, CRI 80+, 3000K
 W: 90 cm, D: 16 cm, H: 150cm,
 Wykończenie/Detail finishing: czarne+złote szczotkowane/black+ brushed gold
 Materiał/Material: aluminium, żelazo, akryl/ aluminium, iron, acrylic
 Zawiera zasilacz LED /LED driver included</t>
   </si>
   <si>
+    <t>C0136</t>
+  </si>
+  <si>
+    <t>MONACO C0136</t>
+  </si>
+  <si>
+    <t>MAXLIGHT C0136 PLAFON MONACO Ø 42 cm</t>
+  </si>
+  <si>
+    <t>Moc/Power: 9 x 40W G9  230V
+H: 28 cm, Ø: 42 cm
+Wykończenie/Detail finishing: chrom/chrome
+Materiał/Material: metal, szkło/metal, glass
+Nie zawiera żarówek/bulbs excluded</t>
+  </si>
+  <si>
+    <t>C0137</t>
+  </si>
+  <si>
+    <t>MONACO C0137</t>
+  </si>
+  <si>
+    <t>MAXLIGHT C0137 PLAFON MONACO Ø 60 cm</t>
+  </si>
+  <si>
+    <t>Moc/Power: 15 x 40W G9  230V
+H: 44 cm, Ø: 60 cm
+Wykończenie/Detail finishing: chrom/chrome
+Materiał/Material: metal, szkło/metal, glass
+Nie zawiera żarówek/bulbs excluded</t>
+  </si>
+  <si>
+    <t>C0205</t>
+  </si>
+  <si>
+    <t>MONACO C0205</t>
+  </si>
+  <si>
+    <t>MAXLIGHT C0205 PLAFON MONACO ZŁOTY Ø 42 cm</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Moc/Power: 9 x 40W G9  230V
+H: 28 cm, Ø: 42 cm
+Wykończenie/Detail finishing: złoty/gold
+Materiał/Material: metal, szkło/metal, glass
+Nie zawiera żarówek/bulbs excluded
+</t>
+  </si>
+  <si>
+    <t>C0206</t>
+  </si>
+  <si>
+    <t>MONACO C0206</t>
+  </si>
+  <si>
+    <t>MAXLIGHT C0206 PLAFON MONACO ZŁOTY Ø 60 cm</t>
+  </si>
+  <si>
+    <t>Moc/Power: 15 x 40W G9  230V
+H: 44 cm, Ø: 60 cm
+Wykończenie/Detail finishing: złoty/gold
+Materiał/Material: metal, szkło/metal, glass
+Nie zawiera żarówek/bulbs excluded</t>
+  </si>
+  <si>
+    <t>C0224</t>
+  </si>
+  <si>
+    <t>MONACO C0224</t>
+  </si>
+  <si>
+    <t>MAXLIGHT C0224 PLAFON MONACO ZŁOTY Ø 80 cm</t>
+  </si>
+  <si>
+    <t>Moc/Power: 16 x 40W G9 230V
+H: 45 cm, Ø: 80 cm
+Wykończenie/Detail finishing: złote/gold
+Materiał/Material: metal, szkło/metal, glass
+Nie zawiera żarówek/bulbs excluded</t>
+  </si>
+  <si>
+    <t>C0225</t>
+  </si>
+  <si>
+    <t>MONACO C0225</t>
+  </si>
+  <si>
+    <t>MAXLIGHT C0225 PLAFON MONACO Ø 80 cm</t>
+  </si>
+  <si>
+    <t>Moc/Power: 16 x 40W G9 230V
+H: 45 cm, Ø: 80 cm
+Wykończenie/Detail finishing: chromowe/chrome
+Materiał/Material: metal, szkło/metal, glass
+Nie zawiera żarówek/bulbs excluded</t>
+  </si>
+  <si>
+    <t>P0259</t>
+  </si>
+  <si>
+    <t>MONACO P0259</t>
+  </si>
+  <si>
+    <t>MAXLIGHT P0259 LAMPA WISZĄCA MONACO Ø 42 cm</t>
+  </si>
+  <si>
+    <t>Moc/Power: 9 x 40W G9  230V
+H: max 150 cm, Ø: 42 cm
+Wykończenie/Detail finishing: chrom/chrome
+Materiał/Material: metal, szkło/metal, glass
+Nie zawiera żarówek/bulbs excluded</t>
+  </si>
+  <si>
+    <t>P0260</t>
+  </si>
+  <si>
+    <t>MONACO P0260</t>
+  </si>
+  <si>
+    <t>MAXLIGHT P0260 LAMPA WISZĄCA MONACO Ø 60 cm</t>
+  </si>
+  <si>
+    <t>Moc/Power: 15 x 40W G9  230V
+H: max 150 cm, Ø: 60 cm
+Wykończenie/Detail finishing: chrom/chrome
+Materiał/Material: metal, szkło/metal, glass
+Nie zawiera żarówek/bulbs excluded</t>
+  </si>
+  <si>
+    <t>P0423</t>
+  </si>
+  <si>
+    <t>MONACO P0423</t>
+  </si>
+  <si>
+    <t>MAXLIGHT P0423 LAMPA WISZĄCA MONACO ZŁOTA Ø 42 cm</t>
+  </si>
+  <si>
+    <t>Moc/Power: 9 x 40W G9  230V
+H: max 150 cm, Ø: 42 cm
+Wykończenie/Detail finishing: złote/gold
+Materiał/Material: metal, szkło/metal, glass
+Nie zawiera żarówek/bulbs excluded</t>
+  </si>
+  <si>
+    <t>P0424</t>
+  </si>
+  <si>
+    <t>MONACO P0424</t>
+  </si>
+  <si>
+    <t>MAXLIGHT P0424 LAMPA WISZĄCA MONACO ZŁOTA Ø 60 cm</t>
+  </si>
+  <si>
+    <t>Moc/Power: 15 x 40W G9  230V
+H: max 150 cm, Ø: 60 cm
+Wykończenie/Detail finishing: złote/gold
+Materiał/Material: metal, szkło/metal, glass
+Nie zawiera żarówek/bulbs excluded</t>
+  </si>
+  <si>
     <t>W0209</t>
   </si>
   <si>
     <t>MONACO W0209</t>
   </si>
   <si>
     <t>MAXLIGHT W0209 KINKIET  MONACO</t>
   </si>
   <si>
     <t>Moc/Power: 2 x 40W G9  230V
 W: 18 cm, D: 11 cm, H: 19 cm, 
 Wykończenie/Detail finishing: chrom/chrome
 Materiał/Material: metal, szkło/metal, glass
 Nie zawiera żarówek/bulbs excluded</t>
   </si>
   <si>
     <t>W0288</t>
   </si>
   <si>
     <t>MONACO W0288</t>
   </si>
   <si>
     <t>MAXLIGHT W0288 KINKIET  MONACO ZŁOTY</t>
   </si>
   <si>
     <t>Moc/Power: 2 x 40W G9  230V
 W: 18 cm, D: 11 cm, H: 19 cm, 
 Wykończenie/Detail finishing: złote/gold
 Materiał/Material: metal, szkło/metal, glass
 Nie zawiera żarówek/bulbs excluded</t>
   </si>
   <si>
-    <t>C0136</t>
-[...159 lines deleted...]
-  <si>
     <t>P0076-05L</t>
   </si>
   <si>
     <t>MOONLIGHT P0076-05L</t>
   </si>
   <si>
     <t>MAXLIGHT P0076-05L LAMPA WISZĄCA MOONLIGHT</t>
   </si>
   <si>
     <t>Moc/Power: 5 x 40W G9 230V
 H: max 145 cm, klosz: h: 23 cm, Ø: 40 cm
 Wykończenie/Detail finishing: chrom/chrome
 Materiał/Material: szkło lustrzane, metal/ mirror glass, metal
 Nie zawiera żarówek/bulbs excluded</t>
   </si>
   <si>
     <t>P0076-06X</t>
   </si>
   <si>
     <t>MOONLIGHT P0076-06X</t>
   </si>
   <si>
     <t>MAXLIGHT P0076-06X MOONLIGHT WISZĄCA DUŻA</t>
   </si>
   <si>
@@ -10215,152 +10268,134 @@
     <t xml:space="preserve">Moc/Power:  1 x E27 MAX 7W
 Φ: 45 cm,  H: 45 cm
 Wykończenie/Detail finishing: smoke plating glass+black marble
 Materiał/Material: marble/glass
 Nie zawierażarówek/bulbs excluded
 </t>
   </si>
   <si>
     <t>T0058</t>
   </si>
   <si>
     <t>MOONSTONE T0058</t>
   </si>
   <si>
     <t>MAXLIGHT T0058 LAMPA STOŁOWA MOONSTONE AMBER GLASS + BLACK MARBLE</t>
   </si>
   <si>
     <t xml:space="preserve">Moc/Power:  1 x E27 MAX 7W
 Φ: 45 cm,  H: 45 cm
 Wykończenie/Detail finishing: amber plating glass+black marble
 Materiał/Material: marble/glass
 Nie zawierażarówek/bulbs excluded
 </t>
   </si>
   <si>
-    <t>T0065</t>
-[...32 lines deleted...]
-  <si>
     <t>P0249</t>
   </si>
   <si>
-    <t xml:space="preserve">MULTI6 P0249 </t>
+    <t>MULTI P0249</t>
   </si>
   <si>
     <t>MAXLIGHT P0249  LAMPA WISZĄCA MULTI 6</t>
   </si>
   <si>
     <t>Moc/Power: 6 x 5W LED 230V, 2040 LM
 H: max 120 cm, Ø: 52 cm
 Wykończenie/Detail finishing: białe/white
 Materiał/Material: szkło mleczne, metal/ opal glass, metal
 LED w komplecie/LED included 3000K</t>
   </si>
   <si>
     <t>P0253</t>
   </si>
   <si>
-    <t xml:space="preserve">MULTIA P0253 </t>
+    <t>MULTI P0253</t>
   </si>
   <si>
     <t>MAXLIGHT P0253 LAMPA WISZĄCA MULTI A</t>
   </si>
   <si>
     <t>Moc/Power: 1 x 5W LED 230V   340 LM
 H: max 120 cm, Ø:  15 cm
 Wykończenie/Detail finishing: białe/white
  Materiał/Material: szkło mleczne, metal/ opal glass, metal
 LED w komplecie/LED included 3000K</t>
   </si>
   <si>
     <t>P0254</t>
   </si>
   <si>
-    <t>MULTIB P0254</t>
+    <t>MULTI P0254</t>
   </si>
   <si>
     <t>MAXLIGHT P0254 LAMPA WISZĄCA MULTI B</t>
   </si>
   <si>
     <t>Moc/Power: 1 x 5W LED 230V   340 LM
 H: max 120 cm, Ø: 18 cm
 Wykończenie/Detail finishing: białe/white
  Materiał/Material: szkło mleczne, metal/ opal glass, metal
 LED w komplecie/LED included 3000K</t>
   </si>
   <si>
+    <t>P0255</t>
+  </si>
+  <si>
+    <t>MULTI P0255</t>
+  </si>
+  <si>
+    <t>MAXLIGHT P0255 LAMPA WISZĄCA MULTI C</t>
+  </si>
+  <si>
+    <t>Moc/Power: 1 x 5W LED 230V   340 LM
+H: max 120 cm, Ø: 22 cm
+Wykończenie/Detail finishing: białe/white
+ Materiał/Material: szkło mleczne, metal/ opal glass, metal
+LED w komplecie/LED included 3000K</t>
+  </si>
+  <si>
     <t>P0257</t>
   </si>
   <si>
-    <t>MULTIE P0257</t>
+    <t>MULTI P0257</t>
   </si>
   <si>
     <t>MAXLIGHT P0257 LAMPA WISZĄCA MULTI E</t>
   </si>
   <si>
     <t>Moc/Power: 1 x 5W LED 230V   340 LM
 H: max 120 cm, Ø: 20 cm
 Wykończenie/Detail finishing: białe/white
  Materiał/Material: szkło mleczne, metal/ opal glass, metal
 LED w komplecie/LED included 3000K</t>
   </si>
   <si>
     <t>P0258</t>
   </si>
   <si>
-    <t>MULTIF P0258</t>
+    <t>MULTI P0258</t>
   </si>
   <si>
     <t>MAXLIGHT P0258 LAMPA WISZĄCA MULTI F</t>
   </si>
   <si>
     <t>P0245</t>
   </si>
   <si>
     <t>MURANO P0245</t>
   </si>
   <si>
     <t>MAXLIGHT P0245  LAMPA WISZĄCA MURANO A</t>
   </si>
   <si>
     <t>Moc/Power: 1 x 3W LED 230V, 285 LM,
  CRI 90, 3000K
 H: max 190 cm, Ø: 7,5 cm
 Wykończenie/Detail finishing: chrom/chrome
 Materiał/Material: metal, szkło bezbarwne/metal, transparent glass
 LED w komplecie/LED included 3000K</t>
   </si>
   <si>
     <t>P0581</t>
   </si>
   <si>
@@ -10598,68 +10633,50 @@
     <t>MAXLIGHT C0194 LAMPA SUFITOWA ODA CZARNA</t>
   </si>
   <si>
     <t>Moc/Power: 3 x 40W E27 230V, IP44
 H: 9,0 cm, Ø: 40 cm
 Wykończenie/Detail finishing: czarne/black
 Materiał/Material/: metal, szkło mleczne/metal,opal glass
 Nie zawiera żarówek/bulbs excluded</t>
   </si>
   <si>
     <t>P0429D</t>
   </si>
   <si>
     <t>OLIVIA P0429D</t>
   </si>
   <si>
     <t>MAXLIGHT P0429D LAMPA WISZĄCA OLIVIA I</t>
   </si>
   <si>
     <t>Moc/Power: 1 x 15 W LED 230V, 1050 LM, CRI 90, 3000K
 W: 33 cm, D: 7,0 cm, H: 180 cm, h: 81 cm
 Wykończenie/Detail finishing: złote/gold
 Materiał/Material: stal nierdzewna, szkło acrylowe, silikon/ stainless steel, acrylic glass, silicon
 Zasilacz + LED ściemnialny w komplecie/ Triac dimmable LED + driver included
 nie zawiera ściemniacza ściennego/ wall dimmer not included</t>
-  </si>
-[...16 lines deleted...]
-włącznik dotykowy ściemniający na kalblu/ includes dimming touch switch on wire</t>
   </si>
   <si>
     <t>W0290D</t>
   </si>
   <si>
     <t>OLIVIA W0290D</t>
   </si>
   <si>
     <t>MAXLIGHT W0290D KINKIET OLIVIA</t>
   </si>
   <si>
     <t>Moc/Power: 1 x 15 W LED 230V, 1050 LM, CRI 90, 3000K
 W: 33 cm, D: 7,6 cm, H: 83 cm
 Wykończenie/Detail finishing: złote/gold
 Materiał/Material: stal nierdzewna, szkło acrylowe, silikon/ stainless steel, acrylic glass, silicon                                                      
 Zasilacz + LED ściemnialny w komplecie/ Triac dimmable LED + driver included
 nie zawiera ściemniacza ściennego/ wall dimmer not included</t>
   </si>
   <si>
     <t>P0171</t>
   </si>
   <si>
     <t>ORGANIC I P0171</t>
   </si>
   <si>
@@ -11672,50 +11689,110 @@
     <t xml:space="preserve">Moc/Power: 1 x E27 15W
 φ: 70 cm, H: max 200  cm
 Wykończenie/Detail finishing: białe/white
 Materiał/Material/: żywica/resin
 </t>
   </si>
   <si>
     <t>S0005</t>
   </si>
   <si>
     <t>PISTOL S0005</t>
   </si>
   <si>
     <t>MAXLIGHT S0005 LAMPA DO SZYNOPRZEWODU PISTOL BIAŁY 12W LED</t>
   </si>
   <si>
     <t>Moc/Power: 1 x 12W LED 230V, 750 LM, CRI 90
  3000K
 W: 16,8 cm, D: 3,0 cm,  H: 15,0-25,0 cm  
 Wykończenie/Detail finishing: białe/white
 LED w komplecie/LED included 3000K
 Kąt świecenia/beam angle: 25°  
 adaptor 3-fazowy/3-phases adaptor</t>
   </si>
   <si>
+    <t>PL1075-1P</t>
+  </si>
+  <si>
+    <t>PL1075-1P + żarówka 1200lm 3000K</t>
+  </si>
+  <si>
+    <t>Moc/Power: 1 x 6W LED 230V, 420LM, CRI90, 3000K, IP44
+H: 200 cm, Ø klosza: 10 cm
+Podsufitka/canopy: Ø 5,4 cm cm, H: 8,0 cm
+Wykończenie/Detail finishing: czarne/black
+Materiał/Material/: metal, akryl/metal, acrylic
+Led w komplecie/LED included 3000K
+Transformator w komplecie/ LED driver included</t>
+  </si>
+  <si>
+    <t>PL1076-1P</t>
+  </si>
+  <si>
+    <t>PL1076-1P + żarówka 1200lm 3000K</t>
+  </si>
+  <si>
+    <t>PL1077-1P-2003</t>
+  </si>
+  <si>
+    <t>PL1077-1P-2003 + żarówka 1200lm 3000K</t>
+  </si>
+  <si>
+    <t>PL1077-1P-6027</t>
+  </si>
+  <si>
+    <t>PL1077-1P-6027 + żarówka 1200lm 3000K</t>
+  </si>
+  <si>
+    <t>PL1078-1P-single</t>
+  </si>
+  <si>
+    <t>PL1078-1P-single + żarówka 1200lm 3000K</t>
+  </si>
+  <si>
+    <t>PL1080-1P-RED</t>
+  </si>
+  <si>
+    <t>PL1080-1P</t>
+  </si>
+  <si>
+    <t>PL1080-1P-RED + żarówka 1200lm 3000K</t>
+  </si>
+  <si>
+    <t>PL1091-1</t>
+  </si>
+  <si>
+    <t>PL1091-1 + żarówka 1200lm 3000K</t>
+  </si>
+  <si>
+    <t>PL1091-2</t>
+  </si>
+  <si>
+    <t>PL1091-2 + żarówka 1200lm 3000K</t>
+  </si>
+  <si>
     <t>C0151</t>
   </si>
   <si>
     <t>PLAZMA C0151</t>
   </si>
   <si>
     <t>MAXLIGHT C0151 PLAZMA PLAFON CZARNY IP54</t>
   </si>
   <si>
     <t>Moc/Power: 1 x 13W LED 230V, 572 LM, CRI 90, IP54
 H: 8,5 cm, Ø: 7,3 cm
 Wykończenie/Detail finishing: czarne/black
 Materiał/Material: metal, szkło/metal, glass
 LED w komplecie/LED included 3000K
 Kąt świecenia/beam angle: 20°</t>
   </si>
   <si>
     <t>H0089</t>
   </si>
   <si>
     <t>PLAZMA H0089</t>
   </si>
   <si>
     <t>MAXLIGHT H0089 OPRAWA WPUSTOWA PLAZMA BIAŁA IP54</t>
   </si>
@@ -11919,50 +11996,65 @@
     <t>MAXLIGHT P0409 LAMPA WISZĄCA PUMA 6 GU10</t>
   </si>
   <si>
     <t>Moc/Power: max 6 x GU10 5W LED 230V
 W: 95 cm, D: 15 cm, H: 72 cm
 Materiał/Material/: metal/metal
 Wykończenie/Detail finishing: złote, czarne/gold, black
 nie zawiera żarówek w komplecie/bulb not included</t>
   </si>
   <si>
     <t>P0562</t>
   </si>
   <si>
     <t>PURO P0562</t>
   </si>
   <si>
     <t>MAXLIGHT P0562 LAMPA WISZACA PURO BLACK&amp;GREY</t>
   </si>
   <si>
     <t>Moc/Power:  8W LED 3000K 320 LM
 L: 19 cm, W: 51 cm,  H: max 220 cm
 Wykończenie/Detail finishing: czarne + szare/ black + grey
 Materiał/Material: filc/felt</t>
   </si>
   <si>
+    <t>P0564</t>
+  </si>
+  <si>
+    <t>PURO P0564</t>
+  </si>
+  <si>
+    <t>MAXLIGHT P0564 LAMPA WISZACA PURO EARTH YELLOW&amp;GREY</t>
+  </si>
+  <si>
+    <t>Moc/Power:  8W LED 3000K 320 LM
+L: 19 cm, W: 51 cm,  H: max 220 cm
+Wykończenie/Detail finishing: żółte + szare/yellow + grey
+Materiał/Material: filc/felt</t>
+  </si>
+  <si>
     <t>P0557</t>
   </si>
   <si>
     <t>QLED P0557</t>
   </si>
   <si>
     <t>MAXLIGHT P0557 LAMPA WISZĄCA QLED Z PILOTEM</t>
   </si>
   <si>
     <t xml:space="preserve">Moc/Power:  1 x 35W+35W LED, 3000-6000K, 2500LM
 Φ: 81 cm,  H: max 195 cm
 Wykończenie/Detail finishing: czarne/black
 Materiał/Material: metal+pmma
 Zawiera zasilacz LED /LED driver included
 </t>
   </si>
   <si>
     <t>C0239</t>
   </si>
   <si>
     <t>QUEEN C0239</t>
   </si>
   <si>
     <t>MAXLIGHT C0239 PLAFON QUEEN 60CM  BRUSHED GOLD 15W 3000K</t>
   </si>
@@ -12132,66 +12224,50 @@
   </si>
   <si>
     <t xml:space="preserve">MAXLIGHT W0122 KINKIET RICO II, 2 x 3W </t>
   </si>
   <si>
     <t>Moc/Power: 2 x 3W LED 230V  500 LM
 W: 35 cm, H: 4 cm, D: 8,5 cm
 Wykończenie/Detail finishing: białe/white
 Materiał/Material/: aluminium/ aluminium
 Led w komplecie/Led included 3000K</t>
   </si>
   <si>
     <t>W0046</t>
   </si>
   <si>
     <t>RIDER W0046</t>
   </si>
   <si>
     <t>MAXLIGHT W0046 KINKIET RIDER CZARNY</t>
   </si>
   <si>
     <t>Moc/Power: 1 x 3W LED 230V 190 LM 3000K
 W: 5 cm, D: 49,5 cm
 , H: 10 cm
 Wykończenie/Detail finishing: czarny/black
-Materiał/Material: metal, akryl, silikon/ metal, acrylic, silicone
-[...14 lines deleted...]
-Wykończenie/Detail finishing: biały/white
 Materiał/Material: metal, akryl, silikon/ metal, acrylic, silicone
 Led w komplecie/Led included 3000K</t>
   </si>
   <si>
     <t>W0032</t>
   </si>
   <si>
     <t>RIO W0032</t>
   </si>
   <si>
     <t xml:space="preserve">MAXLIGHT W0032 KINKIET RIO SATYNA DUŻY, inc. 1 x 100W R7S </t>
   </si>
   <si>
     <t xml:space="preserve">Moc/Power: 1 x 100W R7S 118mm 230V 
 W:17 cm, H: 3 cm, D: 13 cm
 Wykończenie/Detail finishing: metal szczotkowany/brushed metal
 Żarówki w komplecie/Bulb included 
 </t>
   </si>
   <si>
     <t>P0427D</t>
   </si>
   <si>
     <t>RITZ P0427D</t>
   </si>
@@ -12930,140 +13006,110 @@
     <t>Moc/Power: 3 x 40W G9 230V
 W: 80 cm, D: 12 cm, H: max 120 cm
 Podsufitka/canopy:  Ø 12 cm, h: 5 cm
 Wykończenie/Detail finishing: czarne /black
 Materiał/Material/: metal/ metal
 Nie zawiera żarówek/bulbs excluded</t>
   </si>
   <si>
     <t>P0400</t>
   </si>
   <si>
     <t>SISTEMA P0400</t>
   </si>
   <si>
     <t>MAXLIGHT P0400 LAMPA WISZĄCA SISTEMA I</t>
   </si>
   <si>
     <t>Moc/Power: 1 x 40W G9 230V
 H: max 120 cm, Ø: 8 cm
 Podsufitka/canopy: W: 30 cm, D: 6 cm, h: 2,5 cm
 Wykończenie/Detail finishing: czarne /black
 Materiał/Material/: metal/ metal
 Nie zawiera żarówek/bulbs excluded</t>
   </si>
   <si>
-    <t>SLIM P0002</t>
-[...11 lines deleted...]
-  <si>
     <t>P0449</t>
   </si>
   <si>
     <t>SMOOTH  P0449</t>
   </si>
   <si>
     <t>MAXLIGHT P0449 LAMPA WISZĄCA SMOOTH</t>
   </si>
   <si>
     <t>Moc/Power: 1 x 60W E27 230V
 H: 165 cm, Ø 16 cm, h: 35  cm
 Wykończenie/Detail finishing: złote szczotkowane/brushed gold
 Materiał/Material: metal, błyszczące szkło mleczne/metal, shiny opal glass
 Nie zawiera żarówek/bulbs excluded</t>
   </si>
   <si>
     <t>P0451</t>
   </si>
   <si>
     <t>SMOOTH  P0451</t>
   </si>
   <si>
     <t>MAXLIGHT P0451 LAMPA WISZĄCA SMOOTH III</t>
   </si>
   <si>
     <t>Moc/Power: 3 x 60W E27 230V
 H: 155 cm, Ø  33 cm
 Wykończenie/Detail finishing: złote szczotkowane/brushed gold
 Materiał/Material: metal, błyszczące szkło mleczne/metal, shiny opal glass
 Nie zawiera żarówek/bulbs excluded</t>
   </si>
   <si>
-    <t>3885/1</t>
-[...15 lines deleted...]
-  <si>
     <t>P0147</t>
   </si>
   <si>
     <t xml:space="preserve">SOFT P0147 </t>
   </si>
   <si>
     <t>MAXLIGHT P0147  LAMPA WISZĄCA SOFT 5 BIAŁA</t>
   </si>
   <si>
     <t>Moc/Power: 5 x 40W E27 230V
 H: max 220 cm, Ø: 50 cm
 Wykończenie/Detail finishing: biały/white, drewno/wood
 Materiał/Material: metal, drewno/metal, wood
 Nie zawiera żarówek/bulbs excluded</t>
   </si>
   <si>
     <t>P0546</t>
   </si>
   <si>
     <t>SOHO P0546</t>
   </si>
   <si>
     <t>MAXLIGHT P0546 LAMPA WISZĄCA SOHO</t>
   </si>
   <si>
     <t>Moc/Power:  25W LED 3000K 1728LM
 L: 46 cm, W: 46 cm,  H: max 230 cm
-Wykończenie/Detail finishing: czarne/black
+Wykończenie/Detail finishing: GRAFITOWE
 Materiał/Material: aluminium/aluminium</t>
   </si>
   <si>
     <t>P0613</t>
   </si>
   <si>
     <t>SOLARIS P0613</t>
   </si>
   <si>
     <t>MAXLIGHT P0613 LAMPA WISZĄCA SOLARIS</t>
   </si>
   <si>
     <t>Moc/Power: 35W LED, 760 LM  3000K 
 Ø: 50 cm, H: max 140 cm
 Wykończenie/Detail finishing: czarne/black
 Materiał/Material: aluminium + kamień naturalny/ aluminium+natural stone
 LED w komplecie/LED included</t>
   </si>
   <si>
     <t>P0270</t>
   </si>
   <si>
     <t>SPIDER P0270</t>
   </si>
   <si>
@@ -13283,50 +13329,78 @@
   <si>
     <t>Moc/Power:  10W LED 3000K, 800 LM,  36°, CRI90
 Ø: 6,5 cm, H: 8 cm, 
 Wykończenie/Detail finishing: czarne/black
 Materiał/Material: aluminium
 LED w komplecie/LED included 3000K</t>
   </si>
   <si>
     <t>HM190 4000K</t>
   </si>
   <si>
     <t>SPILIO HM190 4000K</t>
   </si>
   <si>
     <t xml:space="preserve">MAXLIGHT HM190 4000K SPILIO MODUŁ LED 10W  IP65
 </t>
   </si>
   <si>
     <t>Moc/Power:  10W LED 4000K, 800 LM,  36°, CRI90
 Ø: 6,5 cm, H: 8 cm, 
 Wykończenie/Detail finishing: czarne/black
 Materiał/Material: aluminium
 LED w komplecie/LED included 3000K</t>
   </si>
   <si>
+    <t>HT190 DIM</t>
+  </si>
+  <si>
+    <t>SPILIO HT190 DIM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MAXLIGHT HT190 DIM  LS-12-250 TRIAC LI TRANSFORMATOR DO MODUŁU SPILIO ŚCIEMNIALNY
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">250mA, TriAC, Eaglerise, LS-12-250 TRIAC LI
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HT190 OF/OFF </t>
+  </si>
+  <si>
+    <t>SPILIO HT190 ON/OFF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MAXLIGHT HT190 OF/OFF  LS-12-250 SI-ECO TRANSFORMATOR DO MODUŁU SPILIO ON/OFF
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">250mA, Non-dim, Eaglerise, LS-12-250 SI-ECO, 
+</t>
+  </si>
+  <si>
     <t>W0413</t>
   </si>
   <si>
     <t xml:space="preserve">SPIRIT W0413 </t>
   </si>
   <si>
     <t xml:space="preserve">MAXLIGHT W0413 KINKIET SPIRIT 9W, CZARNY
 </t>
   </si>
   <si>
     <t>Moc/Power: 9W LED, 200 LM 3000K
 D: 14,6 cm H: 60 cm 
 Wykończenie/Detail finishing: czarne/black
 Materiał/Material: metal
 LED w komplecie/LED included</t>
   </si>
   <si>
     <t>W0414</t>
   </si>
   <si>
     <t>SPIRIT W0414</t>
   </si>
   <si>
     <t xml:space="preserve">MAXLIGHT W0414 KINKIET SPIRIT 9W, ZŁOTY
 </t>
@@ -13811,67 +13885,50 @@
   </si>
   <si>
     <t xml:space="preserve">Moc/Power:  1 x 10W LED, 3000K, 860LM, 3000K
 Φ: 29 cm,  H: 6,5 cm 
 Wykończenie/Detail finishing: białe/white
 Materiał/Material: metal/metal
 Zawiera zasilacz LED /LED driver included
 </t>
   </si>
   <si>
     <t>C0236</t>
   </si>
   <si>
     <t>TORNADO C0236</t>
   </si>
   <si>
     <t>MAXLIGHT C0236 PLAFON TORNADO 48CM</t>
   </si>
   <si>
     <t xml:space="preserve">Moc/Power:  1 x 40W LED, 3000K, 3440LM, 3000K
 Φ: 48 cm,  H: 6,5 cm 
 Wykończenie/Detail finishing: białe/white
 Materiał/Material: metal/metal
 Zawiera zasilacz LED /LED driver included
 </t>
-  </si>
-[...15 lines deleted...]
-LED w komplecie/LED included 3000K</t>
   </si>
   <si>
     <t>W0393</t>
   </si>
   <si>
     <t>TRAVERTINO W0393</t>
   </si>
   <si>
     <t>MAXLIGHT W0393 KINKIET TRAVERTINO OVAL 10W</t>
   </si>
   <si>
     <t>Moc/Power: 10W LED, 340 LM  3000K 
 L: 15 cm, H: 30 cm, D: 5 cm
 Wykończenie/Detail finishing: czarne/black
 Materiał/Material: stal + kamień naturalny/ iron+natural stone
 LED w komplecie/LED included</t>
   </si>
   <si>
     <t>W0394</t>
   </si>
   <si>
     <t>TRAVERTINO W0394</t>
   </si>
   <si>
     <t>MAXLIGHT W0394 KINKIET TRAVERTINO  10W</t>
@@ -14578,83 +14635,50 @@
   <si>
     <t>Moc/Power: 17W LED, 1368, LM 3000K
 L: 90 cm H: max 120 cm 
 Wykończenie/Detail finishing: czarne/black
 Materiał/Material: metal
 LED w komplecie/LED included</t>
   </si>
   <si>
     <t>P0645</t>
   </si>
   <si>
     <t>URUS P0645</t>
   </si>
   <si>
     <t xml:space="preserve">MAXLIGHT P0645 LAMPA WISZĄCA URUS 30W
 </t>
   </si>
   <si>
     <t>Moc/Power: 30W LED, 2400, LM 3000K
 L: 150 cm H: max 120 cm 
 Wykończenie/Detail finishing: czarne/black
 Materiał/Material: metal
 LED w komplecie/LED included</t>
   </si>
   <si>
-    <t>SQ380DE/W</t>
-[...31 lines deleted...]
-  <si>
     <t>C0265</t>
   </si>
   <si>
     <t>VECTOR C0265</t>
   </si>
   <si>
     <t xml:space="preserve">MAXLIGHT C0265 LAMPA SUFITOWA VECTOR 10W BIAŁA
 </t>
   </si>
   <si>
     <t>Moc/Power:  10W LED 3000K, 614 LM,  24°, CRI90
 Ø: 11,5 cm, H: 8,5 cm
 Wykończenie/Detail finishing: białe/white
 Materiał/Material: aluminium
 LED w komplecie/LED included 3000K</t>
   </si>
   <si>
     <t>C0266</t>
   </si>
   <si>
     <t>VECTOR C0266</t>
   </si>
   <si>
     <t xml:space="preserve">MAXLIGHT C0266 LAMPA SUFITOWA VECTOR 10W CZARNA
 </t>
@@ -14924,50 +14948,240 @@
     <t xml:space="preserve">Moc/Power:  1 x 38W LED, 3000K, 2092LM, 3000K
 Φ: 48  cm,  H: 5 cm
 Wykończenie/Detail finishing: czarne+złote/black+gold
 Materiał/Material: metal
 Zawiera zasilacz LED /LED driver included
 </t>
   </si>
   <si>
     <t>P0556</t>
   </si>
   <si>
     <t>VIK P0556</t>
   </si>
   <si>
     <t>MAXLIGHT P0556 LAMPA WISZĄCA VIK 48CM</t>
   </si>
   <si>
     <t xml:space="preserve">Moc/Power:  1 x 35W LED, 3000K, 1950LM, 3000K
 Φ: 48 cm,  H:  max 120 cm
 Wykończenie/Detail finishing: czarne+złote/black+gold
 Materiał/Material: metal/metal
 Zawiera zasilacz LED /LED driver included
 </t>
   </si>
   <si>
+    <t>P0651</t>
+  </si>
+  <si>
+    <t>VISUAL P0651</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MAXLIGHT P0651 LAMPA WISZĄCA VISUAL VER 22W WHITE 60cm
+</t>
+  </si>
+  <si>
+    <t>Moc/Power: 22W LED, 1560LM 3000K,  IP44
+ ø: 60cm  D:15 cm, H: max 115cm
+Wykończenie/Detail finishing: biały/white
+Materiał/Material: aluminium +tworzywo sztuczne/ aluminum + plastic
+LED w komplecie/LED included</t>
+  </si>
+  <si>
+    <t>P0652</t>
+  </si>
+  <si>
+    <t>VISUAL P0652</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MAXLIGHT P0652 LAMPA WISZĄCA VISUAL VER 22W BLACK 60cm
+</t>
+  </si>
+  <si>
+    <t>Moc/Power: 22W LED, 1560LM 3000K,  IP44
+ ø: 60cm  D:15 cm, H: max 115cm
+Wykończenie/Detail finishing: czarne/black
+Materiał/Material: aluminium +tworzywo sztuczne/ aluminum + plastic
+LED w komplecie/LED included</t>
+  </si>
+  <si>
+    <t>P0653</t>
+  </si>
+  <si>
+    <t>VISUAL P0653</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MAXLIGHT P0653 LAMPA WISZĄCA VISUAL VER 28W WHITE 80cm
+</t>
+  </si>
+  <si>
+    <t>Moc/Power: 28W LED, 2084LM 3000K,  IP44
+ ø: 80cm , H: max 115cm
+Wykończenie/Detail finishing: biały/white
+Materiał/Material: aluminium +tworzywo sztuczne/ aluminum + plastic
+LED w komplecie/LED included</t>
+  </si>
+  <si>
+    <t>P0654</t>
+  </si>
+  <si>
+    <t>VISUAL P0654</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MAXLIGHT P0654 LAMPA WISZĄCA VISUAL VER 28W BLACK 80cm
+</t>
+  </si>
+  <si>
+    <t>Moc/Power: 28W LED, 2084LM 3000K,  IP44
+ ø: 80cm , H: max 115cm
+Wykończenie/Detail finishing: czarne./black
+Materiał/Material: aluminium +tworzywo sztuczne/ aluminum + plastic
+LED w komplecie/LED included</t>
+  </si>
+  <si>
+    <t>P0655</t>
+  </si>
+  <si>
+    <t>VISUAL P0655</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MAXLIGHT P0655 LAMPA WISZĄCA VISUAL HOR 22W WHITE 60cm
+</t>
+  </si>
+  <si>
+    <t>Moc/Power: 22W LED, 1560LM 3000K,  IP44
+ ø: 60cm , H: max 115cm
+Wykończenie/Detail finishing: biały/white
+Materiał/Material: aluminium +tworzywo sztuczne/ aluminum + plastic
+LED w komplecie/LED included</t>
+  </si>
+  <si>
+    <t>P0656</t>
+  </si>
+  <si>
+    <t>VISUAL P0656</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MAXLIGHT P0656 LAMPA WISZĄCA VISUAL HOR 22W BLACK 60cm
+</t>
+  </si>
+  <si>
+    <t>Moc/Power: 22W LED, 1560LM 3000K,  IP44
+ ø: 60cm , H: max 115cm
+Wykończenie/Detail finishing: czarne/black
+Materiał/Material: aluminium +tworzywo sztuczne/ aluminum + plastic
+LED w komplecie/LED included</t>
+  </si>
+  <si>
+    <t>P0657</t>
+  </si>
+  <si>
+    <t>VISUAL P0657</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MAXLIGHT P0657 LAMPA WISZĄCA VISUAL HOR 28W WHITE 80cm
+</t>
+  </si>
+  <si>
+    <t>P0658</t>
+  </si>
+  <si>
+    <t>VISUAL P0658</t>
+  </si>
+  <si>
+    <t>MAXLIGHT P0658 LAMPA WISZĄCA VISUAL HOR 28W BLACK 80cm</t>
+  </si>
+  <si>
+    <t>W0434</t>
+  </si>
+  <si>
+    <t>VISUAL W0434</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MAXLIGHT W0434 KINKIET VISUAL 22W WHITE 60cm
+</t>
+  </si>
+  <si>
+    <t>Moc/Power: 22W LED, 1560LM 3000K,  IP44
+ø: 60cm  D:15 cm
+Wykończenie/Detail finishing: biały/white
+Materiał/Material: aluminium +tworzywo sztuczne/ aluminum + plastic
+LED w komplecie/LED included</t>
+  </si>
+  <si>
+    <t>W0435</t>
+  </si>
+  <si>
+    <t>VISUAL W0435</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MAXLIGHT W0435 KINKIET VISUAL 22W BLACK 60cm
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Moc/Power: 22W LED, 1560LM 3000K,  IP44
+ ø: 60cm  D:15 cm
+Wykończenie/Detail finishing: czarne/black
+Materiał/Material: aluminium +tworzywo sztuczne/ aluminum + plastic
+LED w komplecie/LED included
+</t>
+  </si>
+  <si>
+    <t>W0436</t>
+  </si>
+  <si>
+    <t>VISUAL W0436</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MAXLIGHT W0436 KINKIET VISUAL 28W WHITE 80cm
+</t>
+  </si>
+  <si>
+    <t>Moc/Power: 28W LED, 2084LM, 3000K,  IP44
+ ø: 80cm  D:15 cm
+Wykończenie/Detail finishing: biały/white
+Materiał/Material: aluminium +tworzywo sztuczne/ aluminum + plastic
+LED w komplecie/LED included</t>
+  </si>
+  <si>
+    <t>W0437</t>
+  </si>
+  <si>
+    <t>VISUAL W0437</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MAXLIGHT W0437 KINKIET VISUAL 28W BLACK 80cm
+</t>
+  </si>
+  <si>
+    <t>Moc/Power: 28W LED, 2084LM, 3000K,  IP44
+ ø: 80cm  D:15 cm
+Wykończenie/Detail finishing: czarne/black
+Materiał/Material: aluminium +tworzywo sztuczne/ aluminum + plastic
+LED w komplecie/LED included</t>
+  </si>
+  <si>
     <t>P0283</t>
   </si>
   <si>
     <t>VOGUE P0283</t>
   </si>
   <si>
     <t>MAXLIGHT P0283 LAMPA WISZĄCA VOGUE</t>
   </si>
   <si>
     <t>Moc/Power:  16 x 40W E14 230V
 H: max 150 cm, Ø: 60 cm + 40 cm
 Wykończenie/Detail finishing: złote/gold
 Materiał/Material/: metal, szkło/metal, glass
 Nie zawiera żarówek/bulbs excluded</t>
   </si>
   <si>
     <t>P0284</t>
   </si>
   <si>
     <t>VOGUE P0284</t>
   </si>
   <si>
     <t>MAXLIGHT P0284 LAMPA WISZĄCA VOGUE</t>
   </si>
   <si>
@@ -15111,263 +15325,263 @@
   </si>
   <si>
     <t>C0255</t>
   </si>
   <si>
     <t>X-LINE C0255</t>
   </si>
   <si>
     <t xml:space="preserve">MAXLIGHT C0255 LAMPA SUFITOWA X-LINE 20W
 </t>
   </si>
   <si>
     <t>Moc/Power: 20W LED 3000K, 1400 LM,  36°, CRI90
  L: 40,2 cm, W: 3,5 cm,  H: 6,6 cm
 Wykończenie/Detail finishing: białe/white
 Materiał/Material: aluminium
 LED w komplecie/LED included</t>
   </si>
   <si>
     <t>H0134</t>
   </si>
   <si>
     <t xml:space="preserve">X-LINE H0134 </t>
   </si>
   <si>
-    <t xml:space="preserve">MAXLIGHT H0134 OPRAWA WPUSTOWA X-LINE, DO SKOMPLETOWANIA Z  TRAFO HT0134
+    <t xml:space="preserve">MAXLIGHT H0134 OPRAWA WPUSTOWA X-LINE, DO SKOMPLETOWANIA Z  TRAFO HT134
 </t>
   </si>
   <si>
     <t>Moc/Power: 4W LED 3000K, 280 LM,  36°, CRI90
  L: 6,8 cm, W: 3 cm,  D: 3,5 cm
 Otwór montażowy/mounting hole: 6,4 x 2,6 cm
 Wykończenie/Detail finishing: białe/white
 Materiał/Material: aluminium
 LED w komplecie/LED included</t>
   </si>
   <si>
     <t>H0135</t>
   </si>
   <si>
     <t>X-LINE H0135</t>
   </si>
   <si>
-    <t xml:space="preserve">MAXLIGHT H0135 OPRAWA WPUSTOWA X-LINE, DO SKOMPLETOWANIA Z  TRAFO HT0135
+    <t xml:space="preserve">MAXLIGHT H0135 OPRAWA WPUSTOWA X-LINE, DO SKOMPLETOWANIA Z  TRAFO HT135
 </t>
   </si>
   <si>
     <t>Moc/Power: 5W LED 3000K, 350 LM,  36°, CRI90
  L: 4,9 cm, W: 4,9 cm,  D: 3,5 cm
 Otwór montażowy/mounting hole: 4,5 x 4,5 cm
 Wykończenie/Detail finishing: białe/white
 Materiał/Material: aluminium
 LED w komplecie/LED included</t>
   </si>
   <si>
     <t>H0136</t>
   </si>
   <si>
     <t>X-LINE H0136</t>
   </si>
   <si>
-    <t xml:space="preserve">MAXLIGHT H0136 OPRAWA WPUSTOWA X-LINE, DO SKOMPLETOWANIA Z  TRAFO HT0136
+    <t xml:space="preserve">MAXLIGHT H0136 OPRAWA WPUSTOWA X-LINE, DO SKOMPLETOWANIA Z  TRAFO HT136
 </t>
   </si>
   <si>
     <t>Moc/Power: 8W LED 3000K, 560 LM,  36°, CRI90
  L: 12,5 cm, W: 3 cm,  D: 3,5 cm
 Otwór montażowy/mounting hole: 12,1 x 2,6 cm
 Wykończenie/Detail finishing: białe/white
 Materiał/Material: aluminium
 LED w komplecie/LED included</t>
   </si>
   <si>
     <t>H0137</t>
   </si>
   <si>
     <t>X-LINE H0137</t>
   </si>
   <si>
-    <t xml:space="preserve">MAXLIGHT H0137 OPRAWA WPUSTOWA X-LINE, DO SKOMPLETOWANIA Z  TRAFO HT0137
+    <t xml:space="preserve">MAXLIGHT H0137 OPRAWA WPUSTOWA X-LINE, DO SKOMPLETOWANIA Z  TRAFO HT137
 </t>
   </si>
   <si>
     <t>Moc/Power: 10W LED 3000K, 700 LM,  36°, CRI90
  L: 6,9 cm, W: 6,9 cm,  D: 3,5 cm
 Otwór montażowy/mounting hole: 6,4 x 6,4 cm
 Wykończenie/Detail finishing: białe/white
 Materiał/Material: aluminium
 LED w komplecie/LED included</t>
   </si>
   <si>
     <t>H0138</t>
   </si>
   <si>
     <t>X-LINE H0138</t>
   </si>
   <si>
-    <t xml:space="preserve">MAXLIGHT H0138 OPRAWA WPUSTOWA X-LINE, DO SKOMPLETOWANIA Z  TRAFO HT0138
+    <t xml:space="preserve">MAXLIGHT H0138 OPRAWA WPUSTOWA X-LINE, DO SKOMPLETOWANIA Z  TRAFO HT138
 </t>
   </si>
   <si>
     <t>Moc/Power: 15W LED 3000K, 1050 LM,  36°, CRI90
  L: 24 cm, W: 3 cm,  D: 3,5 cm
 Otwór montażowy/mounting hole: 23,5 x 2,6 cm
 Wykończenie/Detail finishing: białe/white
 Materiał/Material: aluminium
 LED w komplecie/LED included</t>
   </si>
   <si>
     <t>HT0134 DIM</t>
   </si>
   <si>
     <t>X-LINE HT0134 DIM</t>
   </si>
   <si>
-    <t xml:space="preserve">MAXLIGHT HT0134 DIM PE294R2415 TRANSFORMATOR DO MODUŁU X-LINE H0134 ŚCIEMNIALNY
+    <t xml:space="preserve">MAXLIGHT HT134 DIM PE294R2415 TRANSFORMATOR DO MODUŁU X-LINE H0134 ŚCIEMNIALNY
 </t>
   </si>
   <si>
     <t>AIDimming PE294R2415 CC150mA 12-24V</t>
   </si>
   <si>
     <t xml:space="preserve">HT0134 ON/OFF </t>
   </si>
   <si>
     <t xml:space="preserve">X-LINE HT0134 ON/OFF </t>
   </si>
   <si>
-    <t xml:space="preserve">MAXLIGHT HT0134 ON/OFF LS-6-150 SB TRANSFORMATOR DO MODUŁU X-LINE H0134 ON/OFF
+    <t xml:space="preserve">MAXLIGHT HT134 ON/OFF LS-6-150 SB TRANSFORMATOR DO MODUŁU X-LINE H0134 ON/OFF
 </t>
   </si>
   <si>
     <t>Eaglerise LS-6-150 SB</t>
   </si>
   <si>
     <t>HT0135 DIM</t>
   </si>
   <si>
     <t>X-LINE HT0135 DIM</t>
   </si>
   <si>
-    <t xml:space="preserve">MAXLIGHT HT0135 DIM PE561B2430 TRANSFORMATOR DO MODUŁU X-LINE H0135 ŚCIEMNIALNY
+    <t xml:space="preserve">MAXLIGHT HT135 DIM PE561B2430 TRANSFORMATOR DO MODUŁU X-LINE H0135 ŚCIEMNIALNY
 </t>
   </si>
   <si>
     <t xml:space="preserve">AIDimming PE561B2430 CC300mA 12-24V
 </t>
   </si>
   <si>
     <t>HT0135 ON/OFF</t>
   </si>
   <si>
     <t>X-LINE HT0135 ON/OFF</t>
   </si>
   <si>
-    <t xml:space="preserve">MAXLIGHT HT0135 ON/OFF LS-6-350 SI E TRANSFORMATOR DO MODUŁU X-LINE H0135 ON/OFF
+    <t xml:space="preserve">MAXLIGHT HT135 ON/OFF LS-6-350 SI E TRANSFORMATOR DO MODUŁU X-LINE H0135 ON/OFF
 </t>
   </si>
   <si>
     <t>LS-6-350 SI E, with connection wire, Eaglerise-12V 350mA</t>
   </si>
   <si>
     <t>HT0136 DIM</t>
   </si>
   <si>
     <t>X-LINE HT0136 DIM</t>
   </si>
   <si>
-    <t xml:space="preserve">MAXLIGHT HT0136 DIM LS-9-200 TRIAC LI TRANSFORMATOR DO MODUŁU X-LINE H0136 ŚCIEMNIALNY
+    <t xml:space="preserve">MAXLIGHT HT136 DIM LS-9-200 TRIAC LI TRANSFORMATOR DO MODUŁU X-LINE H0136 ŚCIEMNIALNY
 </t>
   </si>
   <si>
     <t>LS-9-200 TRIAC LI , with connection wire, Eaglerise-36V 200mA</t>
   </si>
   <si>
     <t>HT0136 ON/OFF</t>
   </si>
   <si>
     <t>X-LINE HT0136 ON/OFF</t>
   </si>
   <si>
-    <t xml:space="preserve">MAXLIGHT HT0136 ON/OFF LS-8-200 SI ECO TRANSFORMATOR DO MODUŁU X-LINE H0136 ON/OFF
+    <t xml:space="preserve">MAXLIGHT HT136 ON/OFF LS-8-200 SI ECO TRANSFORMATOR DO MODUŁU X-LINE H0136 ON/OFF
 </t>
   </si>
   <si>
     <t xml:space="preserve">LS-8-200 SI ECO, with connection wire, Eaglerise-36V 200mA
 </t>
   </si>
   <si>
     <t>HT0137 DIM</t>
   </si>
   <si>
     <t>X-LINE HT0137 DIM</t>
   </si>
   <si>
-    <t xml:space="preserve">MAXLIGHT HT0137 DIM PE294E2450 TRANSFORMATOR DO MODUŁU X-LINE H0137 ŚCIEMNIALNY
+    <t xml:space="preserve">MAXLIGHT HT137 DIM PE294E2450 TRANSFORMATOR DO MODUŁU X-LINE H0137 ŚCIEMNIALNY
 </t>
   </si>
   <si>
     <t xml:space="preserve">AIDimming PE294E2450 CC500mA 12-24V
 </t>
   </si>
   <si>
     <t>HT0137 ON/OFF</t>
   </si>
   <si>
     <t>X-LINE HT0137 ON/OFF</t>
   </si>
   <si>
-    <t xml:space="preserve">MAXLIGHT HT0137 ON/OFF LS-12-500 SI ECO TRANSFORMATOR DO MODUŁU X-LINE H0137 ON/OFF
+    <t xml:space="preserve">MAXLIGHT HT137 ON/OFF LS-12-500 SI ECO TRANSFORMATOR DO MODUŁU X-LINE H0137 ON/OFF
 </t>
   </si>
   <si>
     <t xml:space="preserve">LS-12-500 SI ECO, with connection wire, Eaglerise-18V 500mA
 </t>
   </si>
   <si>
     <t>HT0138 DIM</t>
   </si>
   <si>
     <t>X-LINE HT0138 DIM</t>
   </si>
   <si>
-    <t xml:space="preserve">MAXLIGHT HT0138 DIM LS-15-350 TRIAC LI TRANSFORMATOR DO MODUŁU X-LINE H0138 ŚCIEMNIALNY
+    <t xml:space="preserve">MAXLIGHT HT138 DIM LS-15-350 TRIAC LI TRANSFORMATOR DO MODUŁU X-LINE H0138 ŚCIEMNIALNY
 </t>
   </si>
   <si>
     <t xml:space="preserve">LS-15-350 TRIAC LI , with connection wire, Eaglerise-36V 350mA
 </t>
   </si>
   <si>
     <t>HT0138 ON/OFF</t>
   </si>
   <si>
     <t>X-LINE HT0138 ON/OFF</t>
   </si>
   <si>
-    <t xml:space="preserve">MAXLIGHT HT0138 ON/OFF LS-12-350 SI ECO TRANSFORMATOR DO MODUŁU X-LINE H0138 ON/OFF
+    <t xml:space="preserve">MAXLIGHT HT138 ON/OFF LS-12-350 SI ECO TRANSFORMATOR DO MODUŁU X-LINE H0138 ON/OFF
 </t>
   </si>
   <si>
     <t xml:space="preserve">LS-12-350 SI ECO, with connection wire, Eaglerise-36V 350mA
 </t>
   </si>
   <si>
     <t>F0055</t>
   </si>
   <si>
     <t>XENA F0055</t>
   </si>
   <si>
     <t>MAXLIGHT F0055 LAMPA PODŁOGOWA XENA</t>
   </si>
   <si>
     <t>Moc/Power: 1 x  max 60W E27 230V
 W: 60 cm, D: 60 cm, H: 150 cm, klosz Ø: 60 cm, Ø: 24, kabel 190cm
 Wykończenie/Detail finishing: mosiądz/brass
 Materiał/Material/: metal, białe szkło/metal, white glass
 Nie zawiera żarówek/bulbs excluded</t>
   </si>
   <si>
     <t>P0403</t>
   </si>
@@ -15527,92 +15741,83 @@
   <si>
     <t>P0386</t>
   </si>
   <si>
     <t>ZOE P0386</t>
   </si>
   <si>
     <t>MAXLIGHT P0386 LAMPA WISZĄCA ZOE 24x1,5W CHROMOWA</t>
   </si>
   <si>
     <t>Moc/Power: 24 x 1,5W LED, 2520 LM
 , CRI90 3000K
 H: max 180 cm, Ø: 80 cm, Ø shade: 7,5 cm x 7szt + 9,5 cm x 12szt.
 Materiał/Material/: stal nierdzewna, transparentne szkło z bąbelkami/ 
 stainless steel, clear bubble glass
 Wykończenie/Detail finishing: chrom/chrome
 LED w komplecie/LED included 3000K</t>
   </si>
   <si>
     <t>W0200</t>
   </si>
   <si>
     <t>ZONE W0200</t>
   </si>
   <si>
-    <t>MAXLIGHT W0200 KINKIET ZONE IP44</t>
+    <t>MAXLIGHT W0200 KINKIET ZONE IP44 ekspozycyjne</t>
   </si>
   <si>
     <t>Moc/Power: 2 x 3W LED 230V 470 LM, CRI90, 3000K, IP44
 W: 11,5 cm, D: 3,0 cm, H: 9,0 cm
 Wykończenie/Detail finishing: białe/white
 Materiał/Material: Aluminium/ Aluminim
 LED w komplecie/LED included 3000K</t>
   </si>
   <si>
     <t>W0201</t>
   </si>
   <si>
     <t>ZONE W0201</t>
   </si>
   <si>
     <t>MAXLIGHT W0201 KINKIET ZONE DUŻY IP44</t>
   </si>
   <si>
     <t>Moc/Power: 2 x 4W LED 230V 626 LM,  CRI90, 3000K, IP44
 W: 17,5 cm, D: 3,0 cm, H: 9,0 cm
 Wykończenie/Detail finishing: białe/white
 Materiał/Material: Aluminium/ Aluminim
 LED w komplecie/LED included 3000K</t>
   </si>
   <si>
     <t>P0416</t>
   </si>
   <si>
     <t>ZOOM P0416</t>
   </si>
   <si>
     <t>MAXLIGHT P0416 LAMPA WISZĄCA ZOOM CZARNA, 6W LED</t>
-  </si>
-[...7 lines deleted...]
-Transformator w komplecie/ LED driver included</t>
   </si>
   <si>
     <t>W0269</t>
   </si>
   <si>
     <t>ZOOM W0269</t>
   </si>
   <si>
     <t>MAXLIGHT W0269 KINKIET ZOOM CZARNY, 3W LED</t>
   </si>
   <si>
     <t>Moc/Power: 1 x 3W LED 230V, 300LM
 , CRI90, 3000K
 W: 7,0 cm, D: 30 cm, H: 90 cm, Ø klosza: 7,0 cm
 Wykończenie/Detail finishing: czarne/black
 Materiał/Material/: metal, akryl/metal, acrylic
 Led w komplecie/LED included 3000K
 Transformator w komplecie/ LED driver included</t>
   </si>
   <si>
     <t>C0249</t>
   </si>
   <si>
     <t>ZUMAIA C0249</t>
   </si>
@@ -15972,54 +16177,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:R1014"/>
+  <dimension ref="A1:R1043"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D2" sqref="D2:D1014"/>
+      <selection activeCell="D2" sqref="D2:D1043"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="31.706543" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="122.541504" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="9.10" bestFit="true" style="0"/>
     <col min="8" max="8" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18">
       <c r="A1" t="s">
         <v>0</v>
@@ -16029,20244 +16234,20725 @@
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:18">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
         <v>7</v>
       </c>
       <c r="C2" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="1">
-        <v>5903351023214</v>
+        <v>5903351012461</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2">
-        <v>293</v>
+        <v>70</v>
       </c>
     </row>
     <row r="3" spans="1:18">
       <c r="A3" t="s">
         <v>10</v>
       </c>
       <c r="B3" t="s">
         <v>11</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" s="1">
-        <v>5903351023207</v>
+        <v>5903351012478</v>
       </c>
       <c r="E3" t="s">
         <v>13</v>
       </c>
       <c r="F3">
-        <v>380</v>
+        <v>63</v>
       </c>
     </row>
     <row r="4" spans="1:18">
       <c r="A4" t="s">
         <v>14</v>
       </c>
       <c r="B4" t="s">
         <v>15</v>
       </c>
       <c r="C4" t="s">
         <v>16</v>
       </c>
       <c r="D4" s="1">
-        <v>5903351012461</v>
+        <v>5903351025270</v>
       </c>
       <c r="E4" t="s">
         <v>17</v>
       </c>
       <c r="F4">
-        <v>33</v>
+        <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:18">
       <c r="A5" t="s">
         <v>18</v>
       </c>
       <c r="B5" t="s">
         <v>19</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" s="1">
-        <v>5903351012478</v>
+        <v>5903351025188</v>
       </c>
       <c r="E5" t="s">
         <v>21</v>
       </c>
       <c r="F5">
-        <v>25</v>
+        <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:18">
       <c r="A6" t="s">
         <v>22</v>
       </c>
       <c r="B6" t="s">
         <v>23</v>
       </c>
       <c r="C6" t="s">
         <v>24</v>
       </c>
       <c r="D6" s="1">
-        <v>5903351025270</v>
+        <v>5903351013383</v>
       </c>
       <c r="E6" t="s">
         <v>25</v>
       </c>
       <c r="F6">
-        <v>5</v>
+        <v>25</v>
       </c>
     </row>
     <row r="7" spans="1:18">
       <c r="A7" t="s">
         <v>26</v>
       </c>
       <c r="B7" t="s">
         <v>27</v>
       </c>
       <c r="C7" t="s">
         <v>28</v>
       </c>
       <c r="D7" s="1">
-        <v>5903351025188</v>
+        <v>5903351025065</v>
       </c>
       <c r="E7" t="s">
         <v>29</v>
       </c>
       <c r="F7">
-        <v>13</v>
+        <v>11</v>
       </c>
     </row>
     <row r="8" spans="1:18">
       <c r="A8" t="s">
         <v>30</v>
       </c>
       <c r="B8" t="s">
         <v>31</v>
       </c>
       <c r="C8" t="s">
         <v>32</v>
       </c>
       <c r="D8" s="1">
-        <v>5903351013383</v>
+        <v>5903351013352</v>
       </c>
       <c r="E8" t="s">
         <v>33</v>
       </c>
       <c r="F8">
-        <v>32</v>
+        <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:18">
       <c r="A9" t="s">
         <v>34</v>
       </c>
       <c r="B9" t="s">
         <v>35</v>
       </c>
       <c r="C9" t="s">
         <v>36</v>
       </c>
       <c r="D9" s="1">
-        <v>5903351025065</v>
+        <v>5903351013369</v>
       </c>
       <c r="E9" t="s">
         <v>37</v>
       </c>
       <c r="F9">
-        <v>16</v>
+        <v>73</v>
       </c>
     </row>
     <row r="10" spans="1:18">
       <c r="A10" t="s">
         <v>38</v>
       </c>
       <c r="B10" t="s">
         <v>39</v>
       </c>
       <c r="C10" t="s">
         <v>40</v>
       </c>
       <c r="D10" s="1">
-        <v>5903351013352</v>
+        <v>5903351013376</v>
       </c>
       <c r="E10" t="s">
         <v>41</v>
       </c>
       <c r="F10">
-        <v>30</v>
+        <v>153</v>
       </c>
     </row>
     <row r="11" spans="1:18">
       <c r="A11" t="s">
         <v>42</v>
       </c>
       <c r="B11" t="s">
         <v>43</v>
       </c>
       <c r="C11" t="s">
         <v>44</v>
       </c>
       <c r="D11" s="1">
-        <v>5903351013369</v>
+        <v>5903351013390</v>
       </c>
       <c r="E11" t="s">
         <v>45</v>
       </c>
       <c r="F11">
-        <v>87</v>
+        <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:18">
       <c r="A12" t="s">
         <v>46</v>
       </c>
       <c r="B12" t="s">
         <v>47</v>
       </c>
       <c r="C12" t="s">
         <v>48</v>
       </c>
       <c r="D12" s="1">
-        <v>5903351013376</v>
+        <v>5903351013253</v>
       </c>
       <c r="E12" t="s">
         <v>49</v>
       </c>
       <c r="F12">
-        <v>200</v>
+        <v>64</v>
       </c>
     </row>
     <row r="13" spans="1:18">
       <c r="A13" t="s">
         <v>50</v>
       </c>
       <c r="B13" t="s">
         <v>51</v>
       </c>
       <c r="C13" t="s">
         <v>52</v>
       </c>
       <c r="D13" s="1">
-        <v>5903351013390</v>
+        <v>5903351013246</v>
       </c>
       <c r="E13" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="F13">
-        <v>68</v>
+        <v>76</v>
       </c>
     </row>
     <row r="14" spans="1:18">
       <c r="A14" t="s">
+        <v>53</v>
+      </c>
+      <c r="B14" t="s">
         <v>54</v>
       </c>
-      <c r="B14" t="s">
+      <c r="C14" t="s">
         <v>55</v>
       </c>
-      <c r="C14" t="s">
+      <c r="D14" s="1">
+        <v>5903351013260</v>
+      </c>
+      <c r="E14" t="s">
         <v>56</v>
       </c>
-      <c r="D14" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F14">
-        <v>72</v>
+        <v>60</v>
       </c>
     </row>
     <row r="15" spans="1:18">
       <c r="A15" t="s">
+        <v>57</v>
+      </c>
+      <c r="B15" t="s">
         <v>58</v>
       </c>
-      <c r="B15" t="s">
+      <c r="C15" t="s">
         <v>59</v>
       </c>
-      <c r="C15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D15" s="1">
-        <v>5903351013246</v>
+        <v>5903351013277</v>
       </c>
       <c r="E15" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="F15">
-        <v>89</v>
+        <v>37</v>
       </c>
     </row>
     <row r="16" spans="1:18">
       <c r="A16" t="s">
+        <v>60</v>
+      </c>
+      <c r="B16" t="s">
         <v>61</v>
       </c>
-      <c r="B16" t="s">
+      <c r="C16" t="s">
         <v>62</v>
       </c>
-      <c r="C16" t="s">
+      <c r="D16" s="1">
+        <v>5903351025102</v>
+      </c>
+      <c r="E16" t="s">
         <v>63</v>
       </c>
-      <c r="D16" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F16">
-        <v>34</v>
+        <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:18">
       <c r="A17" t="s">
+        <v>64</v>
+      </c>
+      <c r="B17" t="s">
         <v>65</v>
       </c>
-      <c r="B17" t="s">
+      <c r="C17" t="s">
         <v>66</v>
       </c>
-      <c r="C17" t="s">
+      <c r="D17" s="1">
+        <v>5903351000031</v>
+      </c>
+      <c r="E17" t="s">
         <v>67</v>
       </c>
-      <c r="D17" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F17">
-        <v>53</v>
+        <v>36</v>
       </c>
     </row>
     <row r="18" spans="1:18">
       <c r="A18" t="s">
         <v>68</v>
       </c>
       <c r="B18" t="s">
         <v>69</v>
       </c>
       <c r="C18" t="s">
         <v>70</v>
       </c>
       <c r="D18" s="1">
-        <v>5903351025102</v>
+        <v>5903351000048</v>
       </c>
       <c r="E18" t="s">
         <v>71</v>
       </c>
       <c r="F18">
-        <v>40</v>
+        <v>2</v>
       </c>
     </row>
     <row r="19" spans="1:18">
       <c r="A19" t="s">
         <v>72</v>
       </c>
       <c r="B19" t="s">
         <v>73</v>
       </c>
       <c r="C19" t="s">
         <v>74</v>
       </c>
       <c r="D19" s="1">
-        <v>5903351000031</v>
+        <v>5903351000055</v>
       </c>
       <c r="E19" t="s">
         <v>75</v>
       </c>
       <c r="F19">
-        <v>37</v>
+        <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:18">
       <c r="A20" t="s">
         <v>76</v>
       </c>
       <c r="B20" t="s">
         <v>77</v>
       </c>
       <c r="C20" t="s">
         <v>78</v>
       </c>
       <c r="D20" s="1">
-        <v>5903351000048</v>
+        <v>5903351004183</v>
       </c>
       <c r="E20" t="s">
         <v>79</v>
       </c>
       <c r="F20">
-        <v>6</v>
+        <v>44</v>
       </c>
     </row>
     <row r="21" spans="1:18">
       <c r="A21" t="s">
         <v>80</v>
       </c>
       <c r="B21" t="s">
         <v>81</v>
       </c>
       <c r="C21" t="s">
         <v>82</v>
       </c>
       <c r="D21" s="1">
-        <v>5903351000055</v>
+        <v>5903351000130</v>
       </c>
       <c r="E21" t="s">
         <v>83</v>
       </c>
       <c r="F21">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:18">
       <c r="A22" t="s">
         <v>84</v>
       </c>
       <c r="B22" t="s">
         <v>85</v>
       </c>
       <c r="C22" t="s">
         <v>86</v>
       </c>
       <c r="D22" s="1">
-        <v>5903351004183</v>
+        <v>5903351023153</v>
       </c>
       <c r="E22" t="s">
         <v>87</v>
       </c>
       <c r="F22">
-        <v>43</v>
+        <v>42</v>
       </c>
     </row>
     <row r="23" spans="1:18">
       <c r="A23" t="s">
         <v>88</v>
       </c>
       <c r="B23" t="s">
         <v>89</v>
       </c>
       <c r="C23" t="s">
         <v>90</v>
       </c>
       <c r="D23" s="1">
-        <v>5903351000130</v>
+        <v>5903351023160</v>
       </c>
       <c r="E23" t="s">
         <v>91</v>
       </c>
       <c r="F23">
-        <v>0</v>
+        <v>47</v>
       </c>
     </row>
     <row r="24" spans="1:18">
       <c r="A24" t="s">
         <v>92</v>
       </c>
       <c r="B24" t="s">
         <v>93</v>
       </c>
       <c r="C24" t="s">
         <v>94</v>
       </c>
       <c r="D24" s="1">
-        <v>5903351023153</v>
+        <v>5903351000154</v>
       </c>
       <c r="E24" t="s">
         <v>95</v>
       </c>
       <c r="F24">
-        <v>4</v>
+        <v>76</v>
       </c>
     </row>
     <row r="25" spans="1:18">
       <c r="A25" t="s">
         <v>96</v>
       </c>
       <c r="B25" t="s">
         <v>97</v>
       </c>
       <c r="C25" t="s">
         <v>98</v>
       </c>
       <c r="D25" s="1">
-        <v>5903351023160</v>
+        <v>5903351010665</v>
       </c>
       <c r="E25" t="s">
         <v>99</v>
       </c>
       <c r="F25">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:18">
       <c r="A26" t="s">
         <v>100</v>
       </c>
       <c r="B26" t="s">
         <v>101</v>
       </c>
       <c r="C26" t="s">
         <v>102</v>
       </c>
       <c r="D26" s="1">
-        <v>5903351000154</v>
+        <v>5903351010672</v>
       </c>
       <c r="E26" t="s">
         <v>103</v>
       </c>
       <c r="F26">
-        <v>79</v>
+        <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:18">
       <c r="A27" t="s">
         <v>104</v>
       </c>
       <c r="B27" t="s">
         <v>105</v>
       </c>
       <c r="C27" t="s">
         <v>106</v>
       </c>
       <c r="D27" s="1">
-        <v>5903351010665</v>
+        <v>5903351006668</v>
       </c>
       <c r="E27" t="s">
         <v>107</v>
       </c>
       <c r="F27">
-        <v>5</v>
+        <v>2</v>
       </c>
     </row>
     <row r="28" spans="1:18">
       <c r="A28" t="s">
         <v>108</v>
       </c>
       <c r="B28" t="s">
         <v>109</v>
       </c>
       <c r="C28" t="s">
         <v>110</v>
       </c>
       <c r="D28" s="1">
-        <v>5903351010672</v>
+        <v>5903351006682</v>
       </c>
       <c r="E28" t="s">
         <v>111</v>
       </c>
       <c r="F28">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:18">
       <c r="A29" t="s">
         <v>112</v>
       </c>
       <c r="B29" t="s">
         <v>113</v>
       </c>
       <c r="C29" t="s">
         <v>114</v>
       </c>
       <c r="D29" s="1">
-        <v>5903351006668</v>
+        <v>5903351006699</v>
       </c>
       <c r="E29" t="s">
         <v>115</v>
       </c>
       <c r="F29">
-        <v>0</v>
+        <v>21</v>
       </c>
     </row>
     <row r="30" spans="1:18">
       <c r="A30" t="s">
         <v>116</v>
       </c>
       <c r="B30" t="s">
         <v>117</v>
       </c>
       <c r="C30" t="s">
         <v>118</v>
       </c>
       <c r="D30" s="1">
-        <v>5903351006682</v>
+        <v>5903351011273</v>
       </c>
       <c r="E30" t="s">
         <v>119</v>
       </c>
       <c r="F30">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:18">
       <c r="A31" t="s">
         <v>120</v>
       </c>
       <c r="B31" t="s">
         <v>121</v>
       </c>
       <c r="C31" t="s">
         <v>122</v>
       </c>
       <c r="D31" s="1">
-        <v>5903351006699</v>
+        <v>5903351000291</v>
       </c>
       <c r="E31" t="s">
         <v>123</v>
       </c>
       <c r="F31">
-        <v>21</v>
+        <v>12</v>
       </c>
     </row>
     <row r="32" spans="1:18">
       <c r="A32" t="s">
         <v>124</v>
       </c>
       <c r="B32" t="s">
         <v>125</v>
       </c>
       <c r="C32" t="s">
         <v>126</v>
       </c>
       <c r="D32" s="1">
-        <v>5903351011273</v>
+        <v>5903351000307</v>
       </c>
       <c r="E32" t="s">
         <v>127</v>
       </c>
       <c r="F32">
-        <v>28</v>
+        <v>251</v>
       </c>
     </row>
     <row r="33" spans="1:18">
       <c r="A33" t="s">
         <v>128</v>
       </c>
       <c r="B33" t="s">
         <v>129</v>
       </c>
       <c r="C33" t="s">
         <v>130</v>
       </c>
       <c r="D33" s="1">
-        <v>5903351000291</v>
+        <v>5903351000345</v>
       </c>
       <c r="E33" t="s">
         <v>131</v>
       </c>
       <c r="F33">
-        <v>91</v>
+        <v>310</v>
       </c>
     </row>
     <row r="34" spans="1:18">
       <c r="A34" t="s">
         <v>132</v>
       </c>
       <c r="B34" t="s">
         <v>133</v>
       </c>
       <c r="C34" t="s">
         <v>134</v>
       </c>
       <c r="D34" s="1">
-        <v>5903351000307</v>
+        <v>5903351000338</v>
       </c>
       <c r="E34" t="s">
         <v>135</v>
       </c>
       <c r="F34">
-        <v>267</v>
+        <v>476</v>
       </c>
     </row>
     <row r="35" spans="1:18">
       <c r="A35" t="s">
         <v>136</v>
       </c>
       <c r="B35" t="s">
         <v>137</v>
       </c>
       <c r="C35" t="s">
         <v>138</v>
       </c>
       <c r="D35" s="1">
-        <v>5903351000345</v>
+        <v>5903351000383</v>
       </c>
       <c r="E35" t="s">
         <v>139</v>
       </c>
       <c r="F35">
-        <v>803</v>
+        <v>69</v>
       </c>
     </row>
     <row r="36" spans="1:18">
       <c r="A36" t="s">
         <v>140</v>
       </c>
       <c r="B36" t="s">
         <v>141</v>
       </c>
       <c r="C36" t="s">
         <v>142</v>
       </c>
       <c r="D36" s="1">
-        <v>5903351000338</v>
+        <v>5903351000390</v>
       </c>
       <c r="E36" t="s">
         <v>143</v>
       </c>
       <c r="F36">
-        <v>308</v>
+        <v>24</v>
       </c>
     </row>
     <row r="37" spans="1:18">
       <c r="A37" t="s">
         <v>144</v>
       </c>
       <c r="B37" t="s">
         <v>145</v>
       </c>
       <c r="C37" t="s">
         <v>146</v>
       </c>
-      <c r="D37" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="D37" s="1"/>
       <c r="E37" t="s">
-        <v>147</v>
+        <v>131</v>
       </c>
       <c r="F37">
-        <v>177</v>
+        <v>5</v>
       </c>
     </row>
     <row r="38" spans="1:18">
       <c r="A38" t="s">
+        <v>147</v>
+      </c>
+      <c r="B38" t="s">
         <v>148</v>
       </c>
-      <c r="B38" t="s">
+      <c r="C38" t="s">
         <v>149</v>
       </c>
-      <c r="C38" t="s">
+      <c r="D38" s="1">
+        <v>5903351000369</v>
+      </c>
+      <c r="E38" t="s">
         <v>150</v>
       </c>
-      <c r="D38" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F38">
-        <v>65</v>
+        <v>55</v>
       </c>
     </row>
     <row r="39" spans="1:18">
       <c r="A39" t="s">
+        <v>151</v>
+      </c>
+      <c r="B39" t="s">
         <v>152</v>
       </c>
-      <c r="B39" t="s">
+      <c r="C39" t="s">
         <v>153</v>
       </c>
-      <c r="C39" t="s">
+      <c r="D39" s="1">
+        <v>5903351000352</v>
+      </c>
+      <c r="E39" t="s">
         <v>154</v>
       </c>
-      <c r="D39" s="1"/>
-[...2 lines deleted...]
-      </c>
       <c r="F39">
-        <v>5</v>
+        <v>69</v>
       </c>
     </row>
     <row r="40" spans="1:18">
       <c r="A40" t="s">
         <v>155</v>
       </c>
       <c r="B40" t="s">
         <v>156</v>
       </c>
       <c r="C40" t="s">
         <v>157</v>
       </c>
       <c r="D40" s="1">
-        <v>5903351000369</v>
+        <v>5903351000413</v>
       </c>
       <c r="E40" t="s">
         <v>158</v>
       </c>
       <c r="F40">
-        <v>65</v>
+        <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:18">
       <c r="A41" t="s">
         <v>159</v>
       </c>
       <c r="B41" t="s">
         <v>160</v>
       </c>
       <c r="C41" t="s">
         <v>161</v>
       </c>
       <c r="D41" s="1">
-        <v>5903351000352</v>
+        <v>5903351000666</v>
       </c>
       <c r="E41" t="s">
         <v>162</v>
       </c>
       <c r="F41">
-        <v>66</v>
+        <v>64</v>
       </c>
     </row>
     <row r="42" spans="1:18">
       <c r="A42" t="s">
         <v>163</v>
       </c>
       <c r="B42" t="s">
         <v>164</v>
       </c>
       <c r="C42" t="s">
         <v>165</v>
       </c>
       <c r="D42" s="1">
-        <v>5903351000413</v>
+        <v>5903351010788</v>
       </c>
       <c r="E42" t="s">
         <v>166</v>
       </c>
       <c r="F42">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:18">
       <c r="A43" t="s">
         <v>167</v>
       </c>
       <c r="B43" t="s">
         <v>168</v>
       </c>
       <c r="C43" t="s">
         <v>169</v>
       </c>
       <c r="D43" s="1">
-        <v>5903351000666</v>
+        <v>5903351010795</v>
       </c>
       <c r="E43" t="s">
         <v>170</v>
       </c>
       <c r="F43">
-        <v>76</v>
+        <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:18">
       <c r="A44" t="s">
         <v>171</v>
       </c>
       <c r="B44" t="s">
         <v>172</v>
       </c>
       <c r="C44" t="s">
         <v>173</v>
       </c>
       <c r="D44" s="1">
-        <v>5903351010788</v>
+        <v>5903351010801</v>
       </c>
       <c r="E44" t="s">
         <v>174</v>
       </c>
       <c r="F44">
-        <v>1</v>
+        <v>68</v>
       </c>
     </row>
     <row r="45" spans="1:18">
       <c r="A45" t="s">
         <v>175</v>
       </c>
       <c r="B45" t="s">
         <v>176</v>
       </c>
       <c r="C45" t="s">
         <v>177</v>
       </c>
       <c r="D45" s="1">
-        <v>5903351010795</v>
+        <v>5903351010832</v>
       </c>
       <c r="E45" t="s">
         <v>178</v>
       </c>
       <c r="F45">
-        <v>0</v>
+        <v>73</v>
       </c>
     </row>
     <row r="46" spans="1:18">
       <c r="A46" t="s">
         <v>179</v>
       </c>
       <c r="B46" t="s">
         <v>180</v>
       </c>
       <c r="C46" t="s">
         <v>181</v>
       </c>
       <c r="D46" s="1">
-        <v>5903351010801</v>
+        <v>5903351010849</v>
       </c>
       <c r="E46" t="s">
         <v>182</v>
       </c>
       <c r="F46">
-        <v>67</v>
+        <v>115</v>
       </c>
     </row>
     <row r="47" spans="1:18">
       <c r="A47" t="s">
         <v>183</v>
       </c>
       <c r="B47" t="s">
         <v>184</v>
       </c>
       <c r="C47" t="s">
         <v>185</v>
       </c>
       <c r="D47" s="1">
-        <v>5903351010832</v>
+        <v>5903351010856</v>
       </c>
       <c r="E47" t="s">
         <v>186</v>
       </c>
       <c r="F47">
-        <v>73</v>
+        <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:18">
       <c r="A48" t="s">
         <v>187</v>
       </c>
       <c r="B48" t="s">
         <v>188</v>
       </c>
       <c r="C48" t="s">
         <v>189</v>
       </c>
       <c r="D48" s="1">
-        <v>5903351010849</v>
+        <v>5903351010863</v>
       </c>
       <c r="E48" t="s">
         <v>190</v>
       </c>
       <c r="F48">
-        <v>118</v>
+        <v>65</v>
       </c>
     </row>
     <row r="49" spans="1:18">
       <c r="A49" t="s">
         <v>191</v>
       </c>
       <c r="B49" t="s">
         <v>192</v>
       </c>
       <c r="C49" t="s">
         <v>193</v>
       </c>
       <c r="D49" s="1">
-        <v>5903351010856</v>
+        <v>5903351011877</v>
       </c>
       <c r="E49" t="s">
         <v>194</v>
       </c>
       <c r="F49">
-        <v>0</v>
+        <v>25</v>
       </c>
     </row>
     <row r="50" spans="1:18">
       <c r="A50" t="s">
         <v>195</v>
       </c>
       <c r="B50" t="s">
         <v>196</v>
       </c>
       <c r="C50" t="s">
         <v>197</v>
       </c>
       <c r="D50" s="1">
-        <v>5903351010863</v>
+        <v>5903351025706</v>
       </c>
       <c r="E50" t="s">
         <v>198</v>
       </c>
       <c r="F50">
-        <v>64</v>
+        <v>230</v>
       </c>
     </row>
     <row r="51" spans="1:18">
       <c r="A51" t="s">
         <v>199</v>
       </c>
       <c r="B51" t="s">
         <v>200</v>
       </c>
       <c r="C51" t="s">
         <v>201</v>
       </c>
       <c r="D51" s="1">
-        <v>5903351011877</v>
+        <v>5903351025713</v>
       </c>
       <c r="E51" t="s">
         <v>202</v>
       </c>
       <c r="F51">
-        <v>33</v>
+        <v>244</v>
       </c>
     </row>
     <row r="52" spans="1:18">
       <c r="A52" t="s">
         <v>203</v>
       </c>
       <c r="B52" t="s">
         <v>204</v>
       </c>
       <c r="C52" t="s">
         <v>205</v>
       </c>
       <c r="D52" s="1">
         <v>5903351000796</v>
       </c>
       <c r="E52" t="s">
         <v>206</v>
       </c>
       <c r="F52">
-        <v>0</v>
+        <v>3</v>
       </c>
     </row>
     <row r="53" spans="1:18">
       <c r="A53" t="s">
         <v>207</v>
       </c>
       <c r="B53" t="s">
         <v>208</v>
       </c>
       <c r="C53" t="s">
         <v>209</v>
       </c>
       <c r="D53" s="1">
         <v>5903351000789</v>
       </c>
       <c r="E53" t="s">
         <v>210</v>
       </c>
       <c r="F53">
-        <v>74</v>
+        <v>55</v>
       </c>
     </row>
     <row r="54" spans="1:18">
       <c r="A54" t="s">
         <v>211</v>
       </c>
       <c r="B54" t="s">
         <v>212</v>
       </c>
       <c r="C54" t="s">
         <v>213</v>
       </c>
       <c r="D54" s="1">
         <v>5903351013130</v>
       </c>
       <c r="E54" t="s">
         <v>214</v>
       </c>
       <c r="F54">
-        <v>40</v>
+        <v>89</v>
       </c>
     </row>
     <row r="55" spans="1:18">
       <c r="A55" t="s">
         <v>215</v>
       </c>
       <c r="B55" t="s">
         <v>216</v>
       </c>
       <c r="C55" t="s">
         <v>217</v>
       </c>
       <c r="D55" s="1">
         <v>5903351013147</v>
       </c>
       <c r="E55" t="s">
         <v>218</v>
       </c>
       <c r="F55">
-        <v>26</v>
+        <v>51</v>
       </c>
     </row>
     <row r="56" spans="1:18">
       <c r="A56" t="s">
         <v>219</v>
       </c>
       <c r="B56" t="s">
         <v>220</v>
       </c>
       <c r="C56" t="s">
         <v>221</v>
       </c>
       <c r="D56" s="1">
         <v>5903351013154</v>
       </c>
       <c r="E56" t="s">
         <v>222</v>
       </c>
       <c r="F56">
-        <v>36</v>
+        <v>59</v>
       </c>
     </row>
     <row r="57" spans="1:18">
       <c r="A57" t="s">
         <v>223</v>
       </c>
       <c r="B57" t="s">
         <v>224</v>
       </c>
       <c r="C57" t="s">
         <v>225</v>
       </c>
       <c r="D57" s="1">
         <v>5903351000987</v>
       </c>
       <c r="E57" t="s">
         <v>226</v>
       </c>
       <c r="F57">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="58" spans="1:18">
       <c r="A58" t="s">
         <v>227</v>
       </c>
       <c r="B58" t="s">
         <v>228</v>
       </c>
       <c r="C58" t="s">
         <v>229</v>
       </c>
       <c r="D58" s="1">
         <v>5903351012683</v>
       </c>
       <c r="E58" t="s">
         <v>230</v>
       </c>
       <c r="F58">
-        <v>34</v>
+        <v>17</v>
       </c>
     </row>
     <row r="59" spans="1:18">
       <c r="A59" t="s">
         <v>231</v>
       </c>
       <c r="B59" t="s">
         <v>232</v>
       </c>
       <c r="C59" t="s">
         <v>233</v>
       </c>
       <c r="D59" s="1">
         <v>5903351012690</v>
       </c>
       <c r="E59" t="s">
         <v>230</v>
       </c>
       <c r="F59">
-        <v>97</v>
+        <v>59</v>
       </c>
     </row>
     <row r="60" spans="1:18">
       <c r="A60" t="s">
         <v>234</v>
       </c>
       <c r="B60" t="s">
         <v>235</v>
       </c>
       <c r="C60" t="s">
         <v>236</v>
       </c>
       <c r="D60" s="1">
         <v>5903351012706</v>
       </c>
       <c r="E60" t="s">
         <v>237</v>
       </c>
       <c r="F60">
-        <v>46</v>
+        <v>2</v>
       </c>
     </row>
     <row r="61" spans="1:18">
       <c r="A61" t="s">
         <v>238</v>
       </c>
       <c r="B61" t="s">
         <v>239</v>
       </c>
       <c r="C61" t="s">
         <v>240</v>
       </c>
       <c r="D61" s="1">
         <v>5903351012713</v>
       </c>
       <c r="E61" t="s">
         <v>237</v>
       </c>
       <c r="F61">
-        <v>15</v>
+        <v>106</v>
       </c>
     </row>
     <row r="62" spans="1:18">
       <c r="A62" t="s">
         <v>241</v>
       </c>
       <c r="B62" t="s">
         <v>242</v>
       </c>
       <c r="C62" t="s">
         <v>243</v>
       </c>
       <c r="D62" s="1">
         <v>5903351001021</v>
       </c>
       <c r="E62" t="s">
         <v>244</v>
       </c>
       <c r="F62">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:18">
       <c r="A63" t="s">
         <v>245</v>
       </c>
       <c r="B63" t="s">
         <v>246</v>
       </c>
       <c r="C63" t="s">
         <v>247</v>
       </c>
       <c r="D63" s="1">
         <v>5903351011884</v>
       </c>
       <c r="E63" t="s">
         <v>248</v>
       </c>
       <c r="F63">
-        <v>33</v>
+        <v>27</v>
       </c>
     </row>
     <row r="64" spans="1:18">
       <c r="A64" t="s">
         <v>249</v>
       </c>
       <c r="B64" t="s">
         <v>250</v>
       </c>
       <c r="C64" t="s">
         <v>251</v>
       </c>
       <c r="D64" s="1">
         <v>5903351012058</v>
       </c>
       <c r="E64" t="s">
         <v>252</v>
       </c>
       <c r="F64">
-        <v>27</v>
+        <v>19</v>
       </c>
     </row>
     <row r="65" spans="1:18">
       <c r="A65" t="s">
         <v>253</v>
       </c>
       <c r="B65" t="s">
         <v>254</v>
       </c>
       <c r="C65" t="s">
         <v>255</v>
       </c>
       <c r="D65" s="1">
         <v>5903351012065</v>
       </c>
       <c r="E65" t="s">
         <v>256</v>
       </c>
       <c r="F65">
-        <v>34</v>
+        <v>28</v>
       </c>
     </row>
     <row r="66" spans="1:18">
       <c r="A66" t="s">
         <v>257</v>
       </c>
       <c r="B66" t="s">
         <v>258</v>
       </c>
       <c r="C66" t="s">
         <v>259</v>
       </c>
       <c r="D66" s="1">
         <v>5903351023023</v>
       </c>
       <c r="E66" t="s">
         <v>260</v>
       </c>
       <c r="F66">
-        <v>9</v>
+        <v>4</v>
       </c>
     </row>
     <row r="67" spans="1:18">
       <c r="A67">
         <v>2964</v>
       </c>
       <c r="B67" t="s">
         <v>261</v>
       </c>
       <c r="C67" t="s">
         <v>262</v>
       </c>
       <c r="D67" s="1">
         <v>5903351023030</v>
       </c>
       <c r="E67" t="s">
         <v>263</v>
       </c>
       <c r="F67">
-        <v>18</v>
+        <v>15</v>
       </c>
     </row>
     <row r="68" spans="1:18">
       <c r="A68" t="s">
         <v>264</v>
       </c>
       <c r="B68" t="s">
         <v>265</v>
       </c>
       <c r="C68" t="s">
         <v>266</v>
       </c>
       <c r="D68" s="1">
         <v>5903351023047</v>
       </c>
       <c r="E68" t="s">
         <v>267</v>
       </c>
       <c r="F68">
-        <v>16</v>
+        <v>12</v>
       </c>
     </row>
     <row r="69" spans="1:18">
       <c r="A69" t="s">
         <v>268</v>
       </c>
       <c r="B69" t="s">
         <v>269</v>
       </c>
       <c r="C69" t="s">
         <v>270</v>
       </c>
       <c r="D69" s="1">
-        <v>5903351006828</v>
+        <v>5903351026871</v>
       </c>
       <c r="E69" t="s">
         <v>271</v>
       </c>
       <c r="F69">
-        <v>7</v>
+        <v>10</v>
       </c>
     </row>
     <row r="70" spans="1:18">
       <c r="A70" t="s">
         <v>272</v>
       </c>
       <c r="B70" t="s">
         <v>273</v>
       </c>
       <c r="C70" t="s">
         <v>274</v>
       </c>
       <c r="D70" s="1">
-        <v>5903351001359</v>
+        <v>5903351026888</v>
       </c>
       <c r="E70" t="s">
         <v>275</v>
       </c>
       <c r="F70">
-        <v>27</v>
+        <v>8</v>
       </c>
     </row>
     <row r="71" spans="1:18">
       <c r="A71" t="s">
         <v>276</v>
       </c>
       <c r="B71" t="s">
         <v>277</v>
       </c>
       <c r="C71" t="s">
         <v>278</v>
       </c>
       <c r="D71" s="1">
-        <v>5903351001366</v>
+        <v>5903351026895</v>
       </c>
       <c r="E71" t="s">
         <v>279</v>
       </c>
       <c r="F71">
-        <v>18</v>
+        <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:18">
       <c r="A72" t="s">
         <v>280</v>
       </c>
       <c r="B72" t="s">
         <v>281</v>
       </c>
       <c r="C72" t="s">
         <v>282</v>
       </c>
       <c r="D72" s="1">
-        <v>5903351001373</v>
+        <v>5903351006828</v>
       </c>
       <c r="E72" t="s">
         <v>283</v>
       </c>
       <c r="F72">
-        <v>69</v>
+        <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:18">
       <c r="A73" t="s">
         <v>284</v>
       </c>
       <c r="B73" t="s">
         <v>285</v>
       </c>
       <c r="C73" t="s">
         <v>286</v>
       </c>
       <c r="D73" s="1">
-        <v>5903351010917</v>
+        <v>5903351001359</v>
       </c>
       <c r="E73" t="s">
         <v>287</v>
       </c>
       <c r="F73">
-        <v>36</v>
+        <v>23</v>
       </c>
     </row>
     <row r="74" spans="1:18">
       <c r="A74" t="s">
         <v>288</v>
       </c>
       <c r="B74" t="s">
         <v>289</v>
       </c>
       <c r="C74" t="s">
         <v>290</v>
       </c>
       <c r="D74" s="1">
-        <v>5903351010924</v>
+        <v>5903351001366</v>
       </c>
       <c r="E74" t="s">
         <v>291</v>
       </c>
       <c r="F74">
-        <v>251</v>
+        <v>18</v>
       </c>
     </row>
     <row r="75" spans="1:18">
       <c r="A75" t="s">
         <v>292</v>
       </c>
       <c r="B75" t="s">
         <v>293</v>
       </c>
       <c r="C75" t="s">
         <v>294</v>
       </c>
       <c r="D75" s="1">
-        <v>5903351010894</v>
+        <v>5903351001373</v>
       </c>
       <c r="E75" t="s">
         <v>295</v>
       </c>
       <c r="F75">
-        <v>66</v>
+        <v>54</v>
       </c>
     </row>
     <row r="76" spans="1:18">
       <c r="A76" t="s">
         <v>296</v>
       </c>
       <c r="B76" t="s">
         <v>297</v>
       </c>
       <c r="C76" t="s">
         <v>298</v>
       </c>
       <c r="D76" s="1">
-        <v>5903351010900</v>
+        <v>5903351010917</v>
       </c>
       <c r="E76" t="s">
         <v>299</v>
       </c>
       <c r="F76">
-        <v>35</v>
+        <v>37</v>
       </c>
     </row>
     <row r="77" spans="1:18">
       <c r="A77" t="s">
         <v>300</v>
       </c>
       <c r="B77" t="s">
         <v>301</v>
       </c>
       <c r="C77" t="s">
         <v>302</v>
       </c>
       <c r="D77" s="1">
-        <v>5903351000550</v>
+        <v>5903351010924</v>
       </c>
       <c r="E77" t="s">
         <v>303</v>
       </c>
       <c r="F77">
-        <v>0</v>
+        <v>131</v>
       </c>
     </row>
     <row r="78" spans="1:18">
       <c r="A78" t="s">
         <v>304</v>
       </c>
       <c r="B78" t="s">
         <v>305</v>
       </c>
       <c r="C78" t="s">
         <v>306</v>
       </c>
       <c r="D78" s="1">
-        <v>5903351002189</v>
+        <v>5903351010894</v>
       </c>
       <c r="E78" t="s">
         <v>307</v>
       </c>
       <c r="F78">
-        <v>0</v>
+        <v>45</v>
       </c>
     </row>
     <row r="79" spans="1:18">
       <c r="A79" t="s">
         <v>308</v>
       </c>
       <c r="B79" t="s">
         <v>309</v>
       </c>
       <c r="C79" t="s">
         <v>310</v>
       </c>
       <c r="D79" s="1">
-        <v>5903351002103</v>
+        <v>5903351010900</v>
       </c>
       <c r="E79" t="s">
         <v>311</v>
       </c>
       <c r="F79">
-        <v>45</v>
+        <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:18">
       <c r="A80" t="s">
         <v>312</v>
       </c>
       <c r="B80" t="s">
         <v>313</v>
       </c>
       <c r="C80" t="s">
         <v>314</v>
       </c>
       <c r="D80" s="1">
-        <v>5903351000543</v>
+        <v>5903351002103</v>
       </c>
       <c r="E80" t="s">
         <v>315</v>
       </c>
       <c r="F80">
-        <v>26</v>
+        <v>45</v>
       </c>
     </row>
     <row r="81" spans="1:18">
       <c r="A81" t="s">
         <v>316</v>
       </c>
       <c r="B81" t="s">
         <v>317</v>
       </c>
       <c r="C81" t="s">
         <v>318</v>
       </c>
       <c r="D81" s="1">
-        <v>5903351002196</v>
+        <v>5903351000543</v>
       </c>
       <c r="E81" t="s">
         <v>319</v>
       </c>
       <c r="F81">
-        <v>5</v>
+        <v>26</v>
       </c>
     </row>
     <row r="82" spans="1:18">
       <c r="A82" t="s">
         <v>320</v>
       </c>
       <c r="B82" t="s">
         <v>321</v>
       </c>
       <c r="C82" t="s">
         <v>322</v>
       </c>
       <c r="D82" s="1">
-        <v>5903351001380</v>
+        <v>5903351002196</v>
       </c>
       <c r="E82" t="s">
         <v>323</v>
       </c>
       <c r="F82">
-        <v>25</v>
+        <v>5</v>
       </c>
     </row>
     <row r="83" spans="1:18">
       <c r="A83" t="s">
         <v>324</v>
       </c>
       <c r="B83" t="s">
         <v>325</v>
       </c>
       <c r="C83" t="s">
         <v>326</v>
       </c>
       <c r="D83" s="1">
-        <v>5903351000529</v>
+        <v>5903351001380</v>
       </c>
       <c r="E83" t="s">
         <v>327</v>
       </c>
       <c r="F83">
-        <v>77</v>
+        <v>17</v>
       </c>
     </row>
     <row r="84" spans="1:18">
       <c r="A84" t="s">
         <v>328</v>
       </c>
       <c r="B84" t="s">
         <v>329</v>
       </c>
       <c r="C84" t="s">
         <v>330</v>
       </c>
       <c r="D84" s="1">
-        <v>5903351001397</v>
+        <v>5903351000529</v>
       </c>
       <c r="E84" t="s">
         <v>331</v>
       </c>
       <c r="F84">
-        <v>14</v>
+        <v>71</v>
       </c>
     </row>
     <row r="85" spans="1:18">
       <c r="A85" t="s">
         <v>332</v>
       </c>
       <c r="B85" t="s">
         <v>333</v>
       </c>
       <c r="C85" t="s">
         <v>334</v>
       </c>
       <c r="D85" s="1">
-        <v>5903351003773</v>
+        <v>5903351001397</v>
       </c>
       <c r="E85" t="s">
         <v>335</v>
       </c>
       <c r="F85">
-        <v>284</v>
+        <v>7</v>
       </c>
     </row>
     <row r="86" spans="1:18">
       <c r="A86" t="s">
         <v>336</v>
       </c>
       <c r="B86" t="s">
         <v>337</v>
       </c>
       <c r="C86" t="s">
         <v>338</v>
       </c>
       <c r="D86" s="1">
-        <v>5903351006125</v>
+        <v>5903351003773</v>
       </c>
       <c r="E86" t="s">
         <v>339</v>
       </c>
       <c r="F86">
-        <v>35</v>
+        <v>256</v>
       </c>
     </row>
     <row r="87" spans="1:18">
       <c r="A87" t="s">
         <v>340</v>
       </c>
       <c r="B87" t="s">
         <v>341</v>
       </c>
       <c r="C87" t="s">
         <v>342</v>
       </c>
       <c r="D87" s="1">
-        <v>5903351006132</v>
+        <v>5903351006125</v>
       </c>
       <c r="E87" t="s">
         <v>343</v>
       </c>
       <c r="F87">
-        <v>75</v>
+        <v>72</v>
       </c>
     </row>
     <row r="88" spans="1:18">
       <c r="A88" t="s">
         <v>344</v>
       </c>
       <c r="B88" t="s">
         <v>345</v>
       </c>
       <c r="C88" t="s">
         <v>346</v>
       </c>
       <c r="D88" s="1">
-        <v>5903351012249</v>
+        <v>5903351006132</v>
       </c>
       <c r="E88" t="s">
         <v>347</v>
       </c>
       <c r="F88">
         <v>72</v>
       </c>
     </row>
     <row r="89" spans="1:18">
       <c r="A89" t="s">
         <v>348</v>
       </c>
       <c r="B89" t="s">
         <v>349</v>
       </c>
       <c r="C89" t="s">
         <v>350</v>
       </c>
       <c r="D89" s="1">
-        <v>5903351012263</v>
+        <v>5903351012249</v>
       </c>
       <c r="E89" t="s">
         <v>351</v>
       </c>
       <c r="F89">
         <v>43</v>
       </c>
     </row>
     <row r="90" spans="1:18">
       <c r="A90" t="s">
         <v>352</v>
       </c>
       <c r="B90" t="s">
         <v>353</v>
       </c>
       <c r="C90" t="s">
         <v>354</v>
       </c>
       <c r="D90" s="1">
-        <v>5903351010719</v>
+        <v>5903351012263</v>
       </c>
       <c r="E90" t="s">
         <v>355</v>
       </c>
       <c r="F90">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:18">
       <c r="A91" t="s">
         <v>356</v>
       </c>
       <c r="B91" t="s">
         <v>357</v>
       </c>
       <c r="C91" t="s">
         <v>358</v>
       </c>
       <c r="D91" s="1">
-        <v>5903351007412</v>
+        <v>5903351010719</v>
       </c>
       <c r="E91" t="s">
         <v>359</v>
       </c>
       <c r="F91">
         <v>0</v>
       </c>
     </row>
     <row r="92" spans="1:18">
       <c r="A92" t="s">
         <v>360</v>
       </c>
       <c r="B92" t="s">
         <v>361</v>
       </c>
       <c r="C92" t="s">
         <v>362</v>
       </c>
       <c r="D92" s="1">
-        <v>5903351011952</v>
+        <v>5903351007412</v>
       </c>
       <c r="E92" t="s">
         <v>363</v>
       </c>
       <c r="F92">
-        <v>81</v>
+        <v>0</v>
       </c>
     </row>
     <row r="93" spans="1:18">
       <c r="A93" t="s">
         <v>364</v>
       </c>
       <c r="B93" t="s">
         <v>365</v>
       </c>
       <c r="C93" t="s">
         <v>366</v>
       </c>
       <c r="D93" s="1">
-        <v>5903351011969</v>
+        <v>5903351011952</v>
       </c>
       <c r="E93" t="s">
         <v>367</v>
       </c>
       <c r="F93">
-        <v>35</v>
+        <v>79</v>
       </c>
     </row>
     <row r="94" spans="1:18">
       <c r="A94" t="s">
         <v>368</v>
       </c>
       <c r="B94" t="s">
         <v>369</v>
       </c>
       <c r="C94" t="s">
         <v>370</v>
       </c>
       <c r="D94" s="1">
-        <v>5903351011693</v>
+        <v>5903351011969</v>
       </c>
       <c r="E94" t="s">
         <v>371</v>
       </c>
       <c r="F94">
-        <v>20</v>
+        <v>16</v>
       </c>
     </row>
     <row r="95" spans="1:18">
       <c r="A95" t="s">
         <v>372</v>
       </c>
       <c r="B95" t="s">
         <v>373</v>
       </c>
       <c r="C95" t="s">
         <v>374</v>
       </c>
       <c r="D95" s="1">
-        <v>5903351011709</v>
+        <v>5903351011693</v>
       </c>
       <c r="E95" t="s">
         <v>375</v>
       </c>
       <c r="F95">
-        <v>25</v>
+        <v>17</v>
       </c>
     </row>
     <row r="96" spans="1:18">
       <c r="A96" t="s">
         <v>376</v>
       </c>
       <c r="B96" t="s">
         <v>377</v>
       </c>
       <c r="C96" t="s">
         <v>378</v>
       </c>
       <c r="D96" s="1">
-        <v>5903351011174</v>
+        <v>5903351011709</v>
       </c>
       <c r="E96" t="s">
         <v>379</v>
       </c>
       <c r="F96">
-        <v>1</v>
+        <v>25</v>
       </c>
     </row>
     <row r="97" spans="1:18">
       <c r="A97" t="s">
         <v>380</v>
       </c>
       <c r="B97" t="s">
         <v>381</v>
       </c>
       <c r="C97" t="s">
         <v>382</v>
       </c>
       <c r="D97" s="1">
-        <v>5903351022712</v>
+        <v>5903351011174</v>
       </c>
       <c r="E97" t="s">
         <v>383</v>
       </c>
       <c r="F97">
-        <v>40</v>
+        <v>0</v>
       </c>
     </row>
     <row r="98" spans="1:18">
       <c r="A98" t="s">
         <v>384</v>
       </c>
       <c r="B98" t="s">
         <v>385</v>
       </c>
       <c r="C98" t="s">
         <v>386</v>
       </c>
       <c r="D98" s="1">
-        <v>5903351022729</v>
+        <v>5903351022712</v>
       </c>
       <c r="E98" t="s">
         <v>387</v>
       </c>
       <c r="F98">
-        <v>0</v>
+        <v>49</v>
       </c>
     </row>
     <row r="99" spans="1:18">
       <c r="A99" t="s">
         <v>388</v>
       </c>
       <c r="B99" t="s">
         <v>389</v>
       </c>
       <c r="C99" t="s">
         <v>390</v>
       </c>
       <c r="D99" s="1">
-        <v>5903351025539</v>
+        <v>5903351022729</v>
       </c>
       <c r="E99" t="s">
         <v>391</v>
       </c>
       <c r="F99">
-        <v>0</v>
+        <v>154</v>
       </c>
     </row>
     <row r="100" spans="1:18">
       <c r="A100" t="s">
         <v>392</v>
       </c>
       <c r="B100" t="s">
         <v>393</v>
       </c>
       <c r="C100" t="s">
         <v>394</v>
       </c>
       <c r="D100" s="1">
         <v>5903351003001</v>
       </c>
       <c r="E100" t="s">
         <v>395</v>
       </c>
       <c r="F100">
-        <v>17</v>
+        <v>15</v>
       </c>
     </row>
     <row r="101" spans="1:18">
       <c r="A101" t="s">
         <v>396</v>
       </c>
       <c r="B101" t="s">
         <v>397</v>
       </c>
       <c r="C101" t="s">
         <v>398</v>
       </c>
       <c r="D101" s="1">
         <v>5903351003025</v>
       </c>
       <c r="E101" t="s">
         <v>399</v>
       </c>
       <c r="F101">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="102" spans="1:18">
       <c r="A102" t="s">
         <v>400</v>
       </c>
       <c r="B102" t="s">
         <v>401</v>
       </c>
       <c r="C102" t="s">
         <v>402</v>
       </c>
       <c r="D102" s="1">
         <v>5903351006316</v>
       </c>
       <c r="E102" t="s">
         <v>403</v>
       </c>
       <c r="F102">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:18">
       <c r="A103" t="s">
         <v>404</v>
       </c>
       <c r="B103" t="s">
         <v>405</v>
       </c>
       <c r="C103" t="s">
         <v>406</v>
       </c>
       <c r="D103" s="1">
         <v>5903351006545</v>
       </c>
       <c r="E103" t="s">
         <v>407</v>
       </c>
       <c r="F103">
-        <v>1245</v>
+        <v>45</v>
       </c>
     </row>
     <row r="104" spans="1:18">
       <c r="A104" t="s">
         <v>408</v>
       </c>
       <c r="B104" t="s">
         <v>409</v>
       </c>
       <c r="C104" t="s">
         <v>410</v>
       </c>
       <c r="D104" s="1">
         <v>5903351022651</v>
       </c>
       <c r="E104" t="s">
         <v>411</v>
       </c>
       <c r="F104">
-        <v>79</v>
+        <v>0</v>
       </c>
     </row>
     <row r="105" spans="1:18">
       <c r="A105" t="s">
         <v>412</v>
       </c>
       <c r="B105" t="s">
         <v>413</v>
       </c>
       <c r="C105" t="s">
         <v>414</v>
       </c>
       <c r="D105" s="1">
         <v>5903351006552</v>
       </c>
       <c r="E105" t="s">
         <v>415</v>
       </c>
       <c r="F105">
-        <v>166</v>
+        <v>20</v>
       </c>
     </row>
     <row r="106" spans="1:18">
       <c r="A106" t="s">
         <v>416</v>
       </c>
       <c r="B106" t="s">
         <v>417</v>
       </c>
       <c r="C106" t="s">
         <v>418</v>
       </c>
       <c r="D106" s="1">
         <v>5903351022668</v>
       </c>
       <c r="E106" t="s">
         <v>419</v>
       </c>
       <c r="F106">
-        <v>189</v>
+        <v>124</v>
       </c>
     </row>
     <row r="107" spans="1:18">
       <c r="A107" t="s">
         <v>420</v>
       </c>
       <c r="B107" t="s">
         <v>421</v>
       </c>
       <c r="C107" t="s">
         <v>422</v>
       </c>
       <c r="D107" s="1">
-        <v>5903351000512</v>
+        <v>5903351006026</v>
       </c>
       <c r="E107" t="s">
         <v>423</v>
       </c>
       <c r="F107">
         <v>0</v>
       </c>
     </row>
     <row r="108" spans="1:18">
       <c r="A108" t="s">
         <v>424</v>
       </c>
       <c r="B108" t="s">
         <v>425</v>
       </c>
       <c r="C108" t="s">
         <v>426</v>
       </c>
       <c r="D108" s="1">
-        <v>5903351006026</v>
+        <v>5903351000499</v>
       </c>
       <c r="E108" t="s">
         <v>427</v>
       </c>
       <c r="F108">
         <v>0</v>
       </c>
     </row>
     <row r="109" spans="1:18">
       <c r="A109" t="s">
         <v>428</v>
       </c>
       <c r="B109" t="s">
         <v>429</v>
       </c>
       <c r="C109" t="s">
         <v>430</v>
       </c>
       <c r="D109" s="1">
-        <v>5903351000499</v>
+        <v>5903351006033</v>
       </c>
       <c r="E109" t="s">
         <v>431</v>
       </c>
       <c r="F109">
-        <v>0</v>
+        <v>73</v>
       </c>
     </row>
     <row r="110" spans="1:18">
       <c r="A110" t="s">
         <v>432</v>
       </c>
       <c r="B110" t="s">
         <v>433</v>
       </c>
       <c r="C110" t="s">
         <v>434</v>
       </c>
       <c r="D110" s="1">
-        <v>5903351006033</v>
+        <v>5903351003698</v>
       </c>
       <c r="E110" t="s">
         <v>435</v>
       </c>
       <c r="F110">
-        <v>76</v>
+        <v>28</v>
       </c>
     </row>
     <row r="111" spans="1:18">
       <c r="A111" t="s">
         <v>436</v>
       </c>
       <c r="B111" t="s">
         <v>437</v>
       </c>
       <c r="C111" t="s">
         <v>438</v>
       </c>
       <c r="D111" s="1">
-        <v>5903351003698</v>
+        <v>5903351010290</v>
       </c>
       <c r="E111" t="s">
         <v>439</v>
       </c>
       <c r="F111">
-        <v>43</v>
+        <v>4</v>
       </c>
     </row>
     <row r="112" spans="1:18">
       <c r="A112" t="s">
         <v>440</v>
       </c>
       <c r="B112" t="s">
         <v>441</v>
       </c>
       <c r="C112" t="s">
         <v>442</v>
       </c>
       <c r="D112" s="1">
-        <v>5903351010290</v>
+        <v>5903351001304</v>
       </c>
       <c r="E112" t="s">
         <v>443</v>
       </c>
       <c r="F112">
-        <v>19</v>
+        <v>0</v>
       </c>
     </row>
     <row r="113" spans="1:18">
       <c r="A113" t="s">
         <v>444</v>
       </c>
       <c r="B113" t="s">
         <v>445</v>
       </c>
       <c r="C113" t="s">
         <v>446</v>
       </c>
       <c r="D113" s="1">
-        <v>5903351001304</v>
+        <v>5903351003933</v>
       </c>
       <c r="E113" t="s">
         <v>447</v>
       </c>
       <c r="F113">
         <v>0</v>
       </c>
     </row>
     <row r="114" spans="1:18">
       <c r="A114" t="s">
         <v>448</v>
       </c>
       <c r="B114" t="s">
         <v>449</v>
       </c>
       <c r="C114" t="s">
         <v>450</v>
       </c>
       <c r="D114" s="1">
-        <v>5903351003933</v>
+        <v>5903351011303</v>
       </c>
       <c r="E114" t="s">
         <v>451</v>
       </c>
       <c r="F114">
-        <v>0</v>
+        <v>47</v>
       </c>
     </row>
     <row r="115" spans="1:18">
       <c r="A115" t="s">
         <v>452</v>
       </c>
       <c r="B115" t="s">
         <v>453</v>
       </c>
       <c r="C115" t="s">
         <v>454</v>
       </c>
       <c r="D115" s="1">
-        <v>5903351011303</v>
+        <v>5903351011310</v>
       </c>
       <c r="E115" t="s">
         <v>455</v>
       </c>
       <c r="F115">
-        <v>4</v>
+        <v>0</v>
       </c>
     </row>
     <row r="116" spans="1:18">
       <c r="A116" t="s">
         <v>456</v>
       </c>
       <c r="B116" t="s">
         <v>457</v>
       </c>
       <c r="C116" t="s">
         <v>458</v>
       </c>
       <c r="D116" s="1">
-        <v>5903351011310</v>
+        <v>5903351011280</v>
       </c>
       <c r="E116" t="s">
         <v>459</v>
       </c>
       <c r="F116">
-        <v>9</v>
+        <v>5</v>
       </c>
     </row>
     <row r="117" spans="1:18">
       <c r="A117" t="s">
         <v>460</v>
       </c>
       <c r="B117" t="s">
         <v>461</v>
       </c>
       <c r="C117" t="s">
         <v>462</v>
       </c>
       <c r="D117" s="1">
-        <v>5903351011280</v>
+        <v>5903351011297</v>
       </c>
       <c r="E117" t="s">
         <v>463</v>
       </c>
       <c r="F117">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="118" spans="1:18">
       <c r="A118" t="s">
         <v>464</v>
       </c>
       <c r="B118" t="s">
         <v>465</v>
       </c>
       <c r="C118" t="s">
         <v>466</v>
       </c>
       <c r="D118" s="1">
-        <v>5903351011297</v>
+        <v>5903351000826</v>
       </c>
       <c r="E118" t="s">
         <v>467</v>
       </c>
       <c r="F118">
         <v>0</v>
       </c>
     </row>
     <row r="119" spans="1:18">
       <c r="A119" t="s">
         <v>468</v>
       </c>
       <c r="B119" t="s">
         <v>469</v>
       </c>
       <c r="C119" t="s">
         <v>470</v>
       </c>
       <c r="D119" s="1">
-        <v>5903351000826</v>
+        <v>5903351003971</v>
       </c>
       <c r="E119" t="s">
         <v>471</v>
       </c>
       <c r="F119">
-        <v>14</v>
+        <v>67</v>
       </c>
     </row>
     <row r="120" spans="1:18">
       <c r="A120" t="s">
         <v>472</v>
       </c>
       <c r="B120" t="s">
         <v>473</v>
       </c>
       <c r="C120" t="s">
         <v>474</v>
       </c>
       <c r="D120" s="1">
-        <v>5903351003971</v>
+        <v>5903351000840</v>
       </c>
       <c r="E120" t="s">
         <v>475</v>
       </c>
       <c r="F120">
-        <v>74</v>
+        <v>1</v>
       </c>
     </row>
     <row r="121" spans="1:18">
       <c r="A121" t="s">
         <v>476</v>
       </c>
       <c r="B121" t="s">
         <v>477</v>
       </c>
       <c r="C121" t="s">
         <v>478</v>
       </c>
       <c r="D121" s="1">
-        <v>5903351000840</v>
+        <v>5903351000857</v>
       </c>
       <c r="E121" t="s">
         <v>479</v>
       </c>
       <c r="F121">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="122" spans="1:18">
       <c r="A122" t="s">
         <v>480</v>
       </c>
       <c r="B122" t="s">
         <v>481</v>
       </c>
       <c r="C122" t="s">
         <v>482</v>
       </c>
       <c r="D122" s="1">
-        <v>5903351000857</v>
+        <v>5903351003988</v>
       </c>
       <c r="E122" t="s">
         <v>483</v>
       </c>
       <c r="F122">
-        <v>31</v>
+        <v>1</v>
       </c>
     </row>
     <row r="123" spans="1:18">
       <c r="A123" t="s">
         <v>484</v>
       </c>
       <c r="B123" t="s">
         <v>485</v>
       </c>
       <c r="C123" t="s">
         <v>486</v>
       </c>
       <c r="D123" s="1">
-        <v>5903351003988</v>
+        <v>5903351003704</v>
       </c>
       <c r="E123" t="s">
         <v>487</v>
       </c>
       <c r="F123">
-        <v>1</v>
+        <v>29</v>
       </c>
     </row>
     <row r="124" spans="1:18">
       <c r="A124" t="s">
         <v>488</v>
       </c>
       <c r="B124" t="s">
         <v>489</v>
       </c>
       <c r="C124" t="s">
         <v>490</v>
       </c>
       <c r="D124" s="1">
-        <v>5903351002431</v>
+        <v>5903351002356</v>
       </c>
       <c r="E124" t="s">
         <v>491</v>
       </c>
       <c r="F124">
-        <v>0</v>
+        <v>20</v>
       </c>
     </row>
     <row r="125" spans="1:18">
       <c r="A125" t="s">
         <v>492</v>
       </c>
       <c r="B125" t="s">
         <v>493</v>
       </c>
       <c r="C125" t="s">
         <v>494</v>
       </c>
       <c r="D125" s="1">
-        <v>5903351003704</v>
+        <v>5903351012973</v>
       </c>
       <c r="E125" t="s">
         <v>495</v>
       </c>
       <c r="F125">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="126" spans="1:18">
       <c r="A126" t="s">
         <v>496</v>
       </c>
       <c r="B126" t="s">
         <v>497</v>
       </c>
       <c r="C126" t="s">
         <v>498</v>
       </c>
       <c r="D126" s="1">
-        <v>5903351002356</v>
+        <v>5903351012980</v>
       </c>
       <c r="E126" t="s">
         <v>499</v>
       </c>
       <c r="F126">
-        <v>34</v>
+        <v>0</v>
       </c>
     </row>
     <row r="127" spans="1:18">
       <c r="A127" t="s">
         <v>500</v>
       </c>
       <c r="B127" t="s">
         <v>501</v>
       </c>
       <c r="C127" t="s">
         <v>502</v>
       </c>
       <c r="D127" s="1">
-        <v>5903351012973</v>
+        <v>5903351025287</v>
       </c>
       <c r="E127" t="s">
         <v>503</v>
       </c>
       <c r="F127">
-        <v>62</v>
+        <v>1</v>
       </c>
     </row>
     <row r="128" spans="1:18">
       <c r="A128" t="s">
         <v>504</v>
       </c>
       <c r="B128" t="s">
         <v>505</v>
       </c>
       <c r="C128" t="s">
         <v>506</v>
       </c>
       <c r="D128" s="1">
-        <v>5903351012980</v>
+        <v>5903351025294</v>
       </c>
       <c r="E128" t="s">
         <v>507</v>
       </c>
       <c r="F128">
         <v>0</v>
       </c>
     </row>
     <row r="129" spans="1:18">
       <c r="A129" t="s">
         <v>508</v>
       </c>
       <c r="B129" t="s">
         <v>509</v>
       </c>
       <c r="C129" t="s">
         <v>510</v>
       </c>
       <c r="D129" s="1">
-        <v>5903351001205</v>
+        <v>5903351025300</v>
       </c>
       <c r="E129" t="s">
         <v>511</v>
       </c>
       <c r="F129">
         <v>0</v>
       </c>
     </row>
     <row r="130" spans="1:18">
       <c r="A130" t="s">
         <v>512</v>
       </c>
       <c r="B130" t="s">
         <v>513</v>
       </c>
       <c r="C130" t="s">
         <v>514</v>
       </c>
       <c r="D130" s="1">
-        <v>5903351025287</v>
+        <v>5903351025317</v>
       </c>
       <c r="E130" t="s">
         <v>515</v>
       </c>
       <c r="F130">
-        <v>4</v>
+        <v>0</v>
       </c>
     </row>
     <row r="131" spans="1:18">
       <c r="A131" t="s">
         <v>516</v>
       </c>
       <c r="B131" t="s">
         <v>517</v>
       </c>
       <c r="C131" t="s">
         <v>518</v>
       </c>
       <c r="D131" s="1">
-        <v>5903351025294</v>
+        <v>5903351005296</v>
       </c>
       <c r="E131" t="s">
         <v>519</v>
       </c>
       <c r="F131">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="132" spans="1:18">
       <c r="A132" t="s">
         <v>520</v>
       </c>
       <c r="B132" t="s">
         <v>521</v>
       </c>
       <c r="C132" t="s">
         <v>522</v>
       </c>
       <c r="D132" s="1">
-        <v>5903351025300</v>
+        <v>5903351005401</v>
       </c>
       <c r="E132" t="s">
         <v>523</v>
       </c>
       <c r="F132">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="133" spans="1:18">
       <c r="A133" t="s">
         <v>524</v>
       </c>
       <c r="B133" t="s">
         <v>525</v>
       </c>
       <c r="C133" t="s">
         <v>526</v>
       </c>
       <c r="D133" s="1">
-        <v>5903351025317</v>
+        <v>5903351012843</v>
       </c>
       <c r="E133" t="s">
         <v>527</v>
       </c>
       <c r="F133">
-        <v>5</v>
+        <v>19</v>
       </c>
     </row>
     <row r="134" spans="1:18">
       <c r="A134" t="s">
         <v>528</v>
       </c>
       <c r="B134" t="s">
         <v>529</v>
       </c>
       <c r="C134" t="s">
         <v>530</v>
       </c>
       <c r="D134" s="1">
-        <v>5903351005296</v>
+        <v>5903351005746</v>
       </c>
       <c r="E134" t="s">
         <v>531</v>
       </c>
       <c r="F134">
-        <v>0</v>
+        <v>17</v>
       </c>
     </row>
     <row r="135" spans="1:18">
       <c r="A135" t="s">
         <v>532</v>
       </c>
       <c r="B135" t="s">
         <v>533</v>
       </c>
       <c r="C135" t="s">
         <v>534</v>
       </c>
       <c r="D135" s="1">
-        <v>5903351005401</v>
+        <v>5903351005760</v>
       </c>
       <c r="E135" t="s">
         <v>535</v>
       </c>
       <c r="F135">
-        <v>18</v>
+        <v>8</v>
       </c>
     </row>
     <row r="136" spans="1:18">
       <c r="A136" t="s">
         <v>536</v>
       </c>
       <c r="B136" t="s">
         <v>537</v>
       </c>
       <c r="C136" t="s">
         <v>538</v>
       </c>
       <c r="D136" s="1">
-        <v>5903351012843</v>
+        <v>5903351012874</v>
       </c>
       <c r="E136" t="s">
         <v>539</v>
       </c>
       <c r="F136">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="137" spans="1:18">
       <c r="A137" t="s">
         <v>540</v>
       </c>
       <c r="B137" t="s">
         <v>541</v>
       </c>
       <c r="C137" t="s">
         <v>542</v>
       </c>
       <c r="D137" s="1">
-        <v>5903351005746</v>
+        <v>5903351011242</v>
       </c>
       <c r="E137" t="s">
         <v>543</v>
       </c>
       <c r="F137">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="138" spans="1:18">
       <c r="A138" t="s">
         <v>544</v>
       </c>
       <c r="B138" t="s">
         <v>545</v>
       </c>
       <c r="C138" t="s">
         <v>546</v>
       </c>
       <c r="D138" s="1">
-        <v>5903351005760</v>
+        <v>5903351012904</v>
       </c>
       <c r="E138" t="s">
         <v>547</v>
       </c>
       <c r="F138">
-        <v>19</v>
+        <v>4</v>
       </c>
     </row>
     <row r="139" spans="1:18">
       <c r="A139" t="s">
         <v>548</v>
       </c>
       <c r="B139" t="s">
         <v>549</v>
       </c>
       <c r="C139" t="s">
         <v>550</v>
       </c>
       <c r="D139" s="1">
-        <v>5903351012874</v>
+        <v>5903351012911</v>
       </c>
       <c r="E139" t="s">
         <v>551</v>
       </c>
       <c r="F139">
-        <v>15</v>
+        <v>1</v>
       </c>
     </row>
     <row r="140" spans="1:18">
       <c r="A140" t="s">
         <v>552</v>
       </c>
       <c r="B140" t="s">
         <v>553</v>
       </c>
       <c r="C140" t="s">
         <v>554</v>
       </c>
       <c r="D140" s="1">
-        <v>5903351011242</v>
+        <v>5903351025362</v>
       </c>
       <c r="E140" t="s">
         <v>555</v>
       </c>
       <c r="F140">
-        <v>17</v>
+        <v>31</v>
       </c>
     </row>
     <row r="141" spans="1:18">
       <c r="A141" t="s">
         <v>556</v>
       </c>
       <c r="B141" t="s">
         <v>557</v>
       </c>
       <c r="C141" t="s">
         <v>558</v>
       </c>
       <c r="D141" s="1">
-        <v>5903351005937</v>
+        <v>5903351024228</v>
       </c>
       <c r="E141" t="s">
         <v>559</v>
       </c>
       <c r="F141">
-        <v>1</v>
+        <v>15</v>
       </c>
     </row>
     <row r="142" spans="1:18">
       <c r="A142" t="s">
         <v>560</v>
       </c>
       <c r="B142" t="s">
         <v>561</v>
       </c>
       <c r="C142" t="s">
         <v>562</v>
       </c>
       <c r="D142" s="1">
-        <v>5903351012904</v>
+        <v>5903351024235</v>
       </c>
       <c r="E142" t="s">
         <v>563</v>
       </c>
       <c r="F142">
-        <v>13</v>
+        <v>33</v>
       </c>
     </row>
     <row r="143" spans="1:18">
       <c r="A143" t="s">
         <v>564</v>
       </c>
       <c r="B143" t="s">
         <v>565</v>
       </c>
       <c r="C143" t="s">
         <v>566</v>
       </c>
       <c r="D143" s="1">
-        <v>5903351012911</v>
+        <v>5903351023092</v>
       </c>
       <c r="E143" t="s">
         <v>567</v>
       </c>
       <c r="F143">
-        <v>1</v>
+        <v>216</v>
       </c>
     </row>
     <row r="144" spans="1:18">
       <c r="A144" t="s">
         <v>568</v>
       </c>
       <c r="B144" t="s">
         <v>569</v>
       </c>
       <c r="C144" t="s">
         <v>570</v>
       </c>
       <c r="D144" s="1">
-        <v>5903351001779</v>
+        <v>5903351023108</v>
       </c>
       <c r="E144" t="s">
         <v>571</v>
       </c>
       <c r="F144">
-        <v>0</v>
+        <v>156</v>
       </c>
     </row>
     <row r="145" spans="1:18">
       <c r="A145" t="s">
         <v>572</v>
       </c>
       <c r="B145" t="s">
         <v>573</v>
       </c>
       <c r="C145" t="s">
         <v>574</v>
       </c>
       <c r="D145" s="1">
-        <v>5903351025362</v>
+        <v>5903351023115</v>
       </c>
       <c r="E145" t="s">
         <v>575</v>
       </c>
       <c r="F145">
-        <v>98</v>
+        <v>141</v>
       </c>
     </row>
     <row r="146" spans="1:18">
       <c r="A146" t="s">
         <v>576</v>
       </c>
       <c r="B146" t="s">
         <v>577</v>
       </c>
       <c r="C146" t="s">
         <v>578</v>
       </c>
       <c r="D146" s="1">
-        <v>5903351024228</v>
+        <v>5903351023122</v>
       </c>
       <c r="E146" t="s">
         <v>579</v>
       </c>
       <c r="F146">
-        <v>39</v>
+        <v>141</v>
       </c>
     </row>
     <row r="147" spans="1:18">
       <c r="A147" t="s">
         <v>580</v>
       </c>
       <c r="B147" t="s">
         <v>581</v>
       </c>
       <c r="C147" t="s">
         <v>582</v>
       </c>
       <c r="D147" s="1">
-        <v>5903351024235</v>
+        <v>5903351023139</v>
       </c>
       <c r="E147" t="s">
         <v>583</v>
       </c>
       <c r="F147">
-        <v>42</v>
+        <v>0</v>
       </c>
     </row>
     <row r="148" spans="1:18">
       <c r="A148" t="s">
         <v>584</v>
       </c>
       <c r="B148" t="s">
         <v>585</v>
       </c>
       <c r="C148" t="s">
         <v>586</v>
       </c>
       <c r="D148" s="1">
-        <v>5903351023092</v>
+        <v>5903351023146</v>
       </c>
       <c r="E148" t="s">
         <v>587</v>
       </c>
       <c r="F148">
-        <v>284</v>
+        <v>0</v>
       </c>
     </row>
     <row r="149" spans="1:18">
       <c r="A149" t="s">
         <v>588</v>
       </c>
       <c r="B149" t="s">
         <v>589</v>
       </c>
       <c r="C149" t="s">
         <v>590</v>
       </c>
       <c r="D149" s="1">
-        <v>5903351023108</v>
+        <v>5903351004916</v>
       </c>
       <c r="E149" t="s">
         <v>591</v>
       </c>
       <c r="F149">
-        <v>200</v>
+        <v>373</v>
       </c>
     </row>
     <row r="150" spans="1:18">
       <c r="A150" t="s">
         <v>592</v>
       </c>
       <c r="B150" t="s">
         <v>593</v>
       </c>
       <c r="C150" t="s">
         <v>594</v>
       </c>
       <c r="D150" s="1">
-        <v>5903351023115</v>
+        <v>5903351001809</v>
       </c>
       <c r="E150" t="s">
         <v>595</v>
       </c>
       <c r="F150">
-        <v>210</v>
+        <v>676</v>
       </c>
     </row>
     <row r="151" spans="1:18">
       <c r="A151" t="s">
         <v>596</v>
       </c>
       <c r="B151" t="s">
         <v>597</v>
       </c>
       <c r="C151" t="s">
         <v>598</v>
       </c>
       <c r="D151" s="1">
-        <v>5903351023122</v>
+        <v>5903351004923</v>
       </c>
       <c r="E151" t="s">
         <v>599</v>
       </c>
       <c r="F151">
-        <v>227</v>
+        <v>228</v>
       </c>
     </row>
     <row r="152" spans="1:18">
       <c r="A152" t="s">
         <v>600</v>
       </c>
       <c r="B152" t="s">
         <v>601</v>
       </c>
       <c r="C152" t="s">
         <v>602</v>
       </c>
       <c r="D152" s="1">
-        <v>5903351023139</v>
+        <v>5903351001816</v>
       </c>
       <c r="E152" t="s">
         <v>603</v>
       </c>
       <c r="F152">
-        <v>17</v>
+        <v>96</v>
       </c>
     </row>
     <row r="153" spans="1:18">
       <c r="A153" t="s">
         <v>604</v>
       </c>
       <c r="B153" t="s">
         <v>605</v>
       </c>
       <c r="C153" t="s">
         <v>606</v>
       </c>
       <c r="D153" s="1">
-        <v>5903351023146</v>
+        <v>5903351001755</v>
       </c>
       <c r="E153" t="s">
         <v>607</v>
       </c>
       <c r="F153">
-        <v>42</v>
+        <v>10</v>
       </c>
     </row>
     <row r="154" spans="1:18">
       <c r="A154" t="s">
         <v>608</v>
       </c>
       <c r="B154" t="s">
         <v>609</v>
       </c>
       <c r="C154" t="s">
         <v>610</v>
       </c>
       <c r="D154" s="1">
-        <v>5903351004916</v>
+        <v>5903351023641</v>
       </c>
       <c r="E154" t="s">
         <v>611</v>
       </c>
       <c r="F154">
-        <v>379</v>
+        <v>481</v>
       </c>
     </row>
     <row r="155" spans="1:18">
       <c r="A155" t="s">
         <v>612</v>
       </c>
       <c r="B155" t="s">
         <v>613</v>
       </c>
       <c r="C155" t="s">
         <v>614</v>
       </c>
       <c r="D155" s="1">
-        <v>5903351001809</v>
+        <v>5903351023658</v>
       </c>
       <c r="E155" t="s">
         <v>615</v>
       </c>
       <c r="F155">
-        <v>719</v>
+        <v>275</v>
       </c>
     </row>
     <row r="156" spans="1:18">
       <c r="A156" t="s">
         <v>616</v>
       </c>
       <c r="B156" t="s">
         <v>617</v>
       </c>
       <c r="C156" t="s">
         <v>618</v>
       </c>
       <c r="D156" s="1">
-        <v>5903351004923</v>
+        <v>5903351023665</v>
       </c>
       <c r="E156" t="s">
         <v>619</v>
       </c>
       <c r="F156">
-        <v>225</v>
+        <v>30</v>
       </c>
     </row>
     <row r="157" spans="1:18">
       <c r="A157" t="s">
         <v>620</v>
       </c>
       <c r="B157" t="s">
         <v>621</v>
       </c>
       <c r="C157" t="s">
         <v>622</v>
       </c>
       <c r="D157" s="1">
-        <v>5903351001816</v>
+        <v>5903351023672</v>
       </c>
       <c r="E157" t="s">
         <v>623</v>
       </c>
       <c r="F157">
-        <v>98</v>
+        <v>30</v>
       </c>
     </row>
     <row r="158" spans="1:18">
       <c r="A158" t="s">
         <v>624</v>
       </c>
       <c r="B158" t="s">
         <v>625</v>
       </c>
       <c r="C158" t="s">
         <v>626</v>
       </c>
       <c r="D158" s="1">
-        <v>5903351004015</v>
+        <v>5903351004060</v>
       </c>
       <c r="E158" t="s">
         <v>627</v>
       </c>
       <c r="F158">
-        <v>0</v>
+        <v>13</v>
       </c>
     </row>
     <row r="159" spans="1:18">
       <c r="A159" t="s">
         <v>628</v>
       </c>
       <c r="B159" t="s">
         <v>629</v>
       </c>
       <c r="C159" t="s">
         <v>630</v>
       </c>
       <c r="D159" s="1">
-        <v>5903351001755</v>
+        <v>5903351011914</v>
       </c>
       <c r="E159" t="s">
         <v>631</v>
       </c>
       <c r="F159">
-        <v>13</v>
+        <v>55</v>
       </c>
     </row>
     <row r="160" spans="1:18">
       <c r="A160" t="s">
         <v>632</v>
       </c>
       <c r="B160" t="s">
         <v>633</v>
       </c>
       <c r="C160" t="s">
         <v>634</v>
       </c>
       <c r="D160" s="1">
-        <v>5903351023641</v>
+        <v>5903351011921</v>
       </c>
       <c r="E160" t="s">
         <v>635</v>
       </c>
       <c r="F160">
-        <v>266</v>
+        <v>0</v>
       </c>
     </row>
     <row r="161" spans="1:18">
       <c r="A161" t="s">
         <v>636</v>
       </c>
       <c r="B161" t="s">
         <v>637</v>
       </c>
       <c r="C161" t="s">
         <v>638</v>
       </c>
       <c r="D161" s="1">
-        <v>5903351023658</v>
+        <v>5903351012195</v>
       </c>
       <c r="E161" t="s">
         <v>639</v>
       </c>
       <c r="F161">
-        <v>181</v>
+        <v>17</v>
       </c>
     </row>
     <row r="162" spans="1:18">
       <c r="A162" t="s">
         <v>640</v>
       </c>
       <c r="B162" t="s">
         <v>641</v>
       </c>
       <c r="C162" t="s">
         <v>642</v>
       </c>
       <c r="D162" s="1">
-        <v>5903351023665</v>
+        <v>5903351011938</v>
       </c>
       <c r="E162" t="s">
         <v>643</v>
       </c>
       <c r="F162">
-        <v>40</v>
+        <v>32</v>
       </c>
     </row>
     <row r="163" spans="1:18">
       <c r="A163" t="s">
         <v>644</v>
       </c>
       <c r="B163" t="s">
         <v>645</v>
       </c>
       <c r="C163" t="s">
         <v>646</v>
       </c>
       <c r="D163" s="1">
-        <v>5903351023672</v>
+        <v>5903351011945</v>
       </c>
       <c r="E163" t="s">
         <v>647</v>
       </c>
       <c r="F163">
-        <v>35</v>
+        <v>23</v>
       </c>
     </row>
     <row r="164" spans="1:18">
       <c r="A164" t="s">
         <v>648</v>
       </c>
       <c r="B164" t="s">
         <v>649</v>
       </c>
       <c r="C164" t="s">
         <v>650</v>
       </c>
       <c r="D164" s="1">
-        <v>5903351004060</v>
+        <v>5903351012201</v>
       </c>
       <c r="E164" t="s">
         <v>651</v>
       </c>
       <c r="F164">
-        <v>14</v>
+        <v>16</v>
       </c>
     </row>
     <row r="165" spans="1:18">
       <c r="A165" t="s">
         <v>652</v>
       </c>
       <c r="B165" t="s">
         <v>653</v>
       </c>
       <c r="C165" t="s">
         <v>654</v>
       </c>
       <c r="D165" s="1">
-        <v>5903351011914</v>
+        <v>5903351002882</v>
       </c>
       <c r="E165" t="s">
         <v>655</v>
       </c>
       <c r="F165">
-        <v>67</v>
+        <v>181</v>
       </c>
     </row>
     <row r="166" spans="1:18">
       <c r="A166" t="s">
         <v>656</v>
       </c>
       <c r="B166" t="s">
         <v>657</v>
       </c>
       <c r="C166" t="s">
         <v>658</v>
       </c>
       <c r="D166" s="1">
-        <v>5903351011921</v>
+        <v>5903351002899</v>
       </c>
       <c r="E166" t="s">
         <v>659</v>
       </c>
       <c r="F166">
-        <v>28</v>
+        <v>82</v>
       </c>
     </row>
     <row r="167" spans="1:18">
       <c r="A167" t="s">
         <v>660</v>
       </c>
       <c r="B167" t="s">
         <v>661</v>
       </c>
       <c r="C167" t="s">
         <v>662</v>
       </c>
       <c r="D167" s="1">
-        <v>5903351012195</v>
+        <v>5903351026857</v>
       </c>
       <c r="E167" t="s">
         <v>663</v>
       </c>
       <c r="F167">
-        <v>26</v>
+        <v>19</v>
       </c>
     </row>
     <row r="168" spans="1:18">
       <c r="A168" t="s">
         <v>664</v>
       </c>
       <c r="B168" t="s">
         <v>665</v>
       </c>
       <c r="C168" t="s">
         <v>666</v>
       </c>
       <c r="D168" s="1">
-        <v>5903351011938</v>
+        <v>5903351026864</v>
       </c>
       <c r="E168" t="s">
         <v>667</v>
       </c>
       <c r="F168">
-        <v>58</v>
+        <v>23</v>
       </c>
     </row>
     <row r="169" spans="1:18">
       <c r="A169" t="s">
         <v>668</v>
       </c>
       <c r="B169" t="s">
         <v>669</v>
       </c>
       <c r="C169" t="s">
         <v>670</v>
       </c>
       <c r="D169" s="1">
-        <v>5903351011945</v>
+        <v>5903351011792</v>
       </c>
       <c r="E169" t="s">
         <v>671</v>
       </c>
       <c r="F169">
-        <v>45</v>
+        <v>872</v>
       </c>
     </row>
     <row r="170" spans="1:18">
       <c r="A170" t="s">
         <v>672</v>
       </c>
       <c r="B170" t="s">
         <v>673</v>
       </c>
       <c r="C170" t="s">
         <v>674</v>
       </c>
       <c r="D170" s="1">
-        <v>5903351012201</v>
+        <v>5903351011808</v>
       </c>
       <c r="E170" t="s">
         <v>675</v>
       </c>
       <c r="F170">
-        <v>24</v>
+        <v>474</v>
       </c>
     </row>
     <row r="171" spans="1:18">
       <c r="A171" t="s">
         <v>676</v>
       </c>
       <c r="B171" t="s">
         <v>677</v>
       </c>
       <c r="C171" t="s">
         <v>678</v>
       </c>
       <c r="D171" s="1">
-        <v>5903351002882</v>
+        <v>5903351012300</v>
       </c>
       <c r="E171" t="s">
         <v>679</v>
       </c>
       <c r="F171">
-        <v>268</v>
+        <v>193</v>
       </c>
     </row>
     <row r="172" spans="1:18">
       <c r="A172" t="s">
         <v>680</v>
       </c>
       <c r="B172" t="s">
         <v>681</v>
       </c>
       <c r="C172" t="s">
         <v>682</v>
       </c>
       <c r="D172" s="1">
-        <v>5903351002899</v>
+        <v>5903351023955</v>
       </c>
       <c r="E172" t="s">
         <v>683</v>
       </c>
       <c r="F172">
-        <v>0</v>
+        <v>77</v>
       </c>
     </row>
     <row r="173" spans="1:18">
       <c r="A173" t="s">
         <v>684</v>
       </c>
       <c r="B173" t="s">
         <v>685</v>
       </c>
       <c r="C173" t="s">
         <v>686</v>
       </c>
       <c r="D173" s="1">
-        <v>5903351002554</v>
+        <v>5903351023962</v>
       </c>
       <c r="E173" t="s">
         <v>687</v>
       </c>
       <c r="F173">
-        <v>0</v>
+        <v>53</v>
       </c>
     </row>
     <row r="174" spans="1:18">
       <c r="A174" t="s">
         <v>688</v>
       </c>
       <c r="B174" t="s">
         <v>689</v>
       </c>
       <c r="C174" t="s">
         <v>690</v>
       </c>
       <c r="D174" s="1">
-        <v>5903351011792</v>
+        <v>5903351024983</v>
       </c>
       <c r="E174" t="s">
         <v>691</v>
       </c>
       <c r="F174">
-        <v>1352</v>
+        <v>57</v>
       </c>
     </row>
     <row r="175" spans="1:18">
       <c r="A175" t="s">
         <v>692</v>
       </c>
       <c r="B175" t="s">
         <v>693</v>
       </c>
       <c r="C175" t="s">
         <v>694</v>
       </c>
       <c r="D175" s="1">
-        <v>5903351011808</v>
+        <v>5903351024990</v>
       </c>
       <c r="E175" t="s">
         <v>695</v>
       </c>
       <c r="F175">
-        <v>261</v>
+        <v>151</v>
       </c>
     </row>
     <row r="176" spans="1:18">
       <c r="A176" t="s">
         <v>696</v>
       </c>
       <c r="B176" t="s">
         <v>697</v>
       </c>
       <c r="C176" t="s">
         <v>698</v>
       </c>
       <c r="D176" s="1">
-        <v>5903351012300</v>
+        <v>5903351025133</v>
       </c>
       <c r="E176" t="s">
         <v>699</v>
       </c>
       <c r="F176">
-        <v>48</v>
+        <v>89</v>
       </c>
     </row>
     <row r="177" spans="1:18">
       <c r="A177" t="s">
         <v>700</v>
       </c>
       <c r="B177" t="s">
         <v>701</v>
       </c>
       <c r="C177" t="s">
         <v>702</v>
       </c>
       <c r="D177" s="1">
-        <v>5903351023955</v>
+        <v>5903351024969</v>
       </c>
       <c r="E177" t="s">
         <v>703</v>
       </c>
       <c r="F177">
-        <v>87</v>
+        <v>55</v>
       </c>
     </row>
     <row r="178" spans="1:18">
       <c r="A178" t="s">
         <v>704</v>
       </c>
       <c r="B178" t="s">
         <v>705</v>
       </c>
       <c r="C178" t="s">
         <v>706</v>
       </c>
       <c r="D178" s="1">
-        <v>5903351023962</v>
+        <v>5903351024976</v>
       </c>
       <c r="E178" t="s">
         <v>707</v>
       </c>
       <c r="F178">
-        <v>52</v>
+        <v>149</v>
       </c>
     </row>
     <row r="179" spans="1:18">
       <c r="A179" t="s">
         <v>708</v>
       </c>
       <c r="B179" t="s">
         <v>709</v>
       </c>
       <c r="C179" t="s">
         <v>710</v>
       </c>
       <c r="D179" s="1">
-        <v>5903351024983</v>
+        <v>5903351025140</v>
       </c>
       <c r="E179" t="s">
         <v>711</v>
       </c>
       <c r="F179">
-        <v>57</v>
+        <v>82</v>
       </c>
     </row>
     <row r="180" spans="1:18">
       <c r="A180" t="s">
         <v>712</v>
       </c>
       <c r="B180" t="s">
         <v>713</v>
       </c>
       <c r="C180" t="s">
         <v>714</v>
       </c>
       <c r="D180" s="1">
-        <v>5903351024990</v>
+        <v>5903351025003</v>
       </c>
       <c r="E180" t="s">
         <v>715</v>
       </c>
       <c r="F180">
-        <v>151</v>
+        <v>56</v>
       </c>
     </row>
     <row r="181" spans="1:18">
       <c r="A181" t="s">
         <v>716</v>
       </c>
       <c r="B181" t="s">
         <v>717</v>
       </c>
       <c r="C181" t="s">
         <v>718</v>
       </c>
       <c r="D181" s="1">
-        <v>5903351025133</v>
+        <v>5903351025010</v>
       </c>
       <c r="E181" t="s">
         <v>719</v>
       </c>
       <c r="F181">
-        <v>90</v>
+        <v>152</v>
       </c>
     </row>
     <row r="182" spans="1:18">
       <c r="A182" t="s">
         <v>720</v>
       </c>
       <c r="B182" t="s">
         <v>721</v>
       </c>
       <c r="C182" t="s">
         <v>722</v>
       </c>
       <c r="D182" s="1">
-        <v>5903351024969</v>
+        <v>5903351025157</v>
       </c>
       <c r="E182" t="s">
         <v>723</v>
       </c>
       <c r="F182">
-        <v>55</v>
+        <v>93</v>
       </c>
     </row>
     <row r="183" spans="1:18">
       <c r="A183" t="s">
         <v>724</v>
       </c>
       <c r="B183" t="s">
         <v>725</v>
       </c>
       <c r="C183" t="s">
         <v>726</v>
       </c>
       <c r="D183" s="1">
-        <v>5903351024976</v>
+        <v>5903351007245</v>
       </c>
       <c r="E183" t="s">
         <v>727</v>
       </c>
       <c r="F183">
-        <v>151</v>
+        <v>6</v>
       </c>
     </row>
     <row r="184" spans="1:18">
       <c r="A184" t="s">
         <v>728</v>
       </c>
       <c r="B184" t="s">
         <v>729</v>
       </c>
       <c r="C184" t="s">
         <v>730</v>
       </c>
       <c r="D184" s="1">
-        <v>5903351025140</v>
+        <v>5903351007252</v>
       </c>
       <c r="E184" t="s">
         <v>731</v>
       </c>
       <c r="F184">
-        <v>87</v>
+        <v>6</v>
       </c>
     </row>
     <row r="185" spans="1:18">
       <c r="A185" t="s">
         <v>732</v>
       </c>
       <c r="B185" t="s">
         <v>733</v>
       </c>
       <c r="C185" t="s">
         <v>734</v>
       </c>
       <c r="D185" s="1">
-        <v>5903351025003</v>
+        <v>5903351010221</v>
       </c>
       <c r="E185" t="s">
         <v>735</v>
       </c>
       <c r="F185">
-        <v>55</v>
+        <v>10</v>
       </c>
     </row>
     <row r="186" spans="1:18">
       <c r="A186" t="s">
         <v>736</v>
       </c>
       <c r="B186" t="s">
         <v>737</v>
       </c>
       <c r="C186" t="s">
         <v>738</v>
       </c>
       <c r="D186" s="1">
-        <v>5903351025010</v>
+        <v>5903351010214</v>
       </c>
       <c r="E186" t="s">
         <v>739</v>
       </c>
       <c r="F186">
-        <v>152</v>
+        <v>0</v>
       </c>
     </row>
     <row r="187" spans="1:18">
       <c r="A187" t="s">
         <v>740</v>
       </c>
       <c r="B187" t="s">
         <v>741</v>
       </c>
       <c r="C187" t="s">
         <v>742</v>
       </c>
       <c r="D187" s="1">
-        <v>5903351025157</v>
+        <v>5903351003889</v>
       </c>
       <c r="E187" t="s">
         <v>743</v>
       </c>
       <c r="F187">
-        <v>92</v>
+        <v>71</v>
       </c>
     </row>
     <row r="188" spans="1:18">
       <c r="A188" t="s">
         <v>744</v>
       </c>
       <c r="B188" t="s">
         <v>745</v>
       </c>
       <c r="C188" t="s">
         <v>746</v>
       </c>
       <c r="D188" s="1">
-        <v>5903351007245</v>
+        <v>5903351001410</v>
       </c>
       <c r="E188" t="s">
         <v>747</v>
       </c>
       <c r="F188">
-        <v>9</v>
+        <v>34</v>
       </c>
     </row>
     <row r="189" spans="1:18">
       <c r="A189" t="s">
         <v>748</v>
       </c>
       <c r="B189" t="s">
         <v>749</v>
       </c>
       <c r="C189" t="s">
         <v>750</v>
       </c>
       <c r="D189" s="1">
-        <v>5903351007252</v>
+        <v>5903351001427</v>
       </c>
       <c r="E189" t="s">
         <v>751</v>
       </c>
       <c r="F189">
         <v>21</v>
       </c>
     </row>
     <row r="190" spans="1:18">
       <c r="A190" t="s">
         <v>752</v>
       </c>
       <c r="B190" t="s">
         <v>753</v>
       </c>
       <c r="C190" t="s">
         <v>754</v>
       </c>
       <c r="D190" s="1">
-        <v>5903351010221</v>
+        <v>2010000175996</v>
       </c>
       <c r="E190" t="s">
         <v>755</v>
       </c>
       <c r="F190">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="191" spans="1:18">
       <c r="A191" t="s">
         <v>756</v>
       </c>
       <c r="B191" t="s">
+        <v>756</v>
+      </c>
+      <c r="C191" t="s">
         <v>757</v>
       </c>
-      <c r="C191" t="s">
+      <c r="D191" s="1">
+        <v>5903351024242</v>
+      </c>
+      <c r="E191" t="s">
         <v>758</v>
       </c>
-      <c r="D191" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F191">
-        <v>0</v>
+        <v>175</v>
       </c>
     </row>
     <row r="192" spans="1:18">
       <c r="A192" t="s">
+        <v>759</v>
+      </c>
+      <c r="B192" t="s">
         <v>760</v>
       </c>
-      <c r="B192" t="s">
+      <c r="C192" t="s">
         <v>761</v>
       </c>
-      <c r="C192" t="s">
+      <c r="D192" s="1">
+        <v>5903351022736</v>
+      </c>
+      <c r="E192" t="s">
         <v>762</v>
       </c>
-      <c r="D192" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F192">
-        <v>76</v>
+        <v>230</v>
       </c>
     </row>
     <row r="193" spans="1:18">
       <c r="A193" t="s">
+        <v>763</v>
+      </c>
+      <c r="B193" t="s">
         <v>764</v>
       </c>
-      <c r="B193" t="s">
+      <c r="C193" t="s">
         <v>765</v>
       </c>
-      <c r="C193" t="s">
+      <c r="D193" s="1">
+        <v>5903351022743</v>
+      </c>
+      <c r="E193" t="s">
         <v>766</v>
       </c>
-      <c r="D193" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F193">
-        <v>35</v>
+        <v>124</v>
       </c>
     </row>
     <row r="194" spans="1:18">
       <c r="A194" t="s">
+        <v>767</v>
+      </c>
+      <c r="B194" t="s">
         <v>768</v>
       </c>
-      <c r="B194" t="s">
+      <c r="C194" t="s">
         <v>769</v>
       </c>
-      <c r="C194" t="s">
+      <c r="D194" s="1">
+        <v>5903351022750</v>
+      </c>
+      <c r="E194" t="s">
         <v>770</v>
       </c>
-      <c r="D194" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F194">
-        <v>21</v>
+        <v>95</v>
       </c>
     </row>
     <row r="195" spans="1:18">
       <c r="A195" t="s">
+        <v>771</v>
+      </c>
+      <c r="B195" t="s">
         <v>772</v>
       </c>
-      <c r="B195" t="s">
+      <c r="C195" t="s">
         <v>773</v>
       </c>
-      <c r="C195" t="s">
+      <c r="D195" s="1">
+        <v>5903351022767</v>
+      </c>
+      <c r="E195" t="s">
         <v>774</v>
       </c>
-      <c r="D195" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F195">
-        <v>11</v>
+        <v>31</v>
       </c>
     </row>
     <row r="196" spans="1:18">
       <c r="A196" t="s">
+        <v>775</v>
+      </c>
+      <c r="B196" t="s">
         <v>776</v>
       </c>
-      <c r="B196" t="s">
+      <c r="C196" t="s">
         <v>777</v>
       </c>
-      <c r="C196" t="s">
+      <c r="D196" s="1">
+        <v>5903351022774</v>
+      </c>
+      <c r="E196" t="s">
         <v>778</v>
       </c>
-      <c r="D196" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F196">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="197" spans="1:18">
       <c r="A197" t="s">
-        <v>780</v>
+        <v>779</v>
       </c>
       <c r="B197" t="s">
         <v>780</v>
       </c>
       <c r="C197" t="s">
         <v>781</v>
       </c>
       <c r="D197" s="1">
-        <v>5903351024242</v>
+        <v>5903351022781</v>
       </c>
       <c r="E197" t="s">
         <v>782</v>
       </c>
       <c r="F197">
-        <v>890</v>
+        <v>139</v>
       </c>
     </row>
     <row r="198" spans="1:18">
       <c r="A198" t="s">
         <v>783</v>
       </c>
       <c r="B198" t="s">
         <v>784</v>
       </c>
       <c r="C198" t="s">
         <v>785</v>
       </c>
       <c r="D198" s="1">
-        <v>5903351022736</v>
+        <v>5903351022798</v>
       </c>
       <c r="E198" t="s">
         <v>786</v>
       </c>
       <c r="F198">
-        <v>404</v>
+        <v>65</v>
       </c>
     </row>
     <row r="199" spans="1:18">
       <c r="A199" t="s">
         <v>787</v>
       </c>
       <c r="B199" t="s">
         <v>788</v>
       </c>
       <c r="C199" t="s">
         <v>789</v>
       </c>
       <c r="D199" s="1">
-        <v>5903351022743</v>
+        <v>5903351022804</v>
       </c>
       <c r="E199" t="s">
         <v>790</v>
       </c>
       <c r="F199">
-        <v>161</v>
+        <v>181</v>
       </c>
     </row>
     <row r="200" spans="1:18">
       <c r="A200" t="s">
         <v>791</v>
       </c>
       <c r="B200" t="s">
         <v>792</v>
       </c>
       <c r="C200" t="s">
         <v>793</v>
       </c>
       <c r="D200" s="1">
-        <v>5903351022750</v>
+        <v>5903351022811</v>
       </c>
       <c r="E200" t="s">
         <v>794</v>
       </c>
       <c r="F200">
-        <v>160</v>
+        <v>0</v>
       </c>
     </row>
     <row r="201" spans="1:18">
       <c r="A201" t="s">
         <v>795</v>
       </c>
       <c r="B201" t="s">
         <v>796</v>
       </c>
       <c r="C201" t="s">
         <v>797</v>
       </c>
       <c r="D201" s="1">
-        <v>5903351022767</v>
+        <v>5903351022828</v>
       </c>
       <c r="E201" t="s">
         <v>798</v>
       </c>
       <c r="F201">
-        <v>95</v>
+        <v>91</v>
       </c>
     </row>
     <row r="202" spans="1:18">
       <c r="A202" t="s">
         <v>799</v>
       </c>
       <c r="B202" t="s">
         <v>800</v>
       </c>
       <c r="C202" t="s">
         <v>801</v>
       </c>
       <c r="D202" s="1">
-        <v>5903351022774</v>
+        <v>5903351022835</v>
       </c>
       <c r="E202" t="s">
         <v>802</v>
       </c>
       <c r="F202">
-        <v>18</v>
+        <v>53</v>
       </c>
     </row>
     <row r="203" spans="1:18">
       <c r="A203" t="s">
         <v>803</v>
       </c>
       <c r="B203" t="s">
         <v>804</v>
       </c>
       <c r="C203" t="s">
         <v>805</v>
       </c>
       <c r="D203" s="1">
-        <v>5903351022781</v>
+        <v>5903351022842</v>
       </c>
       <c r="E203" t="s">
         <v>806</v>
       </c>
       <c r="F203">
-        <v>158</v>
+        <v>120</v>
       </c>
     </row>
     <row r="204" spans="1:18">
       <c r="A204" t="s">
         <v>807</v>
       </c>
       <c r="B204" t="s">
         <v>808</v>
       </c>
       <c r="C204" t="s">
         <v>809</v>
       </c>
-      <c r="D204" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="D204" s="1"/>
       <c r="E204" t="s">
-        <v>810</v>
+        <v>739</v>
       </c>
       <c r="F204">
-        <v>73</v>
+        <v>189</v>
       </c>
     </row>
     <row r="205" spans="1:18">
       <c r="A205" t="s">
+        <v>810</v>
+      </c>
+      <c r="B205" t="s">
         <v>811</v>
       </c>
-      <c r="B205" t="s">
+      <c r="C205" t="s">
         <v>812</v>
       </c>
-      <c r="C205" t="s">
+      <c r="D205" s="1">
+        <v>5903351011730</v>
+      </c>
+      <c r="E205" t="s">
         <v>813</v>
       </c>
-      <c r="D205" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F205">
-        <v>184</v>
+        <v>102</v>
       </c>
     </row>
     <row r="206" spans="1:18">
       <c r="A206" t="s">
+        <v>814</v>
+      </c>
+      <c r="B206" t="s">
         <v>815</v>
       </c>
-      <c r="B206" t="s">
+      <c r="C206" t="s">
         <v>816</v>
       </c>
-      <c r="C206" t="s">
+      <c r="D206" s="1">
+        <v>5903351011723</v>
+      </c>
+      <c r="E206" t="s">
         <v>817</v>
       </c>
-      <c r="D206" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F206">
-        <v>16</v>
+        <v>53</v>
       </c>
     </row>
     <row r="207" spans="1:18">
       <c r="A207" t="s">
+        <v>818</v>
+      </c>
+      <c r="B207" t="s">
         <v>819</v>
       </c>
-      <c r="B207" t="s">
+      <c r="C207" t="s">
         <v>820</v>
       </c>
-      <c r="C207" t="s">
+      <c r="D207" s="1">
+        <v>5903351011822</v>
+      </c>
+      <c r="E207" t="s">
         <v>821</v>
       </c>
-      <c r="D207" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F207">
-        <v>136</v>
+        <v>83</v>
       </c>
     </row>
     <row r="208" spans="1:18">
       <c r="A208" t="s">
+        <v>822</v>
+      </c>
+      <c r="B208" t="s">
         <v>823</v>
       </c>
-      <c r="B208" t="s">
+      <c r="C208" t="s">
         <v>824</v>
       </c>
-      <c r="C208" t="s">
+      <c r="D208" s="1">
+        <v>5903351025492</v>
+      </c>
+      <c r="E208" t="s">
         <v>825</v>
       </c>
-      <c r="D208" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F208">
-        <v>59</v>
+        <v>0</v>
       </c>
     </row>
     <row r="209" spans="1:18">
       <c r="A209" t="s">
+        <v>826</v>
+      </c>
+      <c r="B209" t="s">
         <v>827</v>
       </c>
-      <c r="B209" t="s">
+      <c r="C209" t="s">
         <v>828</v>
       </c>
-      <c r="C209" t="s">
+      <c r="D209" s="1">
+        <v>5903351025508</v>
+      </c>
+      <c r="E209" t="s">
         <v>829</v>
       </c>
-      <c r="D209" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F209">
-        <v>147</v>
+        <v>0</v>
       </c>
     </row>
     <row r="210" spans="1:18">
       <c r="A210" t="s">
+        <v>830</v>
+      </c>
+      <c r="B210" t="s">
         <v>831</v>
       </c>
-      <c r="B210" t="s">
+      <c r="C210" t="s">
         <v>832</v>
       </c>
-      <c r="C210" t="s">
+      <c r="D210" s="1">
+        <v>5903351025515</v>
+      </c>
+      <c r="E210" t="s">
         <v>833</v>
       </c>
-      <c r="D210" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F210">
-        <v>78</v>
+        <v>1</v>
       </c>
     </row>
     <row r="211" spans="1:18">
       <c r="A211" t="s">
+        <v>834</v>
+      </c>
+      <c r="B211" t="s">
         <v>835</v>
       </c>
-      <c r="B211" t="s">
+      <c r="C211" t="s">
         <v>836</v>
       </c>
-      <c r="C211" t="s">
+      <c r="D211" s="1">
+        <v>5903351010153</v>
+      </c>
+      <c r="E211" t="s">
         <v>837</v>
       </c>
-      <c r="D211" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F211">
-        <v>72</v>
+        <v>142</v>
       </c>
     </row>
     <row r="212" spans="1:18">
       <c r="A212" t="s">
+        <v>838</v>
+      </c>
+      <c r="B212" t="s">
         <v>839</v>
       </c>
-      <c r="B212" t="s">
+      <c r="C212" t="s">
         <v>840</v>
       </c>
-      <c r="C212" t="s">
+      <c r="D212" s="1">
+        <v>5903351010160</v>
+      </c>
+      <c r="E212" t="s">
         <v>841</v>
       </c>
-      <c r="D212" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F212">
-        <v>86</v>
+        <v>116</v>
       </c>
     </row>
     <row r="213" spans="1:18">
       <c r="A213" t="s">
+        <v>842</v>
+      </c>
+      <c r="B213" t="s">
         <v>843</v>
       </c>
-      <c r="B213" t="s">
+      <c r="C213" t="s">
         <v>844</v>
       </c>
-      <c r="C213" t="s">
+      <c r="D213" s="1">
+        <v>5903351003636</v>
+      </c>
+      <c r="E213" t="s">
         <v>845</v>
       </c>
-      <c r="D213" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F213">
-        <v>0</v>
+        <v>115</v>
       </c>
     </row>
     <row r="214" spans="1:18">
       <c r="A214" t="s">
+        <v>846</v>
+      </c>
+      <c r="B214" t="s">
         <v>847</v>
       </c>
-      <c r="B214" t="s">
+      <c r="C214" t="s">
         <v>848</v>
       </c>
-      <c r="C214" t="s">
+      <c r="D214" s="1">
+        <v>5903351003643</v>
+      </c>
+      <c r="E214" t="s">
         <v>849</v>
       </c>
-      <c r="D214" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F214">
-        <v>0</v>
+        <v>241</v>
       </c>
     </row>
     <row r="215" spans="1:18">
       <c r="A215" t="s">
+        <v>850</v>
+      </c>
+      <c r="B215" t="s">
         <v>851</v>
       </c>
-      <c r="B215" t="s">
+      <c r="C215" t="s">
         <v>852</v>
       </c>
-      <c r="C215" t="s">
+      <c r="D215" s="1">
+        <v>5903351004152</v>
+      </c>
+      <c r="E215" t="s">
         <v>853</v>
       </c>
-      <c r="D215" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F215">
-        <v>0</v>
+        <v>176</v>
       </c>
     </row>
     <row r="216" spans="1:18">
       <c r="A216" t="s">
+        <v>854</v>
+      </c>
+      <c r="B216" t="s">
         <v>855</v>
       </c>
-      <c r="B216" t="s">
+      <c r="C216" t="s">
         <v>856</v>
       </c>
-      <c r="C216" t="s">
+      <c r="D216" s="1">
+        <v>5903351005593</v>
+      </c>
+      <c r="E216" t="s">
         <v>857</v>
       </c>
-      <c r="D216" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F216">
-        <v>1</v>
+        <v>284</v>
       </c>
     </row>
     <row r="217" spans="1:18">
       <c r="A217" t="s">
+        <v>858</v>
+      </c>
+      <c r="B217" t="s">
         <v>859</v>
       </c>
-      <c r="B217" t="s">
+      <c r="C217" t="s">
         <v>860</v>
       </c>
-      <c r="C217" t="s">
+      <c r="D217" s="1">
+        <v>2010000176061</v>
+      </c>
+      <c r="E217" t="s">
         <v>861</v>
       </c>
-      <c r="D217" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F217">
-        <v>127</v>
+        <v>10</v>
       </c>
     </row>
     <row r="218" spans="1:18">
       <c r="A218" t="s">
+        <v>862</v>
+      </c>
+      <c r="B218" t="s">
         <v>863</v>
       </c>
-      <c r="B218" t="s">
+      <c r="C218" t="s">
         <v>864</v>
       </c>
-      <c r="C218" t="s">
+      <c r="D218" s="1">
+        <v>2010000175811</v>
+      </c>
+      <c r="E218" t="s">
         <v>865</v>
       </c>
-      <c r="D218" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F218">
-        <v>176</v>
+        <v>98</v>
       </c>
     </row>
     <row r="219" spans="1:18">
       <c r="A219" t="s">
+        <v>866</v>
+      </c>
+      <c r="B219" t="s">
         <v>867</v>
       </c>
-      <c r="B219" t="s">
+      <c r="C219" t="s">
         <v>868</v>
       </c>
-      <c r="C219" t="s">
+      <c r="D219" s="1">
+        <v>5903351000611</v>
+      </c>
+      <c r="E219" t="s">
         <v>869</v>
       </c>
-      <c r="D219" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F219">
-        <v>187</v>
+        <v>10</v>
       </c>
     </row>
     <row r="220" spans="1:18">
       <c r="A220" t="s">
+        <v>870</v>
+      </c>
+      <c r="B220" t="s">
         <v>871</v>
       </c>
-      <c r="B220" t="s">
+      <c r="C220" t="s">
         <v>872</v>
       </c>
-      <c r="C220" t="s">
+      <c r="D220" s="1">
+        <v>5903351000628</v>
+      </c>
+      <c r="E220" t="s">
         <v>873</v>
       </c>
-      <c r="D220" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F220">
-        <v>331</v>
+        <v>1</v>
       </c>
     </row>
     <row r="221" spans="1:18">
       <c r="A221" t="s">
+        <v>874</v>
+      </c>
+      <c r="B221" t="s">
         <v>875</v>
       </c>
-      <c r="B221" t="s">
+      <c r="C221" t="s">
         <v>876</v>
       </c>
-      <c r="C221" t="s">
+      <c r="D221" s="1">
+        <v>5903351000635</v>
+      </c>
+      <c r="E221" t="s">
         <v>877</v>
       </c>
-      <c r="D221" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F221">
-        <v>246</v>
+        <v>0</v>
       </c>
     </row>
     <row r="222" spans="1:18">
       <c r="A222" t="s">
+        <v>878</v>
+      </c>
+      <c r="B222" t="s">
         <v>879</v>
       </c>
-      <c r="B222" t="s">
+      <c r="C222" t="s">
         <v>880</v>
       </c>
-      <c r="C222" t="s">
+      <c r="D222" s="1">
+        <v>5903351012270</v>
+      </c>
+      <c r="E222" t="s">
         <v>881</v>
       </c>
-      <c r="D222" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F222">
-        <v>322</v>
+        <v>5</v>
       </c>
     </row>
     <row r="223" spans="1:18">
       <c r="A223" t="s">
+        <v>882</v>
+      </c>
+      <c r="B223" t="s">
         <v>883</v>
       </c>
-      <c r="B223" t="s">
+      <c r="C223" t="s">
         <v>884</v>
       </c>
-      <c r="C223" t="s">
+      <c r="D223" s="1">
+        <v>5903351012287</v>
+      </c>
+      <c r="E223" t="s">
         <v>885</v>
       </c>
-      <c r="D223" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F223">
-        <v>10</v>
+        <v>52</v>
       </c>
     </row>
     <row r="224" spans="1:18">
       <c r="A224" t="s">
+        <v>886</v>
+      </c>
+      <c r="B224" t="s">
         <v>887</v>
       </c>
-      <c r="B224" t="s">
+      <c r="C224" t="s">
         <v>888</v>
       </c>
-      <c r="C224" t="s">
+      <c r="D224" s="1">
+        <v>5903351002509</v>
+      </c>
+      <c r="E224" t="s">
         <v>889</v>
       </c>
-      <c r="D224" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F224">
-        <v>99</v>
+        <v>17</v>
       </c>
     </row>
     <row r="225" spans="1:18">
       <c r="A225" t="s">
+        <v>890</v>
+      </c>
+      <c r="B225" t="s">
         <v>891</v>
       </c>
-      <c r="B225" t="s">
+      <c r="C225" t="s">
         <v>892</v>
       </c>
-      <c r="C225" t="s">
+      <c r="D225" s="1">
+        <v>5903351011181</v>
+      </c>
+      <c r="E225" t="s">
         <v>893</v>
-      </c>
-[...4 lines deleted...]
-        <v>894</v>
       </c>
       <c r="F225">
         <v>0</v>
       </c>
     </row>
     <row r="226" spans="1:18">
       <c r="A226" t="s">
+        <v>894</v>
+      </c>
+      <c r="B226" t="s">
         <v>895</v>
       </c>
-      <c r="B226" t="s">
+      <c r="C226" t="s">
         <v>896</v>
       </c>
-      <c r="C226" t="s">
+      <c r="D226" s="1">
+        <v>5903351011228</v>
+      </c>
+      <c r="E226" t="s">
         <v>897</v>
-      </c>
-[...4 lines deleted...]
-        <v>898</v>
       </c>
       <c r="F226">
         <v>0</v>
       </c>
     </row>
     <row r="227" spans="1:18">
       <c r="A227" t="s">
+        <v>898</v>
+      </c>
+      <c r="B227" t="s">
         <v>899</v>
       </c>
-      <c r="B227" t="s">
+      <c r="C227" t="s">
         <v>900</v>
       </c>
-      <c r="C227" t="s">
+      <c r="D227" s="1">
+        <v>5903351011259</v>
+      </c>
+      <c r="E227" t="s">
         <v>901</v>
       </c>
-      <c r="D227" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F227">
-        <v>0</v>
+        <v>11</v>
       </c>
     </row>
     <row r="228" spans="1:18">
       <c r="A228" t="s">
+        <v>902</v>
+      </c>
+      <c r="B228" t="s">
         <v>903</v>
       </c>
-      <c r="B228" t="s">
+      <c r="C228" t="s">
         <v>904</v>
       </c>
-      <c r="C228" t="s">
+      <c r="D228" s="1">
+        <v>5903351012881</v>
+      </c>
+      <c r="E228" t="s">
         <v>905</v>
       </c>
-      <c r="D228" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F228">
-        <v>21</v>
+        <v>25</v>
       </c>
     </row>
     <row r="229" spans="1:18">
       <c r="A229" t="s">
+        <v>906</v>
+      </c>
+      <c r="B229" t="s">
         <v>907</v>
       </c>
-      <c r="B229" t="s">
+      <c r="C229" t="s">
         <v>908</v>
       </c>
-      <c r="C229" t="s">
+      <c r="D229" s="1">
+        <v>5903351011235</v>
+      </c>
+      <c r="E229" t="s">
         <v>909</v>
       </c>
-      <c r="D229" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F229">
-        <v>56</v>
+        <v>0</v>
       </c>
     </row>
     <row r="230" spans="1:18">
       <c r="A230" t="s">
+        <v>910</v>
+      </c>
+      <c r="B230" t="s">
         <v>911</v>
       </c>
-      <c r="B230" t="s">
+      <c r="C230" t="s">
         <v>912</v>
       </c>
-      <c r="C230" t="s">
+      <c r="D230" s="1">
+        <v>5903351011266</v>
+      </c>
+      <c r="E230" t="s">
         <v>913</v>
       </c>
-      <c r="D230" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F230">
-        <v>22</v>
+        <v>40</v>
       </c>
     </row>
     <row r="231" spans="1:18">
       <c r="A231" t="s">
+        <v>914</v>
+      </c>
+      <c r="B231" t="s">
         <v>915</v>
       </c>
-      <c r="B231" t="s">
+      <c r="C231" t="s">
         <v>916</v>
       </c>
-      <c r="C231" t="s">
+      <c r="D231" s="1">
+        <v>5903351003094</v>
+      </c>
+      <c r="E231" t="s">
         <v>917</v>
       </c>
-      <c r="D231" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F231">
-        <v>12</v>
+        <v>26</v>
       </c>
     </row>
     <row r="232" spans="1:18">
       <c r="A232" t="s">
+        <v>918</v>
+      </c>
+      <c r="B232" t="s">
         <v>919</v>
       </c>
-      <c r="B232" t="s">
+      <c r="C232" t="s">
         <v>920</v>
       </c>
-      <c r="C232" t="s">
+      <c r="D232" s="1">
+        <v>5903351000178</v>
+      </c>
+      <c r="E232" t="s">
         <v>921</v>
       </c>
-      <c r="D232" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F232">
-        <v>53</v>
+        <v>132</v>
       </c>
     </row>
     <row r="233" spans="1:18">
       <c r="A233" t="s">
+        <v>922</v>
+      </c>
+      <c r="B233" t="s">
         <v>923</v>
       </c>
-      <c r="B233" t="s">
+      <c r="C233" t="s">
         <v>924</v>
       </c>
-      <c r="C233" t="s">
+      <c r="D233" s="1">
+        <v>5903351013161</v>
+      </c>
+      <c r="E233" t="s">
         <v>925</v>
       </c>
-      <c r="D233" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F233">
-        <v>21</v>
+        <v>17</v>
       </c>
     </row>
     <row r="234" spans="1:18">
       <c r="A234" t="s">
+        <v>926</v>
+      </c>
+      <c r="B234" t="s">
         <v>927</v>
       </c>
-      <c r="B234" t="s">
+      <c r="C234" t="s">
         <v>928</v>
       </c>
-      <c r="C234" t="s">
+      <c r="D234" s="1">
+        <v>5903351013178</v>
+      </c>
+      <c r="E234" t="s">
         <v>929</v>
       </c>
-      <c r="D234" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F234">
-        <v>33</v>
+        <v>0</v>
       </c>
     </row>
     <row r="235" spans="1:18">
       <c r="A235" t="s">
+        <v>930</v>
+      </c>
+      <c r="B235" t="s">
         <v>931</v>
       </c>
-      <c r="B235" t="s">
+      <c r="C235" t="s">
         <v>932</v>
       </c>
-      <c r="C235" t="s">
+      <c r="D235" s="1">
+        <v>5903351013185</v>
+      </c>
+      <c r="E235" t="s">
         <v>933</v>
       </c>
-      <c r="D235" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F235">
-        <v>55</v>
+        <v>8</v>
       </c>
     </row>
     <row r="236" spans="1:18">
       <c r="A236" t="s">
+        <v>934</v>
+      </c>
+      <c r="B236" t="s">
         <v>935</v>
       </c>
-      <c r="B236" t="s">
+      <c r="C236" t="s">
         <v>936</v>
       </c>
-      <c r="C236" t="s">
+      <c r="D236" s="1">
+        <v>5903351013192</v>
+      </c>
+      <c r="E236" t="s">
         <v>937</v>
       </c>
-      <c r="D236" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F236">
-        <v>68</v>
+        <v>14</v>
       </c>
     </row>
     <row r="237" spans="1:18">
       <c r="A237" t="s">
+        <v>938</v>
+      </c>
+      <c r="B237" t="s">
         <v>939</v>
       </c>
-      <c r="B237" t="s">
+      <c r="C237" t="s">
         <v>940</v>
       </c>
-      <c r="C237" t="s">
+      <c r="D237" s="1">
+        <v>2010000175934</v>
+      </c>
+      <c r="E237" t="s">
         <v>941</v>
       </c>
-      <c r="D237" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F237">
-        <v>32</v>
+        <v>52</v>
       </c>
     </row>
     <row r="238" spans="1:18">
       <c r="A238" t="s">
+        <v>942</v>
+      </c>
+      <c r="B238" t="s">
         <v>943</v>
       </c>
-      <c r="B238" t="s">
+      <c r="C238" t="s">
         <v>944</v>
       </c>
-      <c r="C238" t="s">
+      <c r="D238" s="1">
+        <v>5903351013420</v>
+      </c>
+      <c r="E238" t="s">
         <v>945</v>
       </c>
-      <c r="D238" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F238">
-        <v>140</v>
+        <v>21</v>
       </c>
     </row>
     <row r="239" spans="1:18">
       <c r="A239" t="s">
+        <v>946</v>
+      </c>
+      <c r="B239" t="s">
         <v>947</v>
       </c>
-      <c r="B239" t="s">
+      <c r="C239" t="s">
         <v>948</v>
       </c>
-      <c r="C239" t="s">
+      <c r="D239" s="1">
+        <v>5903351001717</v>
+      </c>
+      <c r="E239" t="s">
         <v>949</v>
       </c>
-      <c r="D239" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F239">
-        <v>31</v>
+        <v>84</v>
       </c>
     </row>
     <row r="240" spans="1:18">
       <c r="A240" t="s">
+        <v>950</v>
+      </c>
+      <c r="B240" t="s">
         <v>951</v>
       </c>
-      <c r="B240" t="s">
+      <c r="C240" t="s">
         <v>952</v>
       </c>
-      <c r="C240" t="s">
+      <c r="D240" s="1">
+        <v>5903351010078</v>
+      </c>
+      <c r="E240" t="s">
         <v>953</v>
       </c>
-      <c r="D240" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F240">
-        <v>37</v>
+        <v>72</v>
       </c>
     </row>
     <row r="241" spans="1:18">
       <c r="A241" t="s">
+        <v>954</v>
+      </c>
+      <c r="B241" t="s">
         <v>955</v>
       </c>
-      <c r="B241" t="s">
+      <c r="C241" t="s">
         <v>956</v>
       </c>
-      <c r="C241" t="s">
+      <c r="D241" s="1">
+        <v>5903351001724</v>
+      </c>
+      <c r="E241" t="s">
         <v>957</v>
       </c>
-      <c r="D241" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F241">
-        <v>24</v>
+        <v>196</v>
       </c>
     </row>
     <row r="242" spans="1:18">
       <c r="A242" t="s">
+        <v>958</v>
+      </c>
+      <c r="B242" t="s">
         <v>959</v>
       </c>
-      <c r="B242" t="s">
+      <c r="C242" t="s">
         <v>960</v>
       </c>
-      <c r="C242" t="s">
+      <c r="D242" s="1">
+        <v>5903351010085</v>
+      </c>
+      <c r="E242" t="s">
         <v>961</v>
       </c>
-      <c r="D242" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F242">
-        <v>29</v>
+        <v>122</v>
       </c>
     </row>
     <row r="243" spans="1:18">
       <c r="A243" t="s">
+        <v>962</v>
+      </c>
+      <c r="B243" t="s">
         <v>963</v>
       </c>
-      <c r="B243" t="s">
+      <c r="C243" t="s">
         <v>964</v>
       </c>
-      <c r="C243" t="s">
+      <c r="D243" s="1">
+        <v>5903351014939</v>
+      </c>
+      <c r="E243" t="s">
         <v>965</v>
       </c>
-      <c r="D243" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F243">
-        <v>53</v>
+        <v>62</v>
       </c>
     </row>
     <row r="244" spans="1:18">
       <c r="A244" t="s">
+        <v>966</v>
+      </c>
+      <c r="B244" t="s">
         <v>967</v>
       </c>
-      <c r="B244" t="s">
+      <c r="C244" t="s">
         <v>968</v>
       </c>
-      <c r="C244" t="s">
+      <c r="D244" s="1">
+        <v>5903351004251</v>
+      </c>
+      <c r="E244" t="s">
         <v>969</v>
       </c>
-      <c r="D244" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F244">
-        <v>30</v>
+        <v>23</v>
       </c>
     </row>
     <row r="245" spans="1:18">
       <c r="A245" t="s">
+        <v>970</v>
+      </c>
+      <c r="B245" t="s">
         <v>971</v>
       </c>
-      <c r="B245" t="s">
+      <c r="C245" t="s">
         <v>972</v>
       </c>
-      <c r="C245" t="s">
+      <c r="D245" s="1">
+        <v>5903351013338</v>
+      </c>
+      <c r="E245" t="s">
         <v>973</v>
       </c>
-      <c r="D245" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F245">
-        <v>38</v>
+        <v>70</v>
       </c>
     </row>
     <row r="246" spans="1:18">
       <c r="A246" t="s">
+        <v>974</v>
+      </c>
+      <c r="B246" t="s">
         <v>975</v>
       </c>
-      <c r="B246" t="s">
+      <c r="C246" t="s">
         <v>976</v>
       </c>
-      <c r="C246" t="s">
+      <c r="D246" s="1">
+        <v>5903351012720</v>
+      </c>
+      <c r="E246" t="s">
         <v>977</v>
       </c>
-      <c r="D246" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F246">
-        <v>13</v>
+        <v>40</v>
       </c>
     </row>
     <row r="247" spans="1:18">
       <c r="A247" t="s">
+        <v>978</v>
+      </c>
+      <c r="B247" t="s">
         <v>979</v>
       </c>
-      <c r="B247" t="s">
+      <c r="C247" t="s">
         <v>980</v>
       </c>
-      <c r="C247" t="s">
+      <c r="D247" s="1">
+        <v>5903351024150</v>
+      </c>
+      <c r="E247" t="s">
         <v>981</v>
       </c>
-      <c r="D247" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F247">
-        <v>43</v>
+        <v>40</v>
       </c>
     </row>
     <row r="248" spans="1:18">
       <c r="A248" t="s">
+        <v>982</v>
+      </c>
+      <c r="B248" t="s">
         <v>983</v>
       </c>
-      <c r="B248" t="s">
+      <c r="C248" t="s">
         <v>984</v>
       </c>
-      <c r="C248" t="s">
+      <c r="D248" s="1">
+        <v>5903351025355</v>
+      </c>
+      <c r="E248" t="s">
         <v>985</v>
       </c>
-      <c r="D248" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F248">
-        <v>66</v>
+        <v>42</v>
       </c>
     </row>
     <row r="249" spans="1:18">
       <c r="A249" t="s">
+        <v>986</v>
+      </c>
+      <c r="B249" t="s">
         <v>987</v>
       </c>
-      <c r="B249" t="s">
+      <c r="C249" t="s">
         <v>988</v>
       </c>
-      <c r="C249" t="s">
+      <c r="D249" s="1">
+        <v>5903351025348</v>
+      </c>
+      <c r="E249" t="s">
         <v>989</v>
       </c>
-      <c r="D249" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F249">
-        <v>86</v>
+        <v>14</v>
       </c>
     </row>
     <row r="250" spans="1:18">
       <c r="A250" t="s">
+        <v>990</v>
+      </c>
+      <c r="B250" t="s">
         <v>991</v>
       </c>
-      <c r="B250" t="s">
+      <c r="C250" t="s">
         <v>992</v>
       </c>
-      <c r="C250" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D250" s="1">
-        <v>5903351004251</v>
-[...2 lines deleted...]
-        <v>994</v>
+        <v>5903351012522</v>
       </c>
       <c r="F250">
-        <v>23</v>
+        <v>0</v>
       </c>
     </row>
     <row r="251" spans="1:18">
       <c r="A251" t="s">
+        <v>993</v>
+      </c>
+      <c r="B251" t="s">
+        <v>994</v>
+      </c>
+      <c r="C251" t="s">
         <v>995</v>
       </c>
-      <c r="B251" t="s">
+      <c r="D251" s="1">
+        <v>5903351012546</v>
+      </c>
+      <c r="E251" t="s">
         <v>996</v>
       </c>
-      <c r="C251" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F251">
-        <v>81</v>
+        <v>12</v>
       </c>
     </row>
     <row r="252" spans="1:18">
       <c r="A252" t="s">
+        <v>997</v>
+      </c>
+      <c r="B252" t="s">
+        <v>998</v>
+      </c>
+      <c r="C252" t="s">
         <v>999</v>
       </c>
-      <c r="B252" t="s">
+      <c r="D252" s="1">
+        <v>5903351012553</v>
+      </c>
+      <c r="E252" t="s">
         <v>1000</v>
       </c>
-      <c r="C252" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F252">
-        <v>106</v>
+        <v>8</v>
       </c>
     </row>
     <row r="253" spans="1:18">
       <c r="A253" t="s">
+        <v>1001</v>
+      </c>
+      <c r="B253" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C253" t="s">
         <v>1003</v>
       </c>
-      <c r="B253" t="s">
+      <c r="D253" s="1">
+        <v>5903351012560</v>
+      </c>
+      <c r="E253" t="s">
         <v>1004</v>
       </c>
-      <c r="C253" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F253">
-        <v>69</v>
+        <v>8</v>
       </c>
     </row>
     <row r="254" spans="1:18">
       <c r="A254" t="s">
+        <v>1005</v>
+      </c>
+      <c r="B254" t="s">
+        <v>1006</v>
+      </c>
+      <c r="C254" t="s">
         <v>1007</v>
       </c>
-      <c r="B254" t="s">
+      <c r="D254" s="1">
+        <v>5903351012584</v>
+      </c>
+      <c r="E254" t="s">
         <v>1008</v>
       </c>
-      <c r="C254" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F254">
-        <v>98</v>
+        <v>2</v>
       </c>
     </row>
     <row r="255" spans="1:18">
       <c r="A255" t="s">
+        <v>1009</v>
+      </c>
+      <c r="B255" t="s">
+        <v>1010</v>
+      </c>
+      <c r="C255" t="s">
         <v>1011</v>
       </c>
-      <c r="B255" t="s">
+      <c r="D255" s="1">
+        <v>5903351012614</v>
+      </c>
+      <c r="E255" t="s">
         <v>1012</v>
-      </c>
-[...7 lines deleted...]
-        <v>1014</v>
       </c>
       <c r="F255">
         <v>0</v>
       </c>
     </row>
     <row r="256" spans="1:18">
       <c r="A256" t="s">
+        <v>1013</v>
+      </c>
+      <c r="B256" t="s">
+        <v>1014</v>
+      </c>
+      <c r="C256" t="s">
         <v>1015</v>
       </c>
-      <c r="B256" t="s">
+      <c r="D256" s="1">
+        <v>5903351012621</v>
+      </c>
+      <c r="E256" t="s">
         <v>1016</v>
       </c>
-      <c r="C256" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F256">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="257" spans="1:18">
       <c r="A257" t="s">
+        <v>1017</v>
+      </c>
+      <c r="B257" t="s">
         <v>1018</v>
       </c>
-      <c r="B257" t="s">
+      <c r="C257" t="s">
         <v>1019</v>
       </c>
-      <c r="C257" t="s">
+      <c r="D257" s="1">
+        <v>5903351012607</v>
+      </c>
+      <c r="E257" t="s">
         <v>1020</v>
       </c>
-      <c r="D257" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F257">
-        <v>18</v>
+        <v>0</v>
       </c>
     </row>
     <row r="258" spans="1:18">
       <c r="A258" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B258" t="s">
         <v>1022</v>
       </c>
-      <c r="B258" t="s">
+      <c r="C258" t="s">
         <v>1023</v>
       </c>
-      <c r="C258" t="s">
+      <c r="D258" s="1">
+        <v>5903351023177</v>
+      </c>
+      <c r="E258" t="s">
         <v>1024</v>
       </c>
-      <c r="D258" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F258">
-        <v>12</v>
+        <v>79</v>
       </c>
     </row>
     <row r="259" spans="1:18">
       <c r="A259" t="s">
+        <v>1025</v>
+      </c>
+      <c r="B259" t="s">
         <v>1026</v>
       </c>
-      <c r="B259" t="s">
+      <c r="C259" t="s">
         <v>1027</v>
       </c>
-      <c r="C259" t="s">
+      <c r="D259" s="1"/>
+      <c r="E259" t="s">
         <v>1028</v>
       </c>
-      <c r="D259" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F259">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="260" spans="1:18">
       <c r="A260" t="s">
+        <v>1029</v>
+      </c>
+      <c r="B260" t="s">
         <v>1030</v>
       </c>
-      <c r="B260" t="s">
+      <c r="C260" t="s">
         <v>1031</v>
       </c>
-      <c r="C260" t="s">
+      <c r="D260" s="1"/>
+      <c r="E260" t="s">
         <v>1032</v>
-      </c>
-[...4 lines deleted...]
-        <v>1033</v>
       </c>
       <c r="F260">
         <v>6</v>
       </c>
     </row>
     <row r="261" spans="1:18">
       <c r="A261" t="s">
+        <v>1033</v>
+      </c>
+      <c r="B261" t="s">
         <v>1034</v>
       </c>
-      <c r="B261" t="s">
+      <c r="C261" t="s">
         <v>1035</v>
       </c>
-      <c r="C261" t="s">
+      <c r="D261" s="1">
+        <v>5903351006279</v>
+      </c>
+      <c r="E261" t="s">
         <v>1036</v>
       </c>
-      <c r="D261" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F261">
-        <v>1</v>
+        <v>27</v>
       </c>
     </row>
     <row r="262" spans="1:18">
       <c r="A262" t="s">
+        <v>1037</v>
+      </c>
+      <c r="B262" t="s">
         <v>1038</v>
       </c>
-      <c r="B262" t="s">
+      <c r="C262" t="s">
         <v>1039</v>
       </c>
-      <c r="C262" t="s">
+      <c r="D262" s="1">
+        <v>5903351006576</v>
+      </c>
+      <c r="E262" t="s">
         <v>1040</v>
       </c>
-      <c r="D262" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F262">
-        <v>6</v>
+        <v>0</v>
       </c>
     </row>
     <row r="263" spans="1:18">
       <c r="A263" t="s">
+        <v>1041</v>
+      </c>
+      <c r="B263" t="s">
         <v>1042</v>
       </c>
-      <c r="B263" t="s">
+      <c r="C263" t="s">
         <v>1043</v>
       </c>
-      <c r="C263" t="s">
+      <c r="D263" s="1">
+        <v>5903351006583</v>
+      </c>
+      <c r="E263" t="s">
         <v>1044</v>
       </c>
-      <c r="D263" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F263">
-        <v>4</v>
+        <v>0</v>
       </c>
     </row>
     <row r="264" spans="1:18">
       <c r="A264" t="s">
+        <v>1045</v>
+      </c>
+      <c r="B264" t="s">
         <v>1046</v>
       </c>
-      <c r="B264" t="s">
+      <c r="C264" t="s">
         <v>1047</v>
       </c>
-      <c r="C264" t="s">
+      <c r="D264" s="1"/>
+      <c r="E264" t="s">
         <v>1048</v>
       </c>
-      <c r="D264" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F264">
-        <v>100</v>
+        <v>15</v>
       </c>
     </row>
     <row r="265" spans="1:18">
       <c r="A265" t="s">
+        <v>1049</v>
+      </c>
+      <c r="B265" t="s">
         <v>1050</v>
       </c>
-      <c r="B265" t="s">
+      <c r="C265" t="s">
         <v>1051</v>
       </c>
-      <c r="C265" t="s">
+      <c r="D265" s="1">
+        <v>5903351004305</v>
+      </c>
+      <c r="E265" t="s">
         <v>1052</v>
       </c>
-      <c r="D265" s="1"/>
-[...2 lines deleted...]
-      </c>
       <c r="F265">
-        <v>38</v>
+        <v>0</v>
       </c>
     </row>
     <row r="266" spans="1:18">
       <c r="A266" t="s">
+        <v>1053</v>
+      </c>
+      <c r="B266" t="s">
         <v>1054</v>
       </c>
-      <c r="B266" t="s">
+      <c r="C266" t="s">
         <v>1055</v>
       </c>
-      <c r="C266" t="s">
+      <c r="D266" s="1">
+        <v>5903351011334</v>
+      </c>
+      <c r="E266" t="s">
         <v>1056</v>
       </c>
-      <c r="D266" s="1"/>
-[...2 lines deleted...]
-      </c>
       <c r="F266">
-        <v>14</v>
+        <v>2</v>
       </c>
     </row>
     <row r="267" spans="1:18">
       <c r="A267" t="s">
+        <v>1057</v>
+      </c>
+      <c r="B267" t="s">
         <v>1058</v>
       </c>
-      <c r="B267" t="s">
+      <c r="C267" t="s">
         <v>1059</v>
       </c>
-      <c r="C267" t="s">
+      <c r="D267" s="1">
+        <v>5903351007450</v>
+      </c>
+      <c r="E267" t="s">
         <v>1060</v>
       </c>
-      <c r="D267" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F267">
-        <v>25</v>
+        <v>1</v>
       </c>
     </row>
     <row r="268" spans="1:18">
       <c r="A268" t="s">
+        <v>1061</v>
+      </c>
+      <c r="B268" t="s">
         <v>1062</v>
       </c>
-      <c r="B268" t="s">
+      <c r="C268" t="s">
         <v>1063</v>
       </c>
-      <c r="C268" t="s">
+      <c r="D268" s="1">
+        <v>5903351011341</v>
+      </c>
+      <c r="E268" t="s">
         <v>1064</v>
-      </c>
-[...4 lines deleted...]
-        <v>1065</v>
       </c>
       <c r="F268">
         <v>0</v>
       </c>
     </row>
     <row r="269" spans="1:18">
       <c r="A269" t="s">
+        <v>1065</v>
+      </c>
+      <c r="B269" t="s">
         <v>1066</v>
       </c>
-      <c r="B269" t="s">
+      <c r="C269" t="s">
         <v>1067</v>
       </c>
-      <c r="C269" t="s">
+      <c r="D269" s="1">
+        <v>5903351023719</v>
+      </c>
+      <c r="E269" t="s">
         <v>1068</v>
-      </c>
-[...4 lines deleted...]
-        <v>1069</v>
       </c>
       <c r="F269">
         <v>3</v>
       </c>
     </row>
     <row r="270" spans="1:18">
       <c r="A270" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B270" t="s">
         <v>1070</v>
       </c>
-      <c r="B270" t="s">
+      <c r="C270" t="s">
         <v>1071</v>
       </c>
-      <c r="C270" t="s">
+      <c r="D270" s="1">
+        <v>5903351023726</v>
+      </c>
+      <c r="E270" t="s">
         <v>1072</v>
       </c>
-      <c r="D270" s="1"/>
-[...2 lines deleted...]
-      </c>
       <c r="F270">
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row r="271" spans="1:18">
       <c r="A271" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B271" t="s">
         <v>1074</v>
       </c>
-      <c r="B271" t="s">
+      <c r="C271" t="s">
         <v>1075</v>
       </c>
-      <c r="C271" t="s">
+      <c r="D271" s="1">
+        <v>5903351023733</v>
+      </c>
+      <c r="E271" t="s">
         <v>1076</v>
-      </c>
-[...4 lines deleted...]
-        <v>1077</v>
       </c>
       <c r="F271">
         <v>2</v>
       </c>
     </row>
     <row r="272" spans="1:18">
       <c r="A272" t="s">
+        <v>1077</v>
+      </c>
+      <c r="B272" t="s">
         <v>1078</v>
       </c>
-      <c r="B272" t="s">
+      <c r="C272" t="s">
         <v>1079</v>
       </c>
-      <c r="C272" t="s">
+      <c r="D272" s="1">
+        <v>5903351023740</v>
+      </c>
+      <c r="E272" t="s">
         <v>1080</v>
       </c>
-      <c r="D272" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F272">
-        <v>20</v>
+        <v>34</v>
       </c>
     </row>
     <row r="273" spans="1:18">
       <c r="A273" t="s">
+        <v>1081</v>
+      </c>
+      <c r="B273" t="s">
         <v>1082</v>
       </c>
-      <c r="B273" t="s">
+      <c r="C273" t="s">
         <v>1083</v>
       </c>
-      <c r="C273" t="s">
+      <c r="D273" s="1">
+        <v>5903351023757</v>
+      </c>
+      <c r="E273" t="s">
         <v>1084</v>
       </c>
-      <c r="D273" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F273">
-        <v>3</v>
+        <v>26</v>
       </c>
     </row>
     <row r="274" spans="1:18">
       <c r="A274" t="s">
+        <v>1085</v>
+      </c>
+      <c r="B274" t="s">
         <v>1086</v>
       </c>
-      <c r="B274" t="s">
+      <c r="C274" t="s">
         <v>1087</v>
       </c>
-      <c r="C274" t="s">
+      <c r="D274" s="1">
+        <v>5903351020688</v>
+      </c>
+      <c r="E274" t="s">
         <v>1088</v>
       </c>
-      <c r="D274" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F274">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="275" spans="1:18">
       <c r="A275" t="s">
+        <v>1089</v>
+      </c>
+      <c r="B275" t="s">
         <v>1090</v>
       </c>
-      <c r="B275" t="s">
+      <c r="C275" t="s">
         <v>1091</v>
       </c>
-      <c r="C275" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D275" s="1"/>
       <c r="E275" t="s">
-        <v>1093</v>
+        <v>1088</v>
       </c>
       <c r="F275">
-        <v>26</v>
+        <v>143</v>
       </c>
     </row>
     <row r="276" spans="1:18">
       <c r="A276" t="s">
+        <v>1092</v>
+      </c>
+      <c r="B276" t="s">
+        <v>1093</v>
+      </c>
+      <c r="C276" t="s">
         <v>1094</v>
       </c>
-      <c r="B276" t="s">
+      <c r="D276" s="1">
+        <v>5903351020695</v>
+      </c>
+      <c r="E276" t="s">
         <v>1095</v>
       </c>
-      <c r="C276" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F276">
-        <v>26</v>
+        <v>0</v>
       </c>
     </row>
     <row r="277" spans="1:18">
       <c r="A277" t="s">
+        <v>1096</v>
+      </c>
+      <c r="B277" t="s">
+        <v>1097</v>
+      </c>
+      <c r="C277" t="s">
         <v>1098</v>
       </c>
-      <c r="B277" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D277" s="1"/>
       <c r="E277" t="s">
-        <v>1101</v>
+        <v>1095</v>
       </c>
       <c r="F277">
-        <v>9</v>
+        <v>144</v>
       </c>
     </row>
     <row r="278" spans="1:18">
       <c r="A278" t="s">
+        <v>1099</v>
+      </c>
+      <c r="B278" t="s">
+        <v>1100</v>
+      </c>
+      <c r="C278" t="s">
+        <v>1101</v>
+      </c>
+      <c r="D278" s="1">
+        <v>5903351000598</v>
+      </c>
+      <c r="E278" t="s">
         <v>1102</v>
       </c>
-      <c r="B278" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F278">
-        <v>39</v>
+        <v>0</v>
       </c>
     </row>
     <row r="279" spans="1:18">
       <c r="A279" t="s">
+        <v>1103</v>
+      </c>
+      <c r="B279" t="s">
+        <v>1104</v>
+      </c>
+      <c r="C279" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D279" s="1">
+        <v>5903351000581</v>
+      </c>
+      <c r="E279" t="s">
         <v>1106</v>
       </c>
-      <c r="B279" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F279">
-        <v>37</v>
+        <v>18</v>
       </c>
     </row>
     <row r="280" spans="1:18">
       <c r="A280" t="s">
+        <v>1107</v>
+      </c>
+      <c r="B280" t="s">
+        <v>1108</v>
+      </c>
+      <c r="C280" t="s">
+        <v>1109</v>
+      </c>
+      <c r="D280" s="1">
+        <v>5903351007207</v>
+      </c>
+      <c r="E280" t="s">
         <v>1110</v>
       </c>
-      <c r="B280" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F280">
-        <v>5</v>
+        <v>22</v>
       </c>
     </row>
     <row r="281" spans="1:18">
       <c r="A281" t="s">
+        <v>1111</v>
+      </c>
+      <c r="B281" t="s">
+        <v>1112</v>
+      </c>
+      <c r="C281" t="s">
+        <v>1113</v>
+      </c>
+      <c r="D281" s="1">
+        <v>5903351004541</v>
+      </c>
+      <c r="E281" t="s">
         <v>1114</v>
       </c>
-      <c r="B281" t="s">
-[...8 lines deleted...]
-      </c>
       <c r="F281">
-        <v>157</v>
+        <v>119</v>
       </c>
     </row>
     <row r="282" spans="1:18">
       <c r="A282" t="s">
+        <v>1115</v>
+      </c>
+      <c r="B282" t="s">
+        <v>1116</v>
+      </c>
+      <c r="C282" t="s">
         <v>1117</v>
       </c>
-      <c r="B282" t="s">
+      <c r="D282" s="1">
+        <v>5903351007184</v>
+      </c>
+      <c r="E282" t="s">
         <v>1118</v>
       </c>
-      <c r="C282" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F282">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="283" spans="1:18">
       <c r="A283" t="s">
+        <v>1119</v>
+      </c>
+      <c r="B283" t="s">
+        <v>1120</v>
+      </c>
+      <c r="C283" t="s">
         <v>1121</v>
       </c>
-      <c r="B283" t="s">
+      <c r="D283" s="1">
+        <v>5903351000567</v>
+      </c>
+      <c r="E283" t="s">
         <v>1122</v>
       </c>
-      <c r="C283" t="s">
-[...5 lines deleted...]
-      </c>
       <c r="F283">
-        <v>156</v>
+        <v>33</v>
       </c>
     </row>
     <row r="284" spans="1:18">
       <c r="A284" t="s">
+        <v>1123</v>
+      </c>
+      <c r="B284" t="s">
         <v>1124</v>
       </c>
-      <c r="B284" t="s">
+      <c r="C284" t="s">
         <v>1125</v>
       </c>
-      <c r="C284" t="s">
+      <c r="D284" s="1">
+        <v>5903351000574</v>
+      </c>
+      <c r="E284" t="s">
         <v>1126</v>
       </c>
-      <c r="D284" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F284">
-        <v>0</v>
+        <v>39</v>
       </c>
     </row>
     <row r="285" spans="1:18">
       <c r="A285" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B285" t="s">
         <v>1128</v>
       </c>
-      <c r="B285" t="s">
+      <c r="C285" t="s">
         <v>1129</v>
       </c>
-      <c r="C285" t="s">
+      <c r="D285" s="1">
+        <v>5903351013031</v>
+      </c>
+      <c r="E285" t="s">
         <v>1130</v>
       </c>
-      <c r="D285" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F285">
-        <v>23</v>
+        <v>29</v>
       </c>
     </row>
     <row r="286" spans="1:18">
       <c r="A286" t="s">
+        <v>1131</v>
+      </c>
+      <c r="B286" t="s">
         <v>1132</v>
       </c>
-      <c r="B286" t="s">
+      <c r="C286" t="s">
         <v>1133</v>
       </c>
-      <c r="C286" t="s">
+      <c r="D286" s="1">
+        <v>5903351012782</v>
+      </c>
+      <c r="E286" t="s">
         <v>1134</v>
       </c>
-      <c r="D286" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F286">
-        <v>24</v>
+        <v>10</v>
       </c>
     </row>
     <row r="287" spans="1:18">
       <c r="A287" t="s">
+        <v>1135</v>
+      </c>
+      <c r="B287" t="s">
         <v>1136</v>
       </c>
-      <c r="B287" t="s">
+      <c r="C287" t="s">
         <v>1137</v>
       </c>
-      <c r="C287" t="s">
+      <c r="D287" s="1">
+        <v>5903351003728</v>
+      </c>
+      <c r="E287" t="s">
         <v>1138</v>
       </c>
-      <c r="D287" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F287">
-        <v>155</v>
+        <v>82</v>
       </c>
     </row>
     <row r="288" spans="1:18">
       <c r="A288" t="s">
+        <v>1139</v>
+      </c>
+      <c r="B288" t="s">
         <v>1140</v>
       </c>
-      <c r="B288" t="s">
+      <c r="C288" t="s">
         <v>1141</v>
       </c>
-      <c r="C288" t="s">
+      <c r="D288" s="1">
+        <v>5903351025379</v>
+      </c>
+      <c r="E288" t="s">
         <v>1142</v>
       </c>
-      <c r="D288" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F288">
-        <v>5</v>
+        <v>87</v>
       </c>
     </row>
     <row r="289" spans="1:18">
       <c r="A289" t="s">
+        <v>1143</v>
+      </c>
+      <c r="B289" t="s">
         <v>1144</v>
       </c>
-      <c r="B289" t="s">
+      <c r="C289" t="s">
         <v>1145</v>
       </c>
-      <c r="C289" t="s">
+      <c r="D289" s="1">
+        <v>5903351025386</v>
+      </c>
+      <c r="E289" t="s">
         <v>1146</v>
       </c>
-      <c r="D289" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F289">
-        <v>16</v>
+        <v>87</v>
       </c>
     </row>
     <row r="290" spans="1:18">
       <c r="A290" t="s">
+        <v>1147</v>
+      </c>
+      <c r="B290" t="s">
         <v>1148</v>
       </c>
-      <c r="B290" t="s">
+      <c r="C290" t="s">
         <v>1149</v>
       </c>
-      <c r="C290" t="s">
+      <c r="D290" s="1">
+        <v>5903351025393</v>
+      </c>
+      <c r="E290" t="s">
         <v>1150</v>
       </c>
-      <c r="D290" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F290">
-        <v>43</v>
+        <v>91</v>
       </c>
     </row>
     <row r="291" spans="1:18">
       <c r="A291" t="s">
+        <v>1151</v>
+      </c>
+      <c r="B291" t="s">
         <v>1152</v>
       </c>
-      <c r="B291" t="s">
+      <c r="C291" t="s">
         <v>1153</v>
       </c>
-      <c r="C291" t="s">
+      <c r="D291" s="1">
+        <v>5903351025409</v>
+      </c>
+      <c r="E291" t="s">
         <v>1154</v>
       </c>
-      <c r="D291" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F291">
-        <v>30</v>
+        <v>91</v>
       </c>
     </row>
     <row r="292" spans="1:18">
       <c r="A292" t="s">
+        <v>1155</v>
+      </c>
+      <c r="B292" t="s">
         <v>1156</v>
       </c>
-      <c r="B292" t="s">
+      <c r="C292" t="s">
         <v>1157</v>
       </c>
-      <c r="C292" t="s">
+      <c r="D292" s="1">
+        <v>5903351007122</v>
+      </c>
+      <c r="E292" t="s">
         <v>1158</v>
       </c>
-      <c r="D292" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F292">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="293" spans="1:18">
       <c r="A293" t="s">
+        <v>1159</v>
+      </c>
+      <c r="B293" t="s">
         <v>1160</v>
       </c>
-      <c r="B293" t="s">
+      <c r="C293" t="s">
         <v>1161</v>
       </c>
-      <c r="C293" t="s">
+      <c r="D293" s="1">
+        <v>5903351007108</v>
+      </c>
+      <c r="E293" t="s">
         <v>1162</v>
       </c>
-      <c r="D293" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F293">
-        <v>0</v>
+        <v>8</v>
       </c>
     </row>
     <row r="294" spans="1:18">
       <c r="A294" t="s">
+        <v>1163</v>
+      </c>
+      <c r="B294" t="s">
         <v>1164</v>
       </c>
-      <c r="B294" t="s">
+      <c r="C294" t="s">
         <v>1165</v>
       </c>
-      <c r="C294" t="s">
+      <c r="D294" s="1">
+        <v>5903351012324</v>
+      </c>
+      <c r="E294" t="s">
         <v>1166</v>
       </c>
-      <c r="D294" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F294">
-        <v>83</v>
+        <v>0</v>
       </c>
     </row>
     <row r="295" spans="1:18">
       <c r="A295" t="s">
+        <v>1167</v>
+      </c>
+      <c r="B295" t="s">
         <v>1168</v>
       </c>
-      <c r="B295" t="s">
+      <c r="C295" t="s">
         <v>1169</v>
       </c>
-      <c r="C295" t="s">
+      <c r="D295" s="1">
+        <v>5903351007115</v>
+      </c>
+      <c r="E295" t="s">
         <v>1170</v>
       </c>
-      <c r="D295" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F295">
-        <v>0</v>
+        <v>12</v>
       </c>
     </row>
     <row r="296" spans="1:18">
       <c r="A296" t="s">
+        <v>1171</v>
+      </c>
+      <c r="B296" t="s">
         <v>1172</v>
       </c>
-      <c r="B296" t="s">
+      <c r="C296" t="s">
         <v>1173</v>
       </c>
-      <c r="C296" t="s">
+      <c r="D296" s="1">
+        <v>5903351011976</v>
+      </c>
+      <c r="E296" t="s">
         <v>1174</v>
       </c>
-      <c r="D296" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F296">
-        <v>1</v>
+        <v>137</v>
       </c>
     </row>
     <row r="297" spans="1:18">
       <c r="A297" t="s">
+        <v>1175</v>
+      </c>
+      <c r="B297" t="s">
         <v>1176</v>
       </c>
-      <c r="B297" t="s">
+      <c r="C297" t="s">
         <v>1177</v>
       </c>
-      <c r="C297" t="s">
+      <c r="D297" s="1">
+        <v>5903351024037</v>
+      </c>
+      <c r="E297" t="s">
         <v>1178</v>
       </c>
-      <c r="D297" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F297">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="298" spans="1:18">
       <c r="A298" t="s">
+        <v>1179</v>
+      </c>
+      <c r="B298" t="s">
         <v>1180</v>
       </c>
-      <c r="B298" t="s">
+      <c r="C298" t="s">
         <v>1181</v>
       </c>
-      <c r="C298" t="s">
+      <c r="D298" s="1">
+        <v>5903351024044</v>
+      </c>
+      <c r="E298" t="s">
         <v>1182</v>
       </c>
-      <c r="D298" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F298">
-        <v>0</v>
+        <v>17</v>
       </c>
     </row>
     <row r="299" spans="1:18">
       <c r="A299" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B299" t="s">
         <v>1184</v>
       </c>
-      <c r="B299" t="s">
+      <c r="C299" t="s">
         <v>1185</v>
       </c>
-      <c r="C299" t="s">
+      <c r="D299" s="1">
+        <v>5903351024013</v>
+      </c>
+      <c r="E299" t="s">
         <v>1186</v>
       </c>
-      <c r="D299" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F299">
-        <v>0</v>
+        <v>18</v>
       </c>
     </row>
     <row r="300" spans="1:18">
       <c r="A300" t="s">
+        <v>1187</v>
+      </c>
+      <c r="B300" t="s">
         <v>1188</v>
       </c>
-      <c r="B300" t="s">
+      <c r="C300" t="s">
         <v>1189</v>
       </c>
-      <c r="C300" t="s">
+      <c r="D300" s="1">
+        <v>5903351024020</v>
+      </c>
+      <c r="E300" t="s">
         <v>1190</v>
       </c>
-      <c r="D300" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F300">
-        <v>0</v>
+        <v>142</v>
       </c>
     </row>
     <row r="301" spans="1:18">
       <c r="A301" t="s">
+        <v>1191</v>
+      </c>
+      <c r="B301" t="s">
         <v>1192</v>
       </c>
-      <c r="B301" t="s">
+      <c r="C301" t="s">
         <v>1193</v>
       </c>
-      <c r="C301" t="s">
+      <c r="D301" s="1">
+        <v>5903351025423</v>
+      </c>
+      <c r="E301" t="s">
         <v>1194</v>
       </c>
-      <c r="D301" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F301">
-        <v>6</v>
+        <v>85</v>
       </c>
     </row>
     <row r="302" spans="1:18">
       <c r="A302" t="s">
+        <v>1195</v>
+      </c>
+      <c r="B302" t="s">
         <v>1196</v>
       </c>
-      <c r="B302" t="s">
+      <c r="C302" t="s">
         <v>1197</v>
       </c>
-      <c r="C302" t="s">
+      <c r="D302" s="1">
+        <v>5903351025324</v>
+      </c>
+      <c r="E302" t="s">
         <v>1198</v>
       </c>
-      <c r="D302" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F302">
-        <v>12</v>
+        <v>75</v>
       </c>
     </row>
     <row r="303" spans="1:18">
       <c r="A303" t="s">
+        <v>1199</v>
+      </c>
+      <c r="B303" t="s">
         <v>1200</v>
       </c>
-      <c r="B303" t="s">
+      <c r="C303" t="s">
         <v>1201</v>
       </c>
-      <c r="C303" t="s">
+      <c r="D303" s="1">
+        <v>5903351010108</v>
+      </c>
+      <c r="E303" t="s">
         <v>1202</v>
       </c>
-      <c r="D303" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F303">
-        <v>146</v>
+        <v>0</v>
       </c>
     </row>
     <row r="304" spans="1:18">
       <c r="A304" t="s">
+        <v>1203</v>
+      </c>
+      <c r="B304" t="s">
         <v>1204</v>
       </c>
-      <c r="B304" t="s">
+      <c r="C304" t="s">
         <v>1205</v>
       </c>
-      <c r="C304" t="s">
+      <c r="D304" s="1">
+        <v>5903351010115</v>
+      </c>
+      <c r="E304" t="s">
         <v>1206</v>
       </c>
-      <c r="D304" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F304">
-        <v>104</v>
+        <v>4</v>
       </c>
     </row>
     <row r="305" spans="1:18">
       <c r="A305" t="s">
+        <v>1207</v>
+      </c>
+      <c r="B305" t="s">
         <v>1208</v>
       </c>
-      <c r="B305" t="s">
+      <c r="C305" t="s">
         <v>1209</v>
       </c>
-      <c r="C305" t="s">
+      <c r="D305" s="1">
+        <v>5903351010146</v>
+      </c>
+      <c r="E305" t="s">
         <v>1210</v>
       </c>
-      <c r="D305" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F305">
-        <v>110</v>
+        <v>3</v>
       </c>
     </row>
     <row r="306" spans="1:18">
       <c r="A306" t="s">
+        <v>1211</v>
+      </c>
+      <c r="B306" t="s">
         <v>1212</v>
       </c>
-      <c r="B306" t="s">
+      <c r="C306" t="s">
         <v>1213</v>
       </c>
-      <c r="C306" t="s">
+      <c r="D306" s="1">
+        <v>2010000175927</v>
+      </c>
+      <c r="E306" t="s">
         <v>1214</v>
       </c>
-      <c r="D306" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F306">
-        <v>145</v>
+        <v>0</v>
       </c>
     </row>
     <row r="307" spans="1:18">
       <c r="A307" t="s">
+        <v>1215</v>
+      </c>
+      <c r="B307" t="s">
         <v>1216</v>
       </c>
-      <c r="B307" t="s">
+      <c r="C307" t="s">
         <v>1217</v>
       </c>
-      <c r="C307" t="s">
+      <c r="D307" s="1">
+        <v>2010000175989</v>
+      </c>
+      <c r="E307" t="s">
         <v>1218</v>
       </c>
-      <c r="D307" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F307">
-        <v>185</v>
+        <v>11</v>
       </c>
     </row>
     <row r="308" spans="1:18">
       <c r="A308" t="s">
+        <v>1219</v>
+      </c>
+      <c r="B308" t="s">
         <v>1220</v>
       </c>
-      <c r="B308" t="s">
+      <c r="C308" t="s">
         <v>1221</v>
       </c>
-      <c r="C308" t="s">
+      <c r="D308" s="1">
+        <v>2010000176122</v>
+      </c>
+      <c r="E308" t="s">
         <v>1222</v>
       </c>
-      <c r="D308" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F308">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="309" spans="1:18">
       <c r="A309" t="s">
+        <v>1223</v>
+      </c>
+      <c r="B309" t="s">
         <v>1224</v>
       </c>
-      <c r="B309" t="s">
+      <c r="C309" t="s">
         <v>1225</v>
       </c>
-      <c r="C309" t="s">
+      <c r="D309" s="1">
+        <v>5903351024051</v>
+      </c>
+      <c r="E309" t="s">
         <v>1226</v>
       </c>
-      <c r="D309" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F309">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="310" spans="1:18">
       <c r="A310" t="s">
+        <v>1227</v>
+      </c>
+      <c r="B310" t="s">
         <v>1228</v>
       </c>
-      <c r="B310" t="s">
+      <c r="C310" t="s">
         <v>1229</v>
       </c>
-      <c r="C310" t="s">
+      <c r="D310" s="1">
+        <v>5903351024068</v>
+      </c>
+      <c r="E310" t="s">
         <v>1230</v>
       </c>
-      <c r="D310" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F310">
-        <v>0</v>
+        <v>11</v>
       </c>
     </row>
     <row r="311" spans="1:18">
       <c r="A311" t="s">
+        <v>1231</v>
+      </c>
+      <c r="B311" t="s">
         <v>1232</v>
       </c>
-      <c r="B311" t="s">
+      <c r="C311" t="s">
         <v>1233</v>
       </c>
-      <c r="C311" t="s">
+      <c r="D311" s="1">
+        <v>5903351024075</v>
+      </c>
+      <c r="E311" t="s">
         <v>1234</v>
       </c>
-      <c r="D311" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F311">
-        <v>4</v>
+        <v>15</v>
       </c>
     </row>
     <row r="312" spans="1:18">
       <c r="A312" t="s">
+        <v>1235</v>
+      </c>
+      <c r="B312" t="s">
         <v>1236</v>
       </c>
-      <c r="B312" t="s">
+      <c r="C312" t="s">
         <v>1237</v>
       </c>
-      <c r="C312" t="s">
+      <c r="D312" s="1">
+        <v>5903351024082</v>
+      </c>
+      <c r="E312" t="s">
         <v>1238</v>
       </c>
-      <c r="D312" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F312">
-        <v>8</v>
+        <v>47</v>
       </c>
     </row>
     <row r="313" spans="1:18">
       <c r="A313" t="s">
+        <v>1239</v>
+      </c>
+      <c r="B313" t="s">
         <v>1240</v>
       </c>
-      <c r="B313" t="s">
+      <c r="C313" t="s">
         <v>1241</v>
       </c>
-      <c r="C313" t="s">
+      <c r="D313" s="1">
+        <v>5903351003230</v>
+      </c>
+      <c r="E313" t="s">
         <v>1242</v>
       </c>
-      <c r="D313" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F313">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="314" spans="1:18">
       <c r="A314" t="s">
+        <v>1243</v>
+      </c>
+      <c r="B314" t="s">
         <v>1244</v>
       </c>
-      <c r="B314" t="s">
+      <c r="C314" t="s">
         <v>1245</v>
       </c>
-      <c r="C314" t="s">
+      <c r="D314" s="1">
+        <v>5903351001793</v>
+      </c>
+      <c r="E314" t="s">
         <v>1246</v>
       </c>
-      <c r="D314" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F314">
-        <v>0</v>
+        <v>214</v>
       </c>
     </row>
     <row r="315" spans="1:18">
       <c r="A315" t="s">
+        <v>1247</v>
+      </c>
+      <c r="B315" t="s">
         <v>1248</v>
       </c>
-      <c r="B315" t="s">
+      <c r="C315" t="s">
         <v>1249</v>
       </c>
-      <c r="C315" t="s">
+      <c r="D315" s="1">
+        <v>5903351003674</v>
+      </c>
+      <c r="E315" t="s">
         <v>1250</v>
       </c>
-      <c r="D315" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F315">
-        <v>11</v>
+        <v>0</v>
       </c>
     </row>
     <row r="316" spans="1:18">
       <c r="A316" t="s">
+        <v>1251</v>
+      </c>
+      <c r="B316" t="s">
         <v>1252</v>
       </c>
-      <c r="B316" t="s">
+      <c r="C316" t="s">
         <v>1253</v>
       </c>
-      <c r="C316" t="s">
+      <c r="D316" s="1">
+        <v>5903351003650</v>
+      </c>
+      <c r="E316" t="s">
         <v>1254</v>
       </c>
-      <c r="D316" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F316">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="317" spans="1:18">
       <c r="A317" t="s">
+        <v>1255</v>
+      </c>
+      <c r="B317" t="s">
         <v>1256</v>
       </c>
-      <c r="B317" t="s">
+      <c r="C317" t="s">
         <v>1257</v>
       </c>
-      <c r="C317" t="s">
+      <c r="D317" s="1">
+        <v>5903351013215</v>
+      </c>
+      <c r="E317" t="s">
         <v>1258</v>
       </c>
-      <c r="D317" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F317">
-        <v>42</v>
+        <v>35</v>
       </c>
     </row>
     <row r="318" spans="1:18">
       <c r="A318" t="s">
+        <v>1259</v>
+      </c>
+      <c r="B318" t="s">
         <v>1260</v>
       </c>
-      <c r="B318" t="s">
+      <c r="C318" t="s">
         <v>1261</v>
       </c>
-      <c r="C318" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D318" s="1">
-        <v>5903351024068</v>
+        <v>5903351013222</v>
       </c>
       <c r="E318" t="s">
-        <v>1263</v>
+        <v>1258</v>
       </c>
       <c r="F318">
-        <v>39</v>
+        <v>35</v>
       </c>
     </row>
     <row r="319" spans="1:18">
       <c r="A319" t="s">
+        <v>1262</v>
+      </c>
+      <c r="B319" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C319" t="s">
         <v>1264</v>
       </c>
-      <c r="B319" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D319" s="1">
-        <v>5903351024075</v>
+        <v>5903351013239</v>
       </c>
       <c r="E319" t="s">
-        <v>1267</v>
+        <v>1258</v>
       </c>
       <c r="F319">
-        <v>53</v>
+        <v>25</v>
       </c>
     </row>
     <row r="320" spans="1:18">
       <c r="A320" t="s">
+        <v>1265</v>
+      </c>
+      <c r="B320" t="s">
+        <v>1266</v>
+      </c>
+      <c r="C320" t="s">
+        <v>1267</v>
+      </c>
+      <c r="D320" s="1">
+        <v>5903351013703</v>
+      </c>
+      <c r="E320" t="s">
         <v>1268</v>
       </c>
-      <c r="B320" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F320">
-        <v>67</v>
+        <v>108</v>
       </c>
     </row>
     <row r="321" spans="1:18">
       <c r="A321" t="s">
+        <v>1269</v>
+      </c>
+      <c r="B321" t="s">
+        <v>1270</v>
+      </c>
+      <c r="C321" t="s">
+        <v>1271</v>
+      </c>
+      <c r="D321" s="1">
+        <v>5903351013697</v>
+      </c>
+      <c r="E321" t="s">
         <v>1272</v>
       </c>
-      <c r="B321" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F321">
-        <v>4</v>
+        <v>103</v>
       </c>
     </row>
     <row r="322" spans="1:18">
       <c r="A322" t="s">
+        <v>1273</v>
+      </c>
+      <c r="B322" t="s">
+        <v>1274</v>
+      </c>
+      <c r="C322" t="s">
+        <v>1275</v>
+      </c>
+      <c r="D322" s="1">
+        <v>5903351013710</v>
+      </c>
+      <c r="E322" t="s">
         <v>1276</v>
       </c>
-      <c r="B322" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F322">
-        <v>211</v>
+        <v>161</v>
       </c>
     </row>
     <row r="323" spans="1:18">
       <c r="A323" t="s">
+        <v>1277</v>
+      </c>
+      <c r="B323" t="s">
+        <v>1278</v>
+      </c>
+      <c r="C323" t="s">
+        <v>1279</v>
+      </c>
+      <c r="D323" s="1">
+        <v>5903351013734</v>
+      </c>
+      <c r="E323" t="s">
         <v>1280</v>
       </c>
-      <c r="B323" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F323">
-        <v>0</v>
+        <v>22</v>
       </c>
     </row>
     <row r="324" spans="1:18">
       <c r="A324" t="s">
+        <v>1281</v>
+      </c>
+      <c r="B324" t="s">
+        <v>1282</v>
+      </c>
+      <c r="C324" t="s">
+        <v>1283</v>
+      </c>
+      <c r="D324" s="1">
+        <v>5903351013727</v>
+      </c>
+      <c r="E324" t="s">
         <v>1284</v>
       </c>
-      <c r="B324" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F324">
-        <v>12</v>
+        <v>257</v>
       </c>
     </row>
     <row r="325" spans="1:18">
       <c r="A325" t="s">
+        <v>1285</v>
+      </c>
+      <c r="B325" t="s">
+        <v>1286</v>
+      </c>
+      <c r="C325" t="s">
+        <v>1287</v>
+      </c>
+      <c r="D325" s="1">
+        <v>5903351013741</v>
+      </c>
+      <c r="E325" t="s">
         <v>1288</v>
       </c>
-      <c r="B325" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F325">
-        <v>37</v>
+        <v>135</v>
       </c>
     </row>
     <row r="326" spans="1:18">
       <c r="A326" t="s">
+        <v>1289</v>
+      </c>
+      <c r="B326" t="s">
+        <v>1290</v>
+      </c>
+      <c r="C326" t="s">
+        <v>1291</v>
+      </c>
+      <c r="D326" s="1">
+        <v>5903351013765</v>
+      </c>
+      <c r="E326" t="s">
         <v>1292</v>
       </c>
-      <c r="B326" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F326">
-        <v>38</v>
+        <v>8</v>
       </c>
     </row>
     <row r="327" spans="1:18">
       <c r="A327" t="s">
+        <v>1293</v>
+      </c>
+      <c r="B327" t="s">
+        <v>1294</v>
+      </c>
+      <c r="C327" t="s">
         <v>1295</v>
       </c>
-      <c r="B327" t="s">
+      <c r="D327" s="1">
+        <v>5903351013758</v>
+      </c>
+      <c r="E327" t="s">
         <v>1296</v>
       </c>
-      <c r="C327" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F327">
-        <v>27</v>
+        <v>62</v>
       </c>
     </row>
     <row r="328" spans="1:18">
       <c r="A328" t="s">
+        <v>1297</v>
+      </c>
+      <c r="B328" t="s">
         <v>1298</v>
       </c>
-      <c r="B328" t="s">
+      <c r="C328" t="s">
         <v>1299</v>
       </c>
-      <c r="C328" t="s">
+      <c r="D328" s="1">
+        <v>5903351013772</v>
+      </c>
+      <c r="E328" t="s">
         <v>1300</v>
       </c>
-      <c r="D328" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F328">
-        <v>195</v>
+        <v>238</v>
       </c>
     </row>
     <row r="329" spans="1:18">
       <c r="A329" t="s">
+        <v>1301</v>
+      </c>
+      <c r="B329" t="s">
         <v>1302</v>
       </c>
-      <c r="B329" t="s">
+      <c r="C329" t="s">
         <v>1303</v>
       </c>
-      <c r="C329" t="s">
+      <c r="D329" s="1">
+        <v>5903351013796</v>
+      </c>
+      <c r="E329" t="s">
         <v>1304</v>
       </c>
-      <c r="D329" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F329">
-        <v>342</v>
+        <v>0</v>
       </c>
     </row>
     <row r="330" spans="1:18">
       <c r="A330" t="s">
+        <v>1305</v>
+      </c>
+      <c r="B330" t="s">
         <v>1306</v>
       </c>
-      <c r="B330" t="s">
+      <c r="C330" t="s">
         <v>1307</v>
       </c>
-      <c r="C330" t="s">
+      <c r="D330" s="1">
+        <v>5903351013789</v>
+      </c>
+      <c r="E330" t="s">
         <v>1308</v>
       </c>
-      <c r="D330" s="1"/>
-[...2 lines deleted...]
-      </c>
       <c r="F330">
-        <v>0</v>
+        <v>618</v>
       </c>
     </row>
     <row r="331" spans="1:18">
       <c r="A331" t="s">
+        <v>1309</v>
+      </c>
+      <c r="B331" t="s">
         <v>1310</v>
       </c>
-      <c r="B331" t="s">
+      <c r="C331" t="s">
         <v>1311</v>
       </c>
-      <c r="C331" t="s">
+      <c r="D331" s="1">
+        <v>5903351013802</v>
+      </c>
+      <c r="E331" t="s">
         <v>1312</v>
       </c>
-      <c r="D331" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F331">
-        <v>384</v>
+        <v>0</v>
       </c>
     </row>
     <row r="332" spans="1:18">
       <c r="A332" t="s">
+        <v>1313</v>
+      </c>
+      <c r="B332" t="s">
         <v>1314</v>
       </c>
-      <c r="B332" t="s">
+      <c r="C332" t="s">
         <v>1315</v>
       </c>
-      <c r="C332" t="s">
+      <c r="D332" s="1">
+        <v>5903351013826</v>
+      </c>
+      <c r="E332" t="s">
         <v>1316</v>
       </c>
-      <c r="D332" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F332">
-        <v>0</v>
+        <v>34</v>
       </c>
     </row>
     <row r="333" spans="1:18">
       <c r="A333" t="s">
+        <v>1317</v>
+      </c>
+      <c r="B333" t="s">
         <v>1318</v>
       </c>
-      <c r="B333" t="s">
+      <c r="C333" t="s">
         <v>1319</v>
       </c>
-      <c r="C333" t="s">
+      <c r="D333" s="1">
+        <v>5903351013819</v>
+      </c>
+      <c r="E333" t="s">
         <v>1320</v>
       </c>
-      <c r="D333" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F333">
-        <v>132</v>
+        <v>0</v>
       </c>
     </row>
     <row r="334" spans="1:18">
       <c r="A334" t="s">
+        <v>1321</v>
+      </c>
+      <c r="B334" t="s">
         <v>1322</v>
       </c>
-      <c r="B334" t="s">
+      <c r="C334" t="s">
         <v>1323</v>
       </c>
-      <c r="C334" t="s">
+      <c r="D334" s="1">
+        <v>5903351013833</v>
+      </c>
+      <c r="E334" t="s">
         <v>1324</v>
       </c>
-      <c r="D334" s="1"/>
-[...2 lines deleted...]
-      </c>
       <c r="F334">
-        <v>0</v>
+        <v>71</v>
       </c>
     </row>
     <row r="335" spans="1:18">
       <c r="A335" t="s">
+        <v>1325</v>
+      </c>
+      <c r="B335" t="s">
         <v>1326</v>
       </c>
-      <c r="B335" t="s">
+      <c r="C335" t="s">
         <v>1327</v>
       </c>
-      <c r="C335" t="s">
+      <c r="D335" s="1">
+        <v>5903351013857</v>
+      </c>
+      <c r="E335" t="s">
         <v>1328</v>
       </c>
-      <c r="D335" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F335">
-        <v>142</v>
+        <v>17</v>
       </c>
     </row>
     <row r="336" spans="1:18">
       <c r="A336" t="s">
+        <v>1329</v>
+      </c>
+      <c r="B336" t="s">
         <v>1330</v>
       </c>
-      <c r="B336" t="s">
+      <c r="C336" t="s">
         <v>1331</v>
       </c>
-      <c r="C336" t="s">
+      <c r="D336" s="1">
+        <v>5903351013840</v>
+      </c>
+      <c r="E336" t="s">
         <v>1332</v>
       </c>
-      <c r="D336" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F336">
-        <v>50</v>
+        <v>89</v>
       </c>
     </row>
     <row r="337" spans="1:18">
       <c r="A337" t="s">
+        <v>1333</v>
+      </c>
+      <c r="B337" t="s">
         <v>1334</v>
       </c>
-      <c r="B337" t="s">
+      <c r="C337" t="s">
         <v>1335</v>
       </c>
-      <c r="C337" t="s">
+      <c r="D337" s="1">
+        <v>5903351013864</v>
+      </c>
+      <c r="E337" t="s">
         <v>1336</v>
       </c>
-      <c r="D337" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F337">
-        <v>185</v>
+        <v>21</v>
       </c>
     </row>
     <row r="338" spans="1:18">
       <c r="A338" t="s">
+        <v>1337</v>
+      </c>
+      <c r="B338" t="s">
         <v>1338</v>
       </c>
-      <c r="B338" t="s">
+      <c r="C338" t="s">
         <v>1339</v>
       </c>
-      <c r="C338" t="s">
+      <c r="D338" s="1">
+        <v>5903351013888</v>
+      </c>
+      <c r="E338" t="s">
         <v>1340</v>
       </c>
-      <c r="D338" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F338">
-        <v>272</v>
+        <v>2</v>
       </c>
     </row>
     <row r="339" spans="1:18">
       <c r="A339" t="s">
+        <v>1341</v>
+      </c>
+      <c r="B339" t="s">
         <v>1342</v>
       </c>
-      <c r="B339" t="s">
+      <c r="C339" t="s">
         <v>1343</v>
       </c>
-      <c r="C339" t="s">
+      <c r="D339" s="1">
+        <v>5903351013871</v>
+      </c>
+      <c r="E339" t="s">
         <v>1344</v>
       </c>
-      <c r="D339" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F339">
-        <v>29</v>
+        <v>89</v>
       </c>
     </row>
     <row r="340" spans="1:18">
       <c r="A340" t="s">
+        <v>1345</v>
+      </c>
+      <c r="B340" t="s">
         <v>1346</v>
       </c>
-      <c r="B340" t="s">
+      <c r="C340" t="s">
         <v>1347</v>
       </c>
-      <c r="C340" t="s">
+      <c r="D340" s="1">
+        <v>5903351013895</v>
+      </c>
+      <c r="E340" t="s">
         <v>1348</v>
       </c>
-      <c r="D340" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F340">
-        <v>464</v>
+        <v>52</v>
       </c>
     </row>
     <row r="341" spans="1:18">
       <c r="A341" t="s">
+        <v>1349</v>
+      </c>
+      <c r="B341" t="s">
         <v>1350</v>
       </c>
-      <c r="B341" t="s">
+      <c r="C341" t="s">
         <v>1351</v>
       </c>
-      <c r="C341" t="s">
+      <c r="D341" s="1">
+        <v>5903351013901</v>
+      </c>
+      <c r="E341" t="s">
         <v>1352</v>
       </c>
-      <c r="D341" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F341">
-        <v>127</v>
+        <v>40</v>
       </c>
     </row>
     <row r="342" spans="1:18">
       <c r="A342" t="s">
+        <v>1353</v>
+      </c>
+      <c r="B342" t="s">
         <v>1354</v>
       </c>
-      <c r="B342" t="s">
+      <c r="C342" t="s">
         <v>1355</v>
       </c>
-      <c r="C342" t="s">
+      <c r="D342" s="1">
+        <v>5903351013918</v>
+      </c>
+      <c r="E342" t="s">
         <v>1356</v>
       </c>
-      <c r="D342" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F342">
-        <v>18</v>
+        <v>31</v>
       </c>
     </row>
     <row r="343" spans="1:18">
       <c r="A343" t="s">
+        <v>1357</v>
+      </c>
+      <c r="B343" t="s">
         <v>1358</v>
       </c>
-      <c r="B343" t="s">
+      <c r="C343" t="s">
         <v>1359</v>
       </c>
-      <c r="C343" t="s">
+      <c r="D343" s="1">
+        <v>5903351013925</v>
+      </c>
+      <c r="E343" t="s">
         <v>1360</v>
       </c>
-      <c r="D343" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F343">
-        <v>290</v>
+        <v>77</v>
       </c>
     </row>
     <row r="344" spans="1:18">
       <c r="A344" t="s">
+        <v>1361</v>
+      </c>
+      <c r="B344" t="s">
         <v>1362</v>
       </c>
-      <c r="B344" t="s">
+      <c r="C344" t="s">
         <v>1363</v>
       </c>
-      <c r="C344" t="s">
+      <c r="D344" s="1">
+        <v>5903351013949</v>
+      </c>
+      <c r="E344" t="s">
         <v>1364</v>
       </c>
-      <c r="D344" s="1"/>
-[...2 lines deleted...]
-      </c>
       <c r="F344">
-        <v>0</v>
+        <v>47</v>
       </c>
     </row>
     <row r="345" spans="1:18">
       <c r="A345" t="s">
+        <v>1365</v>
+      </c>
+      <c r="B345" t="s">
         <v>1366</v>
       </c>
-      <c r="B345" t="s">
+      <c r="C345" t="s">
         <v>1367</v>
       </c>
-      <c r="C345" t="s">
+      <c r="D345" s="1">
+        <v>5903351013932</v>
+      </c>
+      <c r="E345" t="s">
         <v>1368</v>
       </c>
-      <c r="D345" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F345">
-        <v>196</v>
+        <v>321</v>
       </c>
     </row>
     <row r="346" spans="1:18">
       <c r="A346" t="s">
+        <v>1369</v>
+      </c>
+      <c r="B346" t="s">
         <v>1370</v>
       </c>
-      <c r="B346" t="s">
+      <c r="C346" t="s">
         <v>1371</v>
       </c>
-      <c r="C346" t="s">
+      <c r="D346" s="1"/>
+      <c r="E346" t="s">
         <v>1372</v>
       </c>
-      <c r="D346" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F346">
-        <v>15</v>
+        <v>0</v>
       </c>
     </row>
     <row r="347" spans="1:18">
       <c r="A347" t="s">
+        <v>1373</v>
+      </c>
+      <c r="B347" t="s">
         <v>1374</v>
       </c>
-      <c r="B347" t="s">
+      <c r="C347" t="s">
         <v>1375</v>
       </c>
-      <c r="C347" t="s">
+      <c r="D347" s="1">
+        <v>5903351013956</v>
+      </c>
+      <c r="E347" t="s">
         <v>1376</v>
       </c>
-      <c r="D347" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F347">
-        <v>106</v>
+        <v>278</v>
       </c>
     </row>
     <row r="348" spans="1:18">
       <c r="A348" t="s">
+        <v>1377</v>
+      </c>
+      <c r="B348" t="s">
         <v>1378</v>
       </c>
-      <c r="B348" t="s">
+      <c r="C348" t="s">
         <v>1379</v>
       </c>
-      <c r="C348" t="s">
+      <c r="D348" s="1">
+        <v>5903351013970</v>
+      </c>
+      <c r="E348" t="s">
         <v>1380</v>
       </c>
-      <c r="D348" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F348">
-        <v>36</v>
+        <v>26</v>
       </c>
     </row>
     <row r="349" spans="1:18">
       <c r="A349" t="s">
+        <v>1381</v>
+      </c>
+      <c r="B349" t="s">
         <v>1382</v>
       </c>
-      <c r="B349" t="s">
+      <c r="C349" t="s">
         <v>1383</v>
       </c>
-      <c r="C349" t="s">
+      <c r="D349" s="1">
+        <v>5903351013963</v>
+      </c>
+      <c r="E349" t="s">
         <v>1384</v>
       </c>
-      <c r="D349" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F349">
-        <v>16</v>
+        <v>215</v>
       </c>
     </row>
     <row r="350" spans="1:18">
       <c r="A350" t="s">
+        <v>1385</v>
+      </c>
+      <c r="B350" t="s">
         <v>1386</v>
       </c>
-      <c r="B350" t="s">
+      <c r="C350" t="s">
         <v>1387</v>
       </c>
-      <c r="C350" t="s">
+      <c r="D350" s="1">
+        <v>5903351013987</v>
+      </c>
+      <c r="E350" t="s">
         <v>1388</v>
       </c>
-      <c r="D350" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F350">
-        <v>124</v>
+        <v>136</v>
       </c>
     </row>
     <row r="351" spans="1:18">
       <c r="A351" t="s">
+        <v>1389</v>
+      </c>
+      <c r="B351" t="s">
         <v>1390</v>
       </c>
-      <c r="B351" t="s">
+      <c r="C351" t="s">
         <v>1391</v>
       </c>
-      <c r="C351" t="s">
+      <c r="D351" s="1">
+        <v>5903351014007</v>
+      </c>
+      <c r="E351" t="s">
         <v>1392</v>
       </c>
-      <c r="D351" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F351">
-        <v>9</v>
+        <v>31</v>
       </c>
     </row>
     <row r="352" spans="1:18">
       <c r="A352" t="s">
+        <v>1393</v>
+      </c>
+      <c r="B352" t="s">
         <v>1394</v>
       </c>
-      <c r="B352" t="s">
+      <c r="C352" t="s">
         <v>1395</v>
       </c>
-      <c r="C352" t="s">
+      <c r="D352" s="1">
+        <v>5903351013994</v>
+      </c>
+      <c r="E352" t="s">
         <v>1396</v>
       </c>
-      <c r="D352" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F352">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="353" spans="1:18">
       <c r="A353" t="s">
+        <v>1397</v>
+      </c>
+      <c r="B353" t="s">
         <v>1398</v>
       </c>
-      <c r="B353" t="s">
+      <c r="C353" t="s">
         <v>1399</v>
       </c>
-      <c r="C353" t="s">
+      <c r="D353" s="1">
+        <v>5903351014014</v>
+      </c>
+      <c r="E353" t="s">
         <v>1400</v>
       </c>
-      <c r="D353" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F353">
-        <v>171</v>
+        <v>17</v>
       </c>
     </row>
     <row r="354" spans="1:18">
       <c r="A354" t="s">
+        <v>1401</v>
+      </c>
+      <c r="B354" t="s">
         <v>1402</v>
       </c>
-      <c r="B354" t="s">
+      <c r="C354" t="s">
         <v>1403</v>
       </c>
-      <c r="C354" t="s">
+      <c r="D354" s="1">
+        <v>5903351014038</v>
+      </c>
+      <c r="E354" t="s">
         <v>1404</v>
       </c>
-      <c r="D354" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F354">
-        <v>96</v>
+        <v>0</v>
       </c>
     </row>
     <row r="355" spans="1:18">
       <c r="A355" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B355" t="s">
         <v>1406</v>
       </c>
-      <c r="B355" t="s">
+      <c r="C355" t="s">
         <v>1407</v>
       </c>
-      <c r="C355" t="s">
+      <c r="D355" s="1">
+        <v>5903351014021</v>
+      </c>
+      <c r="E355" t="s">
         <v>1408</v>
       </c>
-      <c r="D355" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F355">
-        <v>93</v>
+        <v>49</v>
       </c>
     </row>
     <row r="356" spans="1:18">
       <c r="A356" t="s">
+        <v>1409</v>
+      </c>
+      <c r="B356" t="s">
         <v>1410</v>
       </c>
-      <c r="B356" t="s">
+      <c r="C356" t="s">
         <v>1411</v>
       </c>
-      <c r="C356" t="s">
+      <c r="D356" s="1">
+        <v>5903351014045</v>
+      </c>
+      <c r="E356" t="s">
         <v>1412</v>
       </c>
-      <c r="D356" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F356">
-        <v>282</v>
+        <v>29</v>
       </c>
     </row>
     <row r="357" spans="1:18">
       <c r="A357" t="s">
+        <v>1413</v>
+      </c>
+      <c r="B357" t="s">
         <v>1414</v>
       </c>
-      <c r="B357" t="s">
+      <c r="C357" t="s">
         <v>1415</v>
       </c>
-      <c r="C357" t="s">
+      <c r="D357" s="1">
+        <v>5903351014205</v>
+      </c>
+      <c r="E357" t="s">
         <v>1416</v>
       </c>
-      <c r="D357" s="1"/>
-[...2 lines deleted...]
-      </c>
       <c r="F357">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="358" spans="1:18">
       <c r="A358" t="s">
+        <v>1417</v>
+      </c>
+      <c r="B358" t="s">
         <v>1418</v>
       </c>
-      <c r="B358" t="s">
+      <c r="C358" t="s">
         <v>1419</v>
       </c>
-      <c r="C358" t="s">
+      <c r="D358" s="1">
+        <v>5903351014199</v>
+      </c>
+      <c r="E358" t="s">
         <v>1420</v>
       </c>
-      <c r="D358" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F358">
-        <v>336</v>
+        <v>140</v>
       </c>
     </row>
     <row r="359" spans="1:18">
       <c r="A359" t="s">
+        <v>1421</v>
+      </c>
+      <c r="B359" t="s">
         <v>1422</v>
       </c>
-      <c r="B359" t="s">
+      <c r="C359" t="s">
         <v>1423</v>
       </c>
-      <c r="C359" t="s">
+      <c r="D359" s="1">
+        <v>5903351014212</v>
+      </c>
+      <c r="E359" t="s">
         <v>1424</v>
       </c>
-      <c r="D359" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F359">
-        <v>26</v>
+        <v>48</v>
       </c>
     </row>
     <row r="360" spans="1:18">
       <c r="A360" t="s">
+        <v>1425</v>
+      </c>
+      <c r="B360" t="s">
         <v>1426</v>
       </c>
-      <c r="B360" t="s">
+      <c r="C360" t="s">
         <v>1427</v>
       </c>
-      <c r="C360" t="s">
+      <c r="D360" s="1">
+        <v>5903351014236</v>
+      </c>
+      <c r="E360" t="s">
         <v>1428</v>
       </c>
-      <c r="D360" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F360">
-        <v>336</v>
+        <v>0</v>
       </c>
     </row>
     <row r="361" spans="1:18">
       <c r="A361" t="s">
+        <v>1429</v>
+      </c>
+      <c r="B361" t="s">
         <v>1430</v>
       </c>
-      <c r="B361" t="s">
+      <c r="C361" t="s">
         <v>1431</v>
       </c>
-      <c r="C361" t="s">
+      <c r="D361" s="1">
+        <v>5903351014229</v>
+      </c>
+      <c r="E361" t="s">
         <v>1432</v>
       </c>
-      <c r="D361" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F361">
-        <v>238</v>
+        <v>21</v>
       </c>
     </row>
     <row r="362" spans="1:18">
       <c r="A362" t="s">
+        <v>1433</v>
+      </c>
+      <c r="B362" t="s">
         <v>1434</v>
       </c>
-      <c r="B362" t="s">
+      <c r="C362" t="s">
         <v>1435</v>
       </c>
-      <c r="C362" t="s">
+      <c r="D362" s="1">
+        <v>5903351014243</v>
+      </c>
+      <c r="E362" t="s">
         <v>1436</v>
       </c>
-      <c r="D362" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F362">
-        <v>10</v>
+        <v>33</v>
       </c>
     </row>
     <row r="363" spans="1:18">
       <c r="A363" t="s">
+        <v>1437</v>
+      </c>
+      <c r="B363" t="s">
         <v>1438</v>
       </c>
-      <c r="B363" t="s">
+      <c r="C363" t="s">
         <v>1439</v>
       </c>
-      <c r="C363" t="s">
+      <c r="D363" s="1">
+        <v>5903351014267</v>
+      </c>
+      <c r="E363" t="s">
         <v>1440</v>
       </c>
-      <c r="D363" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F363">
-        <v>115</v>
+        <v>52</v>
       </c>
     </row>
     <row r="364" spans="1:18">
       <c r="A364" t="s">
+        <v>1441</v>
+      </c>
+      <c r="B364" t="s">
         <v>1442</v>
       </c>
-      <c r="B364" t="s">
+      <c r="C364" t="s">
         <v>1443</v>
       </c>
-      <c r="C364" t="s">
+      <c r="D364" s="1">
+        <v>5903351014250</v>
+      </c>
+      <c r="E364" t="s">
         <v>1444</v>
       </c>
-      <c r="D364" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F364">
-        <v>69</v>
+        <v>51</v>
       </c>
     </row>
     <row r="365" spans="1:18">
       <c r="A365" t="s">
+        <v>1445</v>
+      </c>
+      <c r="B365" t="s">
         <v>1446</v>
       </c>
-      <c r="B365" t="s">
+      <c r="C365" t="s">
         <v>1447</v>
       </c>
-      <c r="C365" t="s">
+      <c r="D365" s="1">
+        <v>5903351014274</v>
+      </c>
+      <c r="E365" t="s">
         <v>1448</v>
       </c>
-      <c r="D365" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F365">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="366" spans="1:18">
       <c r="A366" t="s">
+        <v>1449</v>
+      </c>
+      <c r="B366" t="s">
         <v>1450</v>
       </c>
-      <c r="B366" t="s">
+      <c r="C366" t="s">
         <v>1451</v>
       </c>
-      <c r="C366" t="s">
+      <c r="D366" s="1">
+        <v>5903351014298</v>
+      </c>
+      <c r="E366" t="s">
         <v>1452</v>
       </c>
-      <c r="D366" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F366">
-        <v>24</v>
+        <v>35</v>
       </c>
     </row>
     <row r="367" spans="1:18">
       <c r="A367" t="s">
+        <v>1453</v>
+      </c>
+      <c r="B367" t="s">
         <v>1454</v>
       </c>
-      <c r="B367" t="s">
+      <c r="C367" t="s">
         <v>1455</v>
       </c>
-      <c r="C367" t="s">
+      <c r="D367" s="1">
+        <v>5903351014281</v>
+      </c>
+      <c r="E367" t="s">
         <v>1456</v>
       </c>
-      <c r="D367" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F367">
-        <v>56</v>
+        <v>25</v>
       </c>
     </row>
     <row r="368" spans="1:18">
       <c r="A368" t="s">
+        <v>1457</v>
+      </c>
+      <c r="B368" t="s">
         <v>1458</v>
       </c>
-      <c r="B368" t="s">
+      <c r="C368" t="s">
         <v>1459</v>
       </c>
-      <c r="C368" t="s">
+      <c r="D368" s="1">
+        <v>5903351014304</v>
+      </c>
+      <c r="E368" t="s">
         <v>1460</v>
       </c>
-      <c r="D368" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F368">
-        <v>5</v>
+        <v>55</v>
       </c>
     </row>
     <row r="369" spans="1:18">
       <c r="A369" t="s">
+        <v>1461</v>
+      </c>
+      <c r="B369" t="s">
         <v>1462</v>
       </c>
-      <c r="B369" t="s">
+      <c r="C369" t="s">
         <v>1463</v>
       </c>
-      <c r="C369" t="s">
+      <c r="D369" s="1">
+        <v>5903351014328</v>
+      </c>
+      <c r="E369" t="s">
         <v>1464</v>
       </c>
-      <c r="D369" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F369">
-        <v>233</v>
+        <v>45</v>
       </c>
     </row>
     <row r="370" spans="1:18">
       <c r="A370" t="s">
+        <v>1465</v>
+      </c>
+      <c r="B370" t="s">
         <v>1466</v>
       </c>
-      <c r="B370" t="s">
+      <c r="C370" t="s">
         <v>1467</v>
       </c>
-      <c r="C370" t="s">
+      <c r="D370" s="1">
+        <v>5903351014311</v>
+      </c>
+      <c r="E370" t="s">
         <v>1468</v>
       </c>
-      <c r="D370" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F370">
-        <v>80</v>
+        <v>37</v>
       </c>
     </row>
     <row r="371" spans="1:18">
       <c r="A371" t="s">
+        <v>1469</v>
+      </c>
+      <c r="B371" t="s">
         <v>1470</v>
       </c>
-      <c r="B371" t="s">
+      <c r="C371" t="s">
         <v>1471</v>
       </c>
-      <c r="C371" t="s">
+      <c r="D371" s="1">
+        <v>5903351014335</v>
+      </c>
+      <c r="E371" t="s">
         <v>1472</v>
       </c>
-      <c r="D371" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F371">
-        <v>2</v>
+        <v>46</v>
       </c>
     </row>
     <row r="372" spans="1:18">
       <c r="A372" t="s">
+        <v>1473</v>
+      </c>
+      <c r="B372" t="s">
         <v>1474</v>
       </c>
-      <c r="B372" t="s">
+      <c r="C372" t="s">
         <v>1475</v>
       </c>
-      <c r="C372" t="s">
+      <c r="D372" s="1">
+        <v>5903351014359</v>
+      </c>
+      <c r="E372" t="s">
         <v>1476</v>
       </c>
-      <c r="D372" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F372">
-        <v>75</v>
+        <v>32</v>
       </c>
     </row>
     <row r="373" spans="1:18">
       <c r="A373" t="s">
+        <v>1477</v>
+      </c>
+      <c r="B373" t="s">
         <v>1478</v>
       </c>
-      <c r="B373" t="s">
+      <c r="C373" t="s">
         <v>1479</v>
       </c>
-      <c r="C373" t="s">
+      <c r="D373" s="1">
+        <v>5903351014342</v>
+      </c>
+      <c r="E373" t="s">
         <v>1480</v>
       </c>
-      <c r="D373" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F373">
-        <v>1</v>
+        <v>54</v>
       </c>
     </row>
     <row r="374" spans="1:18">
       <c r="A374" t="s">
+        <v>1481</v>
+      </c>
+      <c r="B374" t="s">
         <v>1482</v>
       </c>
-      <c r="B374" t="s">
+      <c r="C374" t="s">
         <v>1483</v>
       </c>
-      <c r="C374" t="s">
+      <c r="D374" s="1">
+        <v>5903351014366</v>
+      </c>
+      <c r="E374" t="s">
         <v>1484</v>
       </c>
-      <c r="D374" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F374">
-        <v>51</v>
+        <v>39</v>
       </c>
     </row>
     <row r="375" spans="1:18">
       <c r="A375" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B375" t="s">
         <v>1486</v>
       </c>
-      <c r="B375" t="s">
+      <c r="C375" t="s">
         <v>1487</v>
       </c>
-      <c r="C375" t="s">
+      <c r="D375" s="1">
+        <v>5903351014380</v>
+      </c>
+      <c r="E375" t="s">
         <v>1488</v>
       </c>
-      <c r="D375" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F375">
-        <v>67</v>
+        <v>39</v>
       </c>
     </row>
     <row r="376" spans="1:18">
       <c r="A376" t="s">
+        <v>1489</v>
+      </c>
+      <c r="B376" t="s">
         <v>1490</v>
       </c>
-      <c r="B376" t="s">
+      <c r="C376" t="s">
         <v>1491</v>
       </c>
-      <c r="C376" t="s">
+      <c r="D376" s="1">
+        <v>5903351014373</v>
+      </c>
+      <c r="E376" t="s">
         <v>1492</v>
       </c>
-      <c r="D376" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F376">
-        <v>7</v>
+        <v>130</v>
       </c>
     </row>
     <row r="377" spans="1:18">
       <c r="A377" t="s">
+        <v>1493</v>
+      </c>
+      <c r="B377" t="s">
         <v>1494</v>
       </c>
-      <c r="B377" t="s">
+      <c r="C377" t="s">
         <v>1495</v>
       </c>
-      <c r="C377" t="s">
+      <c r="D377" s="1">
+        <v>5903351014397</v>
+      </c>
+      <c r="E377" t="s">
         <v>1496</v>
       </c>
-      <c r="D377" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F377">
-        <v>38</v>
+        <v>162</v>
       </c>
     </row>
     <row r="378" spans="1:18">
       <c r="A378" t="s">
+        <v>1497</v>
+      </c>
+      <c r="B378" t="s">
         <v>1498</v>
       </c>
-      <c r="B378" t="s">
+      <c r="C378" t="s">
         <v>1499</v>
       </c>
-      <c r="C378" t="s">
+      <c r="D378" s="1">
+        <v>5903351014410</v>
+      </c>
+      <c r="E378" t="s">
         <v>1500</v>
       </c>
-      <c r="D378" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F378">
-        <v>32</v>
+        <v>40</v>
       </c>
     </row>
     <row r="379" spans="1:18">
       <c r="A379" t="s">
+        <v>1501</v>
+      </c>
+      <c r="B379" t="s">
         <v>1502</v>
       </c>
-      <c r="B379" t="s">
+      <c r="C379" t="s">
         <v>1503</v>
       </c>
-      <c r="C379" t="s">
+      <c r="D379" s="1">
+        <v>5903351014403</v>
+      </c>
+      <c r="E379" t="s">
         <v>1504</v>
       </c>
-      <c r="D379" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F379">
-        <v>59</v>
+        <v>66</v>
       </c>
     </row>
     <row r="380" spans="1:18">
       <c r="A380" t="s">
+        <v>1505</v>
+      </c>
+      <c r="B380" t="s">
         <v>1506</v>
       </c>
-      <c r="B380" t="s">
+      <c r="C380" t="s">
         <v>1507</v>
       </c>
-      <c r="C380" t="s">
+      <c r="D380" s="1">
+        <v>5903351014427</v>
+      </c>
+      <c r="E380" t="s">
         <v>1508</v>
       </c>
-      <c r="D380" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F380">
-        <v>47</v>
+        <v>70</v>
       </c>
     </row>
     <row r="381" spans="1:18">
       <c r="A381" t="s">
+        <v>1509</v>
+      </c>
+      <c r="B381" t="s">
         <v>1510</v>
       </c>
-      <c r="B381" t="s">
+      <c r="C381" t="s">
         <v>1511</v>
       </c>
-      <c r="C381" t="s">
+      <c r="D381" s="1">
+        <v>5903351013086</v>
+      </c>
+      <c r="E381" t="s">
         <v>1512</v>
       </c>
-      <c r="D381" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F381">
-        <v>45</v>
+        <v>37</v>
       </c>
     </row>
     <row r="382" spans="1:18">
       <c r="A382" t="s">
+        <v>1513</v>
+      </c>
+      <c r="B382" t="s">
         <v>1514</v>
       </c>
-      <c r="B382" t="s">
+      <c r="C382" t="s">
         <v>1515</v>
       </c>
-      <c r="C382" t="s">
+      <c r="D382" s="1">
+        <v>5903351013093</v>
+      </c>
+      <c r="E382" t="s">
         <v>1516</v>
       </c>
-      <c r="D382" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F382">
-        <v>59</v>
+        <v>10</v>
       </c>
     </row>
     <row r="383" spans="1:18">
       <c r="A383" t="s">
+        <v>1517</v>
+      </c>
+      <c r="B383" t="s">
         <v>1518</v>
       </c>
-      <c r="B383" t="s">
+      <c r="C383" t="s">
         <v>1519</v>
       </c>
-      <c r="C383" t="s">
+      <c r="D383" s="1">
+        <v>5903351013109</v>
+      </c>
+      <c r="E383" t="s">
         <v>1520</v>
       </c>
-      <c r="D383" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F383">
-        <v>32</v>
+        <v>56</v>
       </c>
     </row>
     <row r="384" spans="1:18">
       <c r="A384" t="s">
+        <v>1521</v>
+      </c>
+      <c r="B384" t="s">
         <v>1522</v>
       </c>
-      <c r="B384" t="s">
+      <c r="C384" t="s">
         <v>1523</v>
       </c>
-      <c r="C384" t="s">
+      <c r="D384" s="1">
+        <v>5903351013116</v>
+      </c>
+      <c r="E384" t="s">
         <v>1524</v>
       </c>
-      <c r="D384" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F384">
-        <v>75</v>
+        <v>37</v>
       </c>
     </row>
     <row r="385" spans="1:18">
       <c r="A385" t="s">
+        <v>1525</v>
+      </c>
+      <c r="B385" t="s">
         <v>1526</v>
       </c>
-      <c r="B385" t="s">
+      <c r="C385" t="s">
         <v>1527</v>
       </c>
-      <c r="C385" t="s">
+      <c r="D385" s="1"/>
+      <c r="E385" t="s">
         <v>1528</v>
       </c>
-      <c r="D385" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F385">
-        <v>45</v>
+        <v>1</v>
       </c>
     </row>
     <row r="386" spans="1:18">
       <c r="A386" t="s">
+        <v>1529</v>
+      </c>
+      <c r="B386" t="s">
         <v>1530</v>
       </c>
-      <c r="B386" t="s">
+      <c r="C386" t="s">
         <v>1531</v>
       </c>
-      <c r="C386" t="s">
+      <c r="D386" s="1">
+        <v>5903351020190</v>
+      </c>
+      <c r="E386" t="s">
         <v>1532</v>
       </c>
-      <c r="D386" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F386">
-        <v>43</v>
+        <v>280</v>
       </c>
     </row>
     <row r="387" spans="1:18">
       <c r="A387" t="s">
+        <v>1533</v>
+      </c>
+      <c r="B387" t="s">
         <v>1534</v>
       </c>
-      <c r="B387" t="s">
+      <c r="C387" t="s">
         <v>1535</v>
       </c>
-      <c r="C387" t="s">
+      <c r="D387" s="1">
+        <v>5903351020206</v>
+      </c>
+      <c r="E387" t="s">
         <v>1536</v>
       </c>
-      <c r="D387" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F387">
-        <v>149</v>
+        <v>125</v>
       </c>
     </row>
     <row r="388" spans="1:18">
       <c r="A388" t="s">
+        <v>1537</v>
+      </c>
+      <c r="B388" t="s">
         <v>1538</v>
       </c>
-      <c r="B388" t="s">
+      <c r="C388" t="s">
         <v>1539</v>
       </c>
-      <c r="C388" t="s">
+      <c r="D388" s="1">
+        <v>5903351020213</v>
+      </c>
+      <c r="E388" t="s">
         <v>1540</v>
       </c>
-      <c r="D388" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F388">
-        <v>187</v>
+        <v>76</v>
       </c>
     </row>
     <row r="389" spans="1:18">
       <c r="A389" t="s">
+        <v>1541</v>
+      </c>
+      <c r="B389" t="s">
         <v>1542</v>
       </c>
-      <c r="B389" t="s">
+      <c r="C389" t="s">
         <v>1543</v>
       </c>
-      <c r="C389" t="s">
+      <c r="D389" s="1">
+        <v>5903351020220</v>
+      </c>
+      <c r="E389" t="s">
         <v>1544</v>
       </c>
-      <c r="D389" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F389">
-        <v>0</v>
+        <v>148</v>
       </c>
     </row>
     <row r="390" spans="1:18">
       <c r="A390" t="s">
+        <v>1545</v>
+      </c>
+      <c r="B390" t="s">
         <v>1546</v>
       </c>
-      <c r="B390" t="s">
+      <c r="C390" t="s">
         <v>1547</v>
       </c>
-      <c r="C390" t="s">
+      <c r="D390" s="1">
+        <v>5903351020237</v>
+      </c>
+      <c r="E390" t="s">
         <v>1548</v>
       </c>
-      <c r="D390" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F390">
-        <v>142</v>
+        <v>139</v>
       </c>
     </row>
     <row r="391" spans="1:18">
       <c r="A391" t="s">
+        <v>1549</v>
+      </c>
+      <c r="B391" t="s">
         <v>1550</v>
       </c>
-      <c r="B391" t="s">
+      <c r="C391" t="s">
         <v>1551</v>
       </c>
-      <c r="C391" t="s">
+      <c r="D391" s="1">
+        <v>5903351020244</v>
+      </c>
+      <c r="E391" t="s">
         <v>1552</v>
       </c>
-      <c r="D391" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F391">
-        <v>54</v>
+        <v>94</v>
       </c>
     </row>
     <row r="392" spans="1:18">
       <c r="A392" t="s">
+        <v>1553</v>
+      </c>
+      <c r="B392" t="s">
         <v>1554</v>
       </c>
-      <c r="B392" t="s">
+      <c r="C392" t="s">
         <v>1555</v>
       </c>
-      <c r="C392" t="s">
+      <c r="D392" s="1">
+        <v>5903351020251</v>
+      </c>
+      <c r="E392" t="s">
         <v>1556</v>
       </c>
-      <c r="D392" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F392">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="393" spans="1:18">
       <c r="A393" t="s">
+        <v>1557</v>
+      </c>
+      <c r="B393" t="s">
         <v>1558</v>
       </c>
-      <c r="B393" t="s">
+      <c r="C393" t="s">
         <v>1559</v>
       </c>
-      <c r="C393" t="s">
+      <c r="D393" s="1">
+        <v>5903351020268</v>
+      </c>
+      <c r="E393" t="s">
         <v>1560</v>
       </c>
-      <c r="D393" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F393">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="394" spans="1:18">
       <c r="A394" t="s">
+        <v>1561</v>
+      </c>
+      <c r="B394" t="s">
         <v>1562</v>
       </c>
-      <c r="B394" t="s">
+      <c r="C394" t="s">
         <v>1563</v>
       </c>
-      <c r="C394" t="s">
+      <c r="D394" s="1"/>
+      <c r="E394" t="s">
         <v>1564</v>
       </c>
-      <c r="D394" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F394">
-        <v>62</v>
+        <v>0</v>
       </c>
     </row>
     <row r="395" spans="1:18">
       <c r="A395" t="s">
+        <v>1565</v>
+      </c>
+      <c r="B395" t="s">
         <v>1566</v>
       </c>
-      <c r="B395" t="s">
+      <c r="C395" t="s">
         <v>1567</v>
       </c>
-      <c r="C395" t="s">
+      <c r="D395" s="1">
+        <v>5903351020275</v>
+      </c>
+      <c r="E395" t="s">
         <v>1568</v>
       </c>
-      <c r="D395" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F395">
-        <v>38</v>
+        <v>58</v>
       </c>
     </row>
     <row r="396" spans="1:18">
       <c r="A396" t="s">
+        <v>1569</v>
+      </c>
+      <c r="B396" t="s">
         <v>1570</v>
       </c>
-      <c r="B396" t="s">
+      <c r="C396" t="s">
         <v>1571</v>
       </c>
-      <c r="C396" t="s">
+      <c r="D396" s="1">
+        <v>5903351020282</v>
+      </c>
+      <c r="E396" t="s">
         <v>1572</v>
       </c>
-      <c r="D396" s="1"/>
-[...2 lines deleted...]
-      </c>
       <c r="F396">
-        <v>1</v>
+        <v>76</v>
       </c>
     </row>
     <row r="397" spans="1:18">
       <c r="A397" t="s">
+        <v>1573</v>
+      </c>
+      <c r="B397" t="s">
         <v>1574</v>
       </c>
-      <c r="B397" t="s">
+      <c r="C397" t="s">
         <v>1575</v>
       </c>
-      <c r="C397" t="s">
+      <c r="D397" s="1">
+        <v>5903351020299</v>
+      </c>
+      <c r="E397" t="s">
         <v>1576</v>
       </c>
-      <c r="D397" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F397">
-        <v>189</v>
+        <v>124</v>
       </c>
     </row>
     <row r="398" spans="1:18">
       <c r="A398" t="s">
+        <v>1577</v>
+      </c>
+      <c r="B398" t="s">
         <v>1578</v>
       </c>
-      <c r="B398" t="s">
+      <c r="C398" t="s">
         <v>1579</v>
       </c>
-      <c r="C398" t="s">
+      <c r="D398" s="1">
+        <v>5903351020305</v>
+      </c>
+      <c r="E398" t="s">
         <v>1580</v>
       </c>
-      <c r="D398" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F398">
-        <v>177</v>
+        <v>44</v>
       </c>
     </row>
     <row r="399" spans="1:18">
       <c r="A399" t="s">
+        <v>1581</v>
+      </c>
+      <c r="B399" t="s">
         <v>1582</v>
       </c>
-      <c r="B399" t="s">
+      <c r="C399" t="s">
         <v>1583</v>
       </c>
-      <c r="C399" t="s">
+      <c r="D399" s="1">
+        <v>5903351020312</v>
+      </c>
+      <c r="E399" t="s">
         <v>1584</v>
       </c>
-      <c r="D399" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F399">
-        <v>171</v>
+        <v>39</v>
       </c>
     </row>
     <row r="400" spans="1:18">
       <c r="A400" t="s">
+        <v>1585</v>
+      </c>
+      <c r="B400" t="s">
         <v>1586</v>
       </c>
-      <c r="B400" t="s">
+      <c r="C400" t="s">
         <v>1587</v>
       </c>
-      <c r="C400" t="s">
+      <c r="D400" s="1">
+        <v>5903351020329</v>
+      </c>
+      <c r="E400" t="s">
         <v>1588</v>
       </c>
-      <c r="D400" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F400">
-        <v>214</v>
+        <v>20</v>
       </c>
     </row>
     <row r="401" spans="1:18">
       <c r="A401" t="s">
+        <v>1589</v>
+      </c>
+      <c r="B401" t="s">
         <v>1590</v>
       </c>
-      <c r="B401" t="s">
+      <c r="C401" t="s">
         <v>1591</v>
       </c>
-      <c r="C401" t="s">
+      <c r="D401" s="1"/>
+      <c r="E401" t="s">
         <v>1592</v>
       </c>
-      <c r="D401" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F401">
-        <v>151</v>
+        <v>0</v>
       </c>
     </row>
     <row r="402" spans="1:18">
       <c r="A402" t="s">
+        <v>1593</v>
+      </c>
+      <c r="B402" t="s">
         <v>1594</v>
       </c>
-      <c r="B402" t="s">
+      <c r="C402" t="s">
         <v>1595</v>
       </c>
-      <c r="C402" t="s">
+      <c r="D402" s="1">
+        <v>5903351020336</v>
+      </c>
+      <c r="E402" t="s">
         <v>1596</v>
       </c>
-      <c r="D402" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F402">
-        <v>101</v>
+        <v>184</v>
       </c>
     </row>
     <row r="403" spans="1:18">
       <c r="A403" t="s">
+        <v>1597</v>
+      </c>
+      <c r="B403" t="s">
         <v>1598</v>
       </c>
-      <c r="B403" t="s">
+      <c r="C403" t="s">
         <v>1599</v>
       </c>
-      <c r="C403" t="s">
+      <c r="D403" s="1">
+        <v>5903351020343</v>
+      </c>
+      <c r="E403" t="s">
         <v>1600</v>
       </c>
-      <c r="D403" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F403">
-        <v>133</v>
+        <v>64</v>
       </c>
     </row>
     <row r="404" spans="1:18">
       <c r="A404" t="s">
+        <v>1601</v>
+      </c>
+      <c r="B404" t="s">
         <v>1602</v>
       </c>
-      <c r="B404" t="s">
+      <c r="C404" t="s">
         <v>1603</v>
       </c>
-      <c r="C404" t="s">
+      <c r="D404" s="1"/>
+      <c r="E404" t="s">
         <v>1604</v>
       </c>
-      <c r="D404" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F404">
-        <v>86</v>
+        <v>0</v>
       </c>
     </row>
     <row r="405" spans="1:18">
       <c r="A405" t="s">
+        <v>1605</v>
+      </c>
+      <c r="B405" t="s">
         <v>1606</v>
       </c>
-      <c r="B405" t="s">
+      <c r="C405" t="s">
         <v>1607</v>
       </c>
-      <c r="C405" t="s">
-[...2 lines deleted...]
-      <c r="D405" s="1"/>
+      <c r="D405" s="1">
+        <v>5903351020350</v>
+      </c>
       <c r="E405" t="s">
-        <v>1609</v>
+        <v>1604</v>
       </c>
       <c r="F405">
-        <v>0</v>
+        <v>55</v>
       </c>
     </row>
     <row r="406" spans="1:18">
       <c r="A406" t="s">
+        <v>1608</v>
+      </c>
+      <c r="B406" t="s">
+        <v>1609</v>
+      </c>
+      <c r="C406" t="s">
         <v>1610</v>
       </c>
-      <c r="B406" t="s">
+      <c r="D406" s="1">
+        <v>5903351020367</v>
+      </c>
+      <c r="E406" t="s">
         <v>1611</v>
       </c>
-      <c r="C406" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F406">
-        <v>122</v>
+        <v>179</v>
       </c>
     </row>
     <row r="407" spans="1:18">
       <c r="A407" t="s">
+        <v>1612</v>
+      </c>
+      <c r="B407" t="s">
+        <v>1613</v>
+      </c>
+      <c r="C407" t="s">
         <v>1614</v>
       </c>
-      <c r="B407" t="s">
+      <c r="D407" s="1"/>
+      <c r="E407" t="s">
         <v>1615</v>
       </c>
-      <c r="C407" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F407">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="408" spans="1:18">
       <c r="A408" t="s">
+        <v>1616</v>
+      </c>
+      <c r="B408" t="s">
+        <v>1617</v>
+      </c>
+      <c r="C408" t="s">
         <v>1618</v>
       </c>
-      <c r="B408" t="s">
+      <c r="D408" s="1">
+        <v>5903351020374</v>
+      </c>
+      <c r="E408" t="s">
         <v>1619</v>
       </c>
-      <c r="C408" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F408">
-        <v>121</v>
+        <v>435</v>
       </c>
     </row>
     <row r="409" spans="1:18">
       <c r="A409" t="s">
+        <v>1620</v>
+      </c>
+      <c r="B409" t="s">
+        <v>1621</v>
+      </c>
+      <c r="C409" t="s">
         <v>1622</v>
       </c>
-      <c r="B409" t="s">
+      <c r="D409" s="1">
+        <v>5903351020381</v>
+      </c>
+      <c r="E409" t="s">
         <v>1623</v>
       </c>
-      <c r="C409" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F409">
-        <v>46</v>
+        <v>150</v>
       </c>
     </row>
     <row r="410" spans="1:18">
       <c r="A410" t="s">
+        <v>1624</v>
+      </c>
+      <c r="B410" t="s">
+        <v>1625</v>
+      </c>
+      <c r="C410" t="s">
         <v>1626</v>
       </c>
-      <c r="B410" t="s">
+      <c r="D410" s="1">
+        <v>5903351020398</v>
+      </c>
+      <c r="E410" t="s">
         <v>1627</v>
       </c>
-      <c r="C410" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F410">
-        <v>55</v>
+        <v>98</v>
       </c>
     </row>
     <row r="411" spans="1:18">
       <c r="A411" t="s">
+        <v>1628</v>
+      </c>
+      <c r="B411" t="s">
+        <v>1629</v>
+      </c>
+      <c r="C411" t="s">
         <v>1630</v>
       </c>
-      <c r="B411" t="s">
+      <c r="D411" s="1">
+        <v>5903351020404</v>
+      </c>
+      <c r="E411" t="s">
         <v>1631</v>
       </c>
-      <c r="C411" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F411">
-        <v>22</v>
+        <v>72</v>
       </c>
     </row>
     <row r="412" spans="1:18">
       <c r="A412" t="s">
+        <v>1632</v>
+      </c>
+      <c r="B412" t="s">
+        <v>1633</v>
+      </c>
+      <c r="C412" t="s">
         <v>1634</v>
       </c>
-      <c r="B412" t="s">
+      <c r="D412" s="1">
+        <v>5903351020411</v>
+      </c>
+      <c r="E412" t="s">
         <v>1635</v>
       </c>
-      <c r="C412" t="s">
-[...5 lines deleted...]
-      </c>
       <c r="F412">
-        <v>0</v>
+        <v>56</v>
       </c>
     </row>
     <row r="413" spans="1:18">
       <c r="A413" t="s">
+        <v>1636</v>
+      </c>
+      <c r="B413" t="s">
+        <v>1637</v>
+      </c>
+      <c r="C413" t="s">
         <v>1638</v>
       </c>
-      <c r="B413" t="s">
+      <c r="D413" s="1">
+        <v>5903351020428</v>
+      </c>
+      <c r="E413" t="s">
         <v>1639</v>
       </c>
-      <c r="C413" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F413">
-        <v>125</v>
+        <v>15</v>
       </c>
     </row>
     <row r="414" spans="1:18">
       <c r="A414" t="s">
+        <v>1640</v>
+      </c>
+      <c r="B414" t="s">
+        <v>1641</v>
+      </c>
+      <c r="C414" t="s">
         <v>1642</v>
       </c>
-      <c r="B414" t="s">
+      <c r="D414" s="1">
+        <v>5903351020435</v>
+      </c>
+      <c r="E414" t="s">
         <v>1643</v>
       </c>
-      <c r="C414" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F414">
-        <v>75</v>
+        <v>87</v>
       </c>
     </row>
     <row r="415" spans="1:18">
       <c r="A415" t="s">
+        <v>1644</v>
+      </c>
+      <c r="B415" t="s">
+        <v>1645</v>
+      </c>
+      <c r="C415" t="s">
         <v>1646</v>
       </c>
-      <c r="B415" t="s">
+      <c r="D415" s="1">
+        <v>5903351020442</v>
+      </c>
+      <c r="E415" t="s">
         <v>1647</v>
       </c>
-      <c r="C415" t="s">
-[...5 lines deleted...]
-      </c>
       <c r="F415">
-        <v>0</v>
+        <v>44</v>
       </c>
     </row>
     <row r="416" spans="1:18">
       <c r="A416" t="s">
+        <v>1648</v>
+      </c>
+      <c r="B416" t="s">
+        <v>1649</v>
+      </c>
+      <c r="C416" t="s">
         <v>1650</v>
       </c>
-      <c r="B416" t="s">
+      <c r="D416" s="1">
+        <v>5903351020459</v>
+      </c>
+      <c r="E416" t="s">
         <v>1651</v>
       </c>
-      <c r="C416" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F416">
-        <v>17</v>
+        <v>97</v>
       </c>
     </row>
     <row r="417" spans="1:18">
       <c r="A417" t="s">
+        <v>1652</v>
+      </c>
+      <c r="B417" t="s">
         <v>1653</v>
       </c>
-      <c r="B417" t="s">
+      <c r="C417" t="s">
         <v>1654</v>
       </c>
-      <c r="C417" t="s">
+      <c r="D417" s="1">
+        <v>5903351020466</v>
+      </c>
+      <c r="E417" t="s">
         <v>1655</v>
       </c>
-      <c r="D417" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F417">
-        <v>205</v>
+        <v>46</v>
       </c>
     </row>
     <row r="418" spans="1:18">
       <c r="A418" t="s">
+        <v>1656</v>
+      </c>
+      <c r="B418" t="s">
         <v>1657</v>
       </c>
-      <c r="B418" t="s">
+      <c r="C418" t="s">
         <v>1658</v>
       </c>
-      <c r="C418" t="s">
+      <c r="D418" s="1">
+        <v>5903351020602</v>
+      </c>
+      <c r="E418" t="s">
         <v>1659</v>
       </c>
-      <c r="D418" s="1"/>
-[...2 lines deleted...]
-      </c>
       <c r="F418">
-        <v>0</v>
+        <v>90</v>
       </c>
     </row>
     <row r="419" spans="1:18">
       <c r="A419" t="s">
+        <v>1660</v>
+      </c>
+      <c r="B419" t="s">
         <v>1661</v>
       </c>
-      <c r="B419" t="s">
+      <c r="C419" t="s">
         <v>1662</v>
       </c>
-      <c r="C419" t="s">
+      <c r="D419" s="1">
+        <v>5903351020619</v>
+      </c>
+      <c r="E419" t="s">
         <v>1663</v>
       </c>
-      <c r="D419" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F419">
-        <v>505</v>
+        <v>93</v>
       </c>
     </row>
     <row r="420" spans="1:18">
       <c r="A420" t="s">
+        <v>1664</v>
+      </c>
+      <c r="B420" t="s">
         <v>1665</v>
       </c>
-      <c r="B420" t="s">
+      <c r="C420" t="s">
         <v>1666</v>
       </c>
-      <c r="C420" t="s">
+      <c r="D420" s="1">
+        <v>5903351020626</v>
+      </c>
+      <c r="E420" t="s">
         <v>1667</v>
       </c>
-      <c r="D420" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F420">
-        <v>182</v>
+        <v>72</v>
       </c>
     </row>
     <row r="421" spans="1:18">
       <c r="A421" t="s">
+        <v>1668</v>
+      </c>
+      <c r="B421" t="s">
         <v>1669</v>
       </c>
-      <c r="B421" t="s">
+      <c r="C421" t="s">
         <v>1670</v>
       </c>
-      <c r="C421" t="s">
+      <c r="D421" s="1">
+        <v>5903351020633</v>
+      </c>
+      <c r="E421" t="s">
         <v>1671</v>
       </c>
-      <c r="D421" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F421">
-        <v>93</v>
+        <v>88</v>
       </c>
     </row>
     <row r="422" spans="1:18">
       <c r="A422" t="s">
+        <v>1672</v>
+      </c>
+      <c r="B422" t="s">
         <v>1673</v>
       </c>
-      <c r="B422" t="s">
+      <c r="C422" t="s">
         <v>1674</v>
       </c>
-      <c r="C422" t="s">
+      <c r="D422" s="1">
+        <v>5903351020640</v>
+      </c>
+      <c r="E422" t="s">
         <v>1675</v>
       </c>
-      <c r="D422" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F422">
-        <v>15</v>
+        <v>97</v>
       </c>
     </row>
     <row r="423" spans="1:18">
       <c r="A423" t="s">
+        <v>1676</v>
+      </c>
+      <c r="B423" t="s">
         <v>1677</v>
       </c>
-      <c r="B423" t="s">
+      <c r="C423" t="s">
         <v>1678</v>
       </c>
-      <c r="C423" t="s">
+      <c r="D423" s="1">
+        <v>5903351020657</v>
+      </c>
+      <c r="E423" t="s">
         <v>1679</v>
       </c>
-      <c r="D423" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F423">
-        <v>60</v>
+        <v>85</v>
       </c>
     </row>
     <row r="424" spans="1:18">
       <c r="A424" t="s">
+        <v>1680</v>
+      </c>
+      <c r="B424" t="s">
         <v>1681</v>
       </c>
-      <c r="B424" t="s">
+      <c r="C424" t="s">
         <v>1682</v>
       </c>
-      <c r="C424" t="s">
+      <c r="D424" s="1">
+        <v>5903351020664</v>
+      </c>
+      <c r="E424" t="s">
         <v>1683</v>
       </c>
-      <c r="D424" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F424">
-        <v>37</v>
+        <v>90</v>
       </c>
     </row>
     <row r="425" spans="1:18">
       <c r="A425" t="s">
+        <v>1684</v>
+      </c>
+      <c r="B425" t="s">
         <v>1685</v>
       </c>
-      <c r="B425" t="s">
+      <c r="C425" t="s">
         <v>1686</v>
       </c>
-      <c r="C425" t="s">
+      <c r="D425" s="1">
+        <v>5903351020671</v>
+      </c>
+      <c r="E425" t="s">
         <v>1687</v>
       </c>
-      <c r="D425" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F425">
-        <v>94</v>
+        <v>97</v>
       </c>
     </row>
     <row r="426" spans="1:18">
       <c r="A426" t="s">
+        <v>1688</v>
+      </c>
+      <c r="B426" t="s">
         <v>1689</v>
       </c>
-      <c r="B426" t="s">
+      <c r="C426" t="s">
         <v>1690</v>
       </c>
-      <c r="C426" t="s">
+      <c r="D426" s="1">
+        <v>5903351020725</v>
+      </c>
+      <c r="E426" t="s">
         <v>1691</v>
       </c>
-      <c r="D426" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F426">
-        <v>46</v>
+        <v>77</v>
       </c>
     </row>
     <row r="427" spans="1:18">
       <c r="A427" t="s">
+        <v>1692</v>
+      </c>
+      <c r="B427" t="s">
         <v>1693</v>
       </c>
-      <c r="B427" t="s">
+      <c r="C427" t="s">
         <v>1694</v>
       </c>
-      <c r="C427" t="s">
+      <c r="D427" s="1">
+        <v>5903351020732</v>
+      </c>
+      <c r="E427" t="s">
         <v>1695</v>
       </c>
-      <c r="D427" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F427">
-        <v>97</v>
+        <v>62</v>
       </c>
     </row>
     <row r="428" spans="1:18">
       <c r="A428" t="s">
+        <v>1696</v>
+      </c>
+      <c r="B428" t="s">
         <v>1697</v>
       </c>
-      <c r="B428" t="s">
+      <c r="C428" t="s">
         <v>1698</v>
       </c>
-      <c r="C428" t="s">
+      <c r="D428" s="1"/>
+      <c r="E428" t="s">
         <v>1699</v>
       </c>
-      <c r="D428" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F428">
-        <v>46</v>
+        <v>1</v>
       </c>
     </row>
     <row r="429" spans="1:18">
       <c r="A429" t="s">
+        <v>1700</v>
+      </c>
+      <c r="B429" t="s">
         <v>1701</v>
       </c>
-      <c r="B429" t="s">
+      <c r="C429" t="s">
         <v>1702</v>
       </c>
-      <c r="C429" t="s">
+      <c r="D429" s="1">
+        <v>5903351020749</v>
+      </c>
+      <c r="E429" t="s">
         <v>1703</v>
       </c>
-      <c r="D429" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F429">
-        <v>99</v>
+        <v>38</v>
       </c>
     </row>
     <row r="430" spans="1:18">
       <c r="A430" t="s">
+        <v>1704</v>
+      </c>
+      <c r="B430" t="s">
         <v>1705</v>
       </c>
-      <c r="B430" t="s">
+      <c r="C430" t="s">
         <v>1706</v>
       </c>
-      <c r="C430" t="s">
+      <c r="D430" s="1">
+        <v>5903351020756</v>
+      </c>
+      <c r="E430" t="s">
         <v>1707</v>
       </c>
-      <c r="D430" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F430">
-        <v>93</v>
+        <v>57</v>
       </c>
     </row>
     <row r="431" spans="1:18">
       <c r="A431" t="s">
+        <v>1708</v>
+      </c>
+      <c r="B431" t="s">
         <v>1709</v>
       </c>
-      <c r="B431" t="s">
+      <c r="C431" t="s">
         <v>1710</v>
       </c>
-      <c r="C431" t="s">
+      <c r="D431" s="1">
+        <v>5903351020763</v>
+      </c>
+      <c r="E431" t="s">
         <v>1711</v>
       </c>
-      <c r="D431" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F431">
-        <v>72</v>
+        <v>98</v>
       </c>
     </row>
     <row r="432" spans="1:18">
       <c r="A432" t="s">
+        <v>1712</v>
+      </c>
+      <c r="B432" t="s">
         <v>1713</v>
       </c>
-      <c r="B432" t="s">
+      <c r="C432" t="s">
         <v>1714</v>
       </c>
-      <c r="C432" t="s">
+      <c r="D432" s="1">
+        <v>5903351020770</v>
+      </c>
+      <c r="E432" t="s">
         <v>1715</v>
       </c>
-      <c r="D432" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F432">
-        <v>92</v>
+        <v>100</v>
       </c>
     </row>
     <row r="433" spans="1:18">
       <c r="A433" t="s">
+        <v>1716</v>
+      </c>
+      <c r="B433" t="s">
         <v>1717</v>
       </c>
-      <c r="B433" t="s">
+      <c r="C433" t="s">
         <v>1718</v>
       </c>
-      <c r="C433" t="s">
+      <c r="D433" s="1">
+        <v>5903351020787</v>
+      </c>
+      <c r="E433" t="s">
         <v>1719</v>
       </c>
-      <c r="D433" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F433">
-        <v>98</v>
+        <v>38</v>
       </c>
     </row>
     <row r="434" spans="1:18">
       <c r="A434" t="s">
+        <v>1720</v>
+      </c>
+      <c r="B434" t="s">
         <v>1721</v>
       </c>
-      <c r="B434" t="s">
+      <c r="C434" t="s">
         <v>1722</v>
       </c>
-      <c r="C434" t="s">
+      <c r="D434" s="1">
+        <v>5903351020794</v>
+      </c>
+      <c r="E434" t="s">
         <v>1723</v>
       </c>
-      <c r="D434" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F434">
-        <v>86</v>
+        <v>88</v>
       </c>
     </row>
     <row r="435" spans="1:18">
       <c r="A435" t="s">
+        <v>1724</v>
+      </c>
+      <c r="B435" t="s">
         <v>1725</v>
       </c>
-      <c r="B435" t="s">
+      <c r="C435" t="s">
         <v>1726</v>
       </c>
-      <c r="C435" t="s">
+      <c r="D435" s="1"/>
+      <c r="E435" t="s">
         <v>1727</v>
       </c>
-      <c r="D435" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F435">
-        <v>98</v>
+        <v>0</v>
       </c>
     </row>
     <row r="436" spans="1:18">
       <c r="A436" t="s">
+        <v>1728</v>
+      </c>
+      <c r="B436" t="s">
         <v>1729</v>
       </c>
-      <c r="B436" t="s">
+      <c r="C436" t="s">
         <v>1730</v>
       </c>
-      <c r="C436" t="s">
+      <c r="D436" s="1">
+        <v>5903351020800</v>
+      </c>
+      <c r="E436" t="s">
         <v>1731</v>
       </c>
-      <c r="D436" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F436">
-        <v>97</v>
+        <v>56</v>
       </c>
     </row>
     <row r="437" spans="1:18">
       <c r="A437" t="s">
+        <v>1732</v>
+      </c>
+      <c r="B437" t="s">
         <v>1733</v>
       </c>
-      <c r="B437" t="s">
+      <c r="C437" t="s">
         <v>1734</v>
       </c>
-      <c r="C437" t="s">
+      <c r="D437" s="1">
+        <v>5903351020817</v>
+      </c>
+      <c r="E437" t="s">
         <v>1735</v>
       </c>
-      <c r="D437" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F437">
-        <v>67</v>
+        <v>86</v>
       </c>
     </row>
     <row r="438" spans="1:18">
       <c r="A438" t="s">
+        <v>1736</v>
+      </c>
+      <c r="B438" t="s">
         <v>1737</v>
       </c>
-      <c r="B438" t="s">
+      <c r="C438" t="s">
         <v>1738</v>
       </c>
-      <c r="C438" t="s">
+      <c r="D438" s="1">
+        <v>5903351020824</v>
+      </c>
+      <c r="E438" t="s">
         <v>1739</v>
       </c>
-      <c r="D438" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F438">
-        <v>89</v>
+        <v>100</v>
       </c>
     </row>
     <row r="439" spans="1:18">
       <c r="A439" t="s">
+        <v>1740</v>
+      </c>
+      <c r="B439" t="s">
         <v>1741</v>
       </c>
-      <c r="B439" t="s">
+      <c r="C439" t="s">
         <v>1742</v>
       </c>
-      <c r="C439" t="s">
+      <c r="D439" s="1">
+        <v>5903351020831</v>
+      </c>
+      <c r="E439" t="s">
         <v>1743</v>
       </c>
-      <c r="D439" s="1"/>
-[...2 lines deleted...]
-      </c>
       <c r="F439">
-        <v>2</v>
+        <v>113</v>
       </c>
     </row>
     <row r="440" spans="1:18">
       <c r="A440" t="s">
+        <v>1744</v>
+      </c>
+      <c r="B440" t="s">
         <v>1745</v>
       </c>
-      <c r="B440" t="s">
+      <c r="C440" t="s">
         <v>1746</v>
       </c>
-      <c r="C440" t="s">
+      <c r="D440" s="1">
+        <v>5903351020848</v>
+      </c>
+      <c r="E440" t="s">
         <v>1747</v>
       </c>
-      <c r="D440" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F440">
-        <v>101</v>
+        <v>41</v>
       </c>
     </row>
     <row r="441" spans="1:18">
       <c r="A441" t="s">
+        <v>1748</v>
+      </c>
+      <c r="B441" t="s">
         <v>1749</v>
       </c>
-      <c r="B441" t="s">
+      <c r="C441" t="s">
         <v>1750</v>
       </c>
-      <c r="C441" t="s">
+      <c r="D441" s="1">
+        <v>5903351020855</v>
+      </c>
+      <c r="E441" t="s">
         <v>1751</v>
       </c>
-      <c r="D441" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F441">
-        <v>69</v>
+        <v>59</v>
       </c>
     </row>
     <row r="442" spans="1:18">
       <c r="A442" t="s">
+        <v>1752</v>
+      </c>
+      <c r="B442" t="s">
         <v>1753</v>
       </c>
-      <c r="B442" t="s">
+      <c r="C442" t="s">
         <v>1754</v>
       </c>
-      <c r="C442" t="s">
+      <c r="D442" s="1">
+        <v>5903351020862</v>
+      </c>
+      <c r="E442" t="s">
         <v>1755</v>
       </c>
-      <c r="D442" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F442">
-        <v>100</v>
+        <v>32</v>
       </c>
     </row>
     <row r="443" spans="1:18">
       <c r="A443" t="s">
+        <v>1756</v>
+      </c>
+      <c r="B443" t="s">
         <v>1757</v>
       </c>
-      <c r="B443" t="s">
+      <c r="C443" t="s">
         <v>1758</v>
       </c>
-      <c r="C443" t="s">
+      <c r="D443" s="1">
+        <v>5903351020879</v>
+      </c>
+      <c r="E443" t="s">
         <v>1759</v>
       </c>
-      <c r="D443" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F443">
-        <v>101</v>
+        <v>20</v>
       </c>
     </row>
     <row r="444" spans="1:18">
       <c r="A444" t="s">
+        <v>1760</v>
+      </c>
+      <c r="B444" t="s">
         <v>1761</v>
       </c>
-      <c r="B444" t="s">
+      <c r="C444" t="s">
         <v>1762</v>
       </c>
-      <c r="C444" t="s">
+      <c r="D444" s="1">
+        <v>5903351023795</v>
+      </c>
+      <c r="E444" t="s">
         <v>1763</v>
       </c>
-      <c r="D444" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F444">
-        <v>65</v>
+        <v>6</v>
       </c>
     </row>
     <row r="445" spans="1:18">
       <c r="A445" t="s">
+        <v>1764</v>
+      </c>
+      <c r="B445" t="s">
         <v>1765</v>
       </c>
-      <c r="B445" t="s">
+      <c r="C445" t="s">
         <v>1766</v>
       </c>
-      <c r="C445" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D445" s="1">
-        <v>5903351020794</v>
+        <v>5903351023771</v>
       </c>
       <c r="E445" t="s">
-        <v>1768</v>
+        <v>1766</v>
       </c>
       <c r="F445">
-        <v>92</v>
+        <v>148</v>
       </c>
     </row>
     <row r="446" spans="1:18">
       <c r="A446" t="s">
+        <v>1767</v>
+      </c>
+      <c r="B446" t="s">
+        <v>1768</v>
+      </c>
+      <c r="C446" t="s">
         <v>1769</v>
       </c>
-      <c r="B446" t="s">
+      <c r="D446" s="1">
+        <v>5903351023788</v>
+      </c>
+      <c r="E446" t="s">
         <v>1770</v>
       </c>
-      <c r="C446" t="s">
-[...5 lines deleted...]
-      </c>
       <c r="F446">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="447" spans="1:18">
       <c r="A447" t="s">
+        <v>1771</v>
+      </c>
+      <c r="B447" t="s">
+        <v>1772</v>
+      </c>
+      <c r="C447" t="s">
         <v>1773</v>
       </c>
-      <c r="B447" t="s">
+      <c r="D447" s="1">
+        <v>5903351025478</v>
+      </c>
+      <c r="E447" t="s">
         <v>1774</v>
       </c>
-      <c r="C447" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F447">
-        <v>67</v>
+        <v>0</v>
       </c>
     </row>
     <row r="448" spans="1:18">
       <c r="A448" t="s">
+        <v>1775</v>
+      </c>
+      <c r="B448" t="s">
+        <v>1776</v>
+      </c>
+      <c r="C448" t="s">
         <v>1777</v>
       </c>
-      <c r="B448" t="s">
+      <c r="D448" s="1">
+        <v>5903351025485</v>
+      </c>
+      <c r="E448" t="s">
         <v>1778</v>
       </c>
-      <c r="C448" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F448">
-        <v>88</v>
+        <v>11</v>
       </c>
     </row>
     <row r="449" spans="1:18">
       <c r="A449" t="s">
+        <v>1779</v>
+      </c>
+      <c r="B449" t="s">
+        <v>1780</v>
+      </c>
+      <c r="C449" t="s">
         <v>1781</v>
       </c>
-      <c r="B449" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D449" s="1">
-        <v>5903351020824</v>
-[...2 lines deleted...]
-        <v>1784</v>
+        <v>5903351025744</v>
       </c>
       <c r="F449">
-        <v>107</v>
+        <v>22</v>
       </c>
     </row>
     <row r="450" spans="1:18">
       <c r="A450" t="s">
-        <v>1785</v>
+        <v>1782</v>
       </c>
       <c r="B450" t="s">
-        <v>1786</v>
+        <v>1783</v>
       </c>
       <c r="C450" t="s">
-        <v>1787</v>
+        <v>1784</v>
       </c>
       <c r="D450" s="1">
-        <v>5903351020831</v>
-[...2 lines deleted...]
-        <v>1788</v>
+        <v>5903351025751</v>
       </c>
       <c r="F450">
-        <v>113</v>
+        <v>25</v>
       </c>
     </row>
     <row r="451" spans="1:18">
       <c r="A451" t="s">
-        <v>1789</v>
+        <v>1785</v>
       </c>
       <c r="B451" t="s">
-        <v>1790</v>
+        <v>1786</v>
       </c>
       <c r="C451" t="s">
-        <v>1791</v>
+        <v>1787</v>
       </c>
       <c r="D451" s="1">
-        <v>5903351020848</v>
-[...2 lines deleted...]
-        <v>1792</v>
+        <v>5903351025768</v>
       </c>
       <c r="F451">
-        <v>59</v>
+        <v>33</v>
       </c>
     </row>
     <row r="452" spans="1:18">
       <c r="A452" t="s">
-        <v>1793</v>
+        <v>1788</v>
       </c>
       <c r="B452" t="s">
-        <v>1794</v>
+        <v>1789</v>
       </c>
       <c r="C452" t="s">
-        <v>1795</v>
+        <v>1790</v>
       </c>
       <c r="D452" s="1">
-        <v>5903351020855</v>
-[...2 lines deleted...]
-        <v>1796</v>
+        <v>5903351025775</v>
       </c>
       <c r="F452">
-        <v>67</v>
+        <v>37</v>
       </c>
     </row>
     <row r="453" spans="1:18">
       <c r="A453" t="s">
-        <v>1797</v>
+        <v>1791</v>
       </c>
       <c r="B453" t="s">
-        <v>1798</v>
+        <v>1792</v>
       </c>
       <c r="C453" t="s">
-        <v>1799</v>
+        <v>1793</v>
       </c>
       <c r="D453" s="1">
-        <v>5903351020862</v>
-[...2 lines deleted...]
-        <v>1800</v>
+        <v>5903351025782</v>
       </c>
       <c r="F453">
-        <v>12</v>
+        <v>15</v>
       </c>
     </row>
     <row r="454" spans="1:18">
       <c r="A454" t="s">
-        <v>1801</v>
+        <v>1794</v>
       </c>
       <c r="B454" t="s">
-        <v>1802</v>
+        <v>1795</v>
       </c>
       <c r="C454" t="s">
-        <v>1803</v>
+        <v>1796</v>
       </c>
       <c r="D454" s="1">
-        <v>5903351020879</v>
-[...2 lines deleted...]
-        <v>1804</v>
+        <v>5903351025799</v>
       </c>
       <c r="F454">
-        <v>40</v>
+        <v>46</v>
       </c>
     </row>
     <row r="455" spans="1:18">
       <c r="A455" t="s">
-        <v>1805</v>
+        <v>1797</v>
       </c>
       <c r="B455" t="s">
-        <v>1806</v>
+        <v>1798</v>
       </c>
       <c r="C455" t="s">
-        <v>1807</v>
+        <v>1799</v>
       </c>
       <c r="D455" s="1">
-        <v>5903351023795</v>
-[...2 lines deleted...]
-        <v>1808</v>
+        <v>5903351025805</v>
       </c>
       <c r="F455">
-        <v>6</v>
+        <v>29</v>
       </c>
     </row>
     <row r="456" spans="1:18">
       <c r="A456" t="s">
-        <v>1809</v>
+        <v>1800</v>
       </c>
       <c r="B456" t="s">
-        <v>1810</v>
+        <v>1801</v>
       </c>
       <c r="C456" t="s">
-        <v>1811</v>
+        <v>1802</v>
       </c>
       <c r="D456" s="1">
-        <v>5903351023771</v>
-[...2 lines deleted...]
-        <v>1811</v>
+        <v>5903351025812</v>
       </c>
       <c r="F456">
-        <v>159</v>
+        <v>38</v>
       </c>
     </row>
     <row r="457" spans="1:18">
       <c r="A457" t="s">
-        <v>1812</v>
+        <v>1803</v>
       </c>
       <c r="B457" t="s">
-        <v>1813</v>
+        <v>1804</v>
       </c>
       <c r="C457" t="s">
-        <v>1814</v>
+        <v>1805</v>
       </c>
       <c r="D457" s="1">
-        <v>5903351023788</v>
-[...2 lines deleted...]
-        <v>1815</v>
+        <v>5903351025829</v>
       </c>
       <c r="F457">
-        <v>129</v>
+        <v>47</v>
       </c>
     </row>
     <row r="458" spans="1:18">
       <c r="A458" t="s">
-        <v>1816</v>
+        <v>1806</v>
       </c>
       <c r="B458" t="s">
-        <v>1817</v>
+        <v>1807</v>
       </c>
       <c r="C458" t="s">
-        <v>1818</v>
-[...9 lines deleted...]
-      </c>
+        <v>1808</v>
+      </c>
+      <c r="D458" s="1"/>
     </row>
     <row r="459" spans="1:18">
       <c r="A459" t="s">
-        <v>1820</v>
-[...15 lines deleted...]
-      </c>
+        <v>1809</v>
+      </c>
+      <c r="C459">
+        <v>44</v>
+      </c>
+      <c r="D459" s="1"/>
     </row>
     <row r="460" spans="1:18">
       <c r="A460" t="s">
-        <v>1824</v>
+        <v>1810</v>
       </c>
       <c r="B460" t="s">
-        <v>1825</v>
+        <v>1811</v>
       </c>
       <c r="C460" t="s">
-        <v>1826</v>
+        <v>1812</v>
       </c>
       <c r="D460" s="1">
-        <v>5903351014052</v>
-[...2 lines deleted...]
-        <v>1827</v>
+        <v>5903351025843</v>
       </c>
       <c r="F460">
-        <v>840</v>
+        <v>0</v>
       </c>
     </row>
     <row r="461" spans="1:18">
       <c r="A461" t="s">
-        <v>1828</v>
+        <v>1813</v>
       </c>
       <c r="B461" t="s">
-        <v>1829</v>
+        <v>1814</v>
       </c>
       <c r="C461" t="s">
-        <v>1830</v>
+        <v>1815</v>
       </c>
       <c r="D461" s="1">
-        <v>5903351014069</v>
-[...2 lines deleted...]
-        <v>1831</v>
+        <v>5903351025850</v>
       </c>
       <c r="F461">
-        <v>1957</v>
+        <v>44</v>
       </c>
     </row>
     <row r="462" spans="1:18">
       <c r="A462" t="s">
-        <v>1832</v>
+        <v>1816</v>
       </c>
       <c r="B462" t="s">
-        <v>1833</v>
+        <v>1817</v>
       </c>
       <c r="C462" t="s">
-        <v>1834</v>
+        <v>1818</v>
       </c>
       <c r="D462" s="1">
-        <v>5903351014076</v>
-[...2 lines deleted...]
-        <v>1835</v>
+        <v>5903351025867</v>
       </c>
       <c r="F462">
-        <v>944</v>
+        <v>18</v>
       </c>
     </row>
     <row r="463" spans="1:18">
       <c r="A463" t="s">
-        <v>1836</v>
+        <v>1819</v>
       </c>
       <c r="B463" t="s">
-        <v>1837</v>
+        <v>1820</v>
       </c>
       <c r="C463" t="s">
-        <v>1838</v>
+        <v>1821</v>
       </c>
       <c r="D463" s="1">
-        <v>5903351014083</v>
-[...2 lines deleted...]
-        <v>1839</v>
+        <v>5903351025874</v>
       </c>
       <c r="F463">
-        <v>723</v>
+        <v>37</v>
       </c>
     </row>
     <row r="464" spans="1:18">
       <c r="A464" t="s">
-        <v>1840</v>
+        <v>1822</v>
       </c>
       <c r="B464" t="s">
-        <v>1841</v>
+        <v>1823</v>
       </c>
       <c r="C464" t="s">
-        <v>1842</v>
+        <v>1824</v>
       </c>
       <c r="D464" s="1">
-        <v>5903351014090</v>
-[...2 lines deleted...]
-        <v>1843</v>
+        <v>5903351025881</v>
       </c>
       <c r="F464">
-        <v>626</v>
+        <v>40</v>
       </c>
     </row>
     <row r="465" spans="1:18">
       <c r="A465" t="s">
-        <v>1844</v>
+        <v>1825</v>
       </c>
       <c r="B465" t="s">
-        <v>1845</v>
+        <v>1826</v>
       </c>
       <c r="C465" t="s">
-        <v>1846</v>
+        <v>1827</v>
       </c>
       <c r="D465" s="1">
-        <v>5903351014106</v>
-[...2 lines deleted...]
-        <v>1847</v>
+        <v>5903351025898</v>
       </c>
       <c r="F465">
-        <v>0</v>
+        <v>50</v>
       </c>
     </row>
     <row r="466" spans="1:18">
       <c r="A466" t="s">
-        <v>1848</v>
+        <v>1828</v>
       </c>
       <c r="B466" t="s">
-        <v>1849</v>
+        <v>1829</v>
       </c>
       <c r="C466" t="s">
-        <v>1850</v>
+        <v>1830</v>
       </c>
       <c r="D466" s="1">
-        <v>5903351014113</v>
-[...2 lines deleted...]
-        <v>1851</v>
+        <v>5903351025904</v>
       </c>
       <c r="F466">
-        <v>188</v>
+        <v>45</v>
       </c>
     </row>
     <row r="467" spans="1:18">
       <c r="A467" t="s">
-        <v>1852</v>
+        <v>1831</v>
       </c>
       <c r="B467" t="s">
-        <v>1853</v>
+        <v>1832</v>
       </c>
       <c r="C467" t="s">
-        <v>1854</v>
+        <v>1833</v>
       </c>
       <c r="D467" s="1">
-        <v>5903351014120</v>
-[...2 lines deleted...]
-        <v>1855</v>
+        <v>5903351025911</v>
       </c>
       <c r="F467">
-        <v>302</v>
+        <v>42</v>
       </c>
     </row>
     <row r="468" spans="1:18">
       <c r="A468" t="s">
-        <v>1856</v>
+        <v>1834</v>
       </c>
       <c r="B468" t="s">
-        <v>1857</v>
+        <v>1835</v>
       </c>
       <c r="C468" t="s">
-        <v>1858</v>
+        <v>1836</v>
       </c>
       <c r="D468" s="1">
-        <v>5903351014137</v>
-[...2 lines deleted...]
-        <v>1859</v>
+        <v>5903351025928</v>
       </c>
       <c r="F468">
-        <v>5951</v>
+        <v>37</v>
       </c>
     </row>
     <row r="469" spans="1:18">
       <c r="A469" t="s">
-        <v>1860</v>
+        <v>1837</v>
       </c>
       <c r="B469" t="s">
-        <v>1861</v>
+        <v>1838</v>
       </c>
       <c r="C469" t="s">
-        <v>1862</v>
+        <v>1839</v>
       </c>
       <c r="D469" s="1">
-        <v>5903351014144</v>
-[...2 lines deleted...]
-        <v>1863</v>
+        <v>5903351025935</v>
       </c>
       <c r="F469">
-        <v>83</v>
+        <v>50</v>
       </c>
     </row>
     <row r="470" spans="1:18">
       <c r="A470" t="s">
-        <v>1864</v>
+        <v>1840</v>
       </c>
       <c r="B470" t="s">
-        <v>1865</v>
+        <v>1841</v>
       </c>
       <c r="C470" t="s">
-        <v>1866</v>
+        <v>1842</v>
       </c>
       <c r="D470" s="1">
-        <v>5903351014151</v>
-[...2 lines deleted...]
-        <v>1867</v>
+        <v>5903351025942</v>
       </c>
       <c r="F470">
-        <v>3069</v>
+        <v>47</v>
       </c>
     </row>
     <row r="471" spans="1:18">
       <c r="A471" t="s">
-        <v>1868</v>
+        <v>1843</v>
       </c>
       <c r="B471" t="s">
-        <v>1869</v>
+        <v>1844</v>
       </c>
       <c r="C471" t="s">
-        <v>1870</v>
+        <v>1845</v>
       </c>
       <c r="D471" s="1">
-        <v>5903351014175</v>
-[...2 lines deleted...]
-        <v>1871</v>
+        <v>5903351025959</v>
       </c>
       <c r="F471">
-        <v>2309</v>
+        <v>49</v>
       </c>
     </row>
     <row r="472" spans="1:18">
       <c r="A472" t="s">
-        <v>1872</v>
+        <v>1846</v>
       </c>
       <c r="B472" t="s">
-        <v>1873</v>
+        <v>1847</v>
       </c>
       <c r="C472" t="s">
-        <v>1874</v>
+        <v>1848</v>
       </c>
       <c r="D472" s="1">
-        <v>5903351014182</v>
+        <v>5903351014052</v>
       </c>
       <c r="E472" t="s">
-        <v>1875</v>
+        <v>1849</v>
       </c>
       <c r="F472">
-        <v>2343</v>
+        <v>573</v>
       </c>
     </row>
     <row r="473" spans="1:18">
       <c r="A473" t="s">
-        <v>1876</v>
+        <v>1850</v>
       </c>
       <c r="B473" t="s">
-        <v>1877</v>
+        <v>1851</v>
       </c>
       <c r="C473" t="s">
-        <v>1878</v>
+        <v>1852</v>
       </c>
       <c r="D473" s="1">
-        <v>5903351014168</v>
+        <v>5903351014069</v>
       </c>
       <c r="E473" t="s">
-        <v>1879</v>
+        <v>1853</v>
       </c>
       <c r="F473">
-        <v>20</v>
+        <v>760</v>
       </c>
     </row>
     <row r="474" spans="1:18">
       <c r="A474" t="s">
-        <v>1880</v>
+        <v>1854</v>
       </c>
       <c r="B474" t="s">
-        <v>1881</v>
+        <v>1855</v>
       </c>
       <c r="C474" t="s">
-        <v>1882</v>
+        <v>1856</v>
       </c>
       <c r="D474" s="1">
-        <v>5905090332664</v>
+        <v>5903351014076</v>
       </c>
       <c r="E474" t="s">
-        <v>1883</v>
+        <v>1857</v>
       </c>
       <c r="F474">
-        <v>101</v>
+        <v>346</v>
       </c>
     </row>
     <row r="475" spans="1:18">
       <c r="A475" t="s">
-        <v>1884</v>
+        <v>1858</v>
       </c>
       <c r="B475" t="s">
-        <v>1885</v>
+        <v>1859</v>
       </c>
       <c r="C475" t="s">
-        <v>1886</v>
+        <v>1860</v>
       </c>
       <c r="D475" s="1">
-        <v>5903351013079</v>
+        <v>5903351014083</v>
       </c>
       <c r="E475" t="s">
-        <v>1887</v>
+        <v>1861</v>
       </c>
       <c r="F475">
-        <v>154</v>
+        <v>296</v>
       </c>
     </row>
     <row r="476" spans="1:18">
       <c r="A476" t="s">
-        <v>1888</v>
+        <v>1862</v>
       </c>
       <c r="B476" t="s">
-        <v>1889</v>
+        <v>1863</v>
       </c>
       <c r="C476" t="s">
-        <v>1890</v>
+        <v>1864</v>
       </c>
       <c r="D476" s="1">
-        <v>5903351023931</v>
+        <v>5903351014090</v>
       </c>
       <c r="E476" t="s">
-        <v>1891</v>
+        <v>1865</v>
       </c>
       <c r="F476">
-        <v>1285</v>
+        <v>283</v>
       </c>
     </row>
     <row r="477" spans="1:18">
       <c r="A477" t="s">
-        <v>1892</v>
+        <v>1866</v>
       </c>
       <c r="B477" t="s">
-        <v>1893</v>
+        <v>1867</v>
       </c>
       <c r="C477" t="s">
-        <v>1894</v>
+        <v>1868</v>
       </c>
       <c r="D477" s="1">
-        <v>5903351020473</v>
+        <v>5903351014106</v>
       </c>
       <c r="E477" t="s">
-        <v>1895</v>
+        <v>1869</v>
       </c>
       <c r="F477">
-        <v>648</v>
+        <v>5</v>
       </c>
     </row>
     <row r="478" spans="1:18">
       <c r="A478" t="s">
-        <v>1896</v>
+        <v>1870</v>
       </c>
       <c r="B478" t="s">
-        <v>1897</v>
+        <v>1871</v>
       </c>
       <c r="C478" t="s">
-        <v>1898</v>
+        <v>1872</v>
       </c>
       <c r="D478" s="1">
-        <v>5903351020480</v>
+        <v>5903351014113</v>
       </c>
       <c r="E478" t="s">
-        <v>1899</v>
+        <v>1873</v>
       </c>
       <c r="F478">
-        <v>650</v>
+        <v>70</v>
       </c>
     </row>
     <row r="479" spans="1:18">
       <c r="A479" t="s">
-        <v>1900</v>
+        <v>1874</v>
       </c>
       <c r="B479" t="s">
-        <v>1901</v>
+        <v>1875</v>
       </c>
       <c r="C479" t="s">
-        <v>1902</v>
+        <v>1876</v>
       </c>
       <c r="D479" s="1">
-        <v>5903351020497</v>
+        <v>5903351014120</v>
       </c>
       <c r="E479" t="s">
-        <v>1903</v>
+        <v>1877</v>
       </c>
       <c r="F479">
-        <v>256</v>
+        <v>2</v>
       </c>
     </row>
     <row r="480" spans="1:18">
       <c r="A480" t="s">
-        <v>1904</v>
+        <v>1878</v>
       </c>
       <c r="B480" t="s">
-        <v>1905</v>
+        <v>1879</v>
       </c>
       <c r="C480" t="s">
-        <v>1906</v>
+        <v>1880</v>
       </c>
       <c r="D480" s="1">
-        <v>5903351020503</v>
+        <v>5903351014137</v>
       </c>
       <c r="E480" t="s">
-        <v>1907</v>
+        <v>1881</v>
       </c>
       <c r="F480">
-        <v>426</v>
+        <v>4507</v>
       </c>
     </row>
     <row r="481" spans="1:18">
       <c r="A481" t="s">
-        <v>1908</v>
+        <v>1882</v>
       </c>
       <c r="B481" t="s">
-        <v>1909</v>
+        <v>1883</v>
       </c>
       <c r="C481" t="s">
-        <v>1910</v>
+        <v>1884</v>
       </c>
       <c r="D481" s="1">
-        <v>5903351020510</v>
+        <v>5903351014144</v>
       </c>
       <c r="E481" t="s">
-        <v>1911</v>
+        <v>1885</v>
       </c>
       <c r="F481">
-        <v>205</v>
+        <v>17</v>
       </c>
     </row>
     <row r="482" spans="1:18">
       <c r="A482" t="s">
-        <v>1912</v>
+        <v>1886</v>
       </c>
       <c r="B482" t="s">
-        <v>1913</v>
+        <v>1887</v>
       </c>
       <c r="C482" t="s">
-        <v>1914</v>
+        <v>1888</v>
       </c>
       <c r="D482" s="1">
-        <v>5903351020527</v>
+        <v>5903351014151</v>
       </c>
       <c r="E482" t="s">
-        <v>1915</v>
+        <v>1889</v>
       </c>
       <c r="F482">
-        <v>100</v>
+        <v>4406</v>
       </c>
     </row>
     <row r="483" spans="1:18">
       <c r="A483" t="s">
-        <v>1916</v>
+        <v>1890</v>
       </c>
       <c r="B483" t="s">
-        <v>1917</v>
+        <v>1891</v>
       </c>
       <c r="C483" t="s">
-        <v>1918</v>
+        <v>1892</v>
       </c>
       <c r="D483" s="1">
-        <v>5903351020534</v>
+        <v>5903351014175</v>
       </c>
       <c r="E483" t="s">
-        <v>1919</v>
+        <v>1893</v>
       </c>
       <c r="F483">
-        <v>826</v>
+        <v>3832</v>
       </c>
     </row>
     <row r="484" spans="1:18">
       <c r="A484" t="s">
-        <v>1920</v>
+        <v>1894</v>
       </c>
       <c r="B484" t="s">
-        <v>1921</v>
+        <v>1895</v>
       </c>
       <c r="C484" t="s">
-        <v>1922</v>
+        <v>1896</v>
       </c>
       <c r="D484" s="1">
-        <v>5903351020541</v>
+        <v>5903351014182</v>
       </c>
       <c r="E484" t="s">
-        <v>1923</v>
+        <v>1897</v>
       </c>
       <c r="F484">
-        <v>45</v>
+        <v>616</v>
       </c>
     </row>
     <row r="485" spans="1:18">
       <c r="A485" t="s">
-        <v>1924</v>
+        <v>1898</v>
       </c>
       <c r="B485" t="s">
-        <v>1925</v>
+        <v>1899</v>
       </c>
       <c r="C485" t="s">
-        <v>1926</v>
+        <v>1900</v>
       </c>
       <c r="D485" s="1">
-        <v>5903351020558</v>
+        <v>5903351014168</v>
       </c>
       <c r="E485" t="s">
-        <v>1927</v>
+        <v>1901</v>
       </c>
       <c r="F485">
-        <v>698</v>
+        <v>16</v>
       </c>
     </row>
     <row r="486" spans="1:18">
       <c r="A486" t="s">
-        <v>1928</v>
+        <v>1902</v>
       </c>
       <c r="B486" t="s">
-        <v>1929</v>
+        <v>1903</v>
       </c>
       <c r="C486" t="s">
-        <v>1930</v>
+        <v>1904</v>
       </c>
       <c r="D486" s="1">
-        <v>5903351020565</v>
+        <v>5905090332664</v>
       </c>
       <c r="E486" t="s">
-        <v>1931</v>
+        <v>1905</v>
       </c>
       <c r="F486">
-        <v>243</v>
+        <v>1</v>
       </c>
     </row>
     <row r="487" spans="1:18">
       <c r="A487" t="s">
-        <v>1932</v>
+        <v>1906</v>
       </c>
       <c r="B487" t="s">
-        <v>1933</v>
+        <v>1907</v>
       </c>
       <c r="C487" t="s">
-        <v>1934</v>
+        <v>1908</v>
       </c>
       <c r="D487" s="1">
-        <v>5903351020572</v>
+        <v>5903351013079</v>
       </c>
       <c r="E487" t="s">
-        <v>1935</v>
+        <v>1909</v>
       </c>
       <c r="F487">
-        <v>565</v>
+        <v>141</v>
       </c>
     </row>
     <row r="488" spans="1:18">
       <c r="A488" t="s">
-        <v>1936</v>
+        <v>1910</v>
       </c>
       <c r="B488" t="s">
-        <v>1937</v>
+        <v>1911</v>
       </c>
       <c r="C488" t="s">
-        <v>1938</v>
+        <v>1912</v>
       </c>
       <c r="D488" s="1">
-        <v>5903351023948</v>
+        <v>5903351023931</v>
       </c>
       <c r="E488" t="s">
-        <v>1939</v>
+        <v>1913</v>
       </c>
       <c r="F488">
-        <v>327</v>
+        <v>565</v>
       </c>
     </row>
     <row r="489" spans="1:18">
       <c r="A489" t="s">
-        <v>1940</v>
+        <v>1914</v>
       </c>
       <c r="B489" t="s">
-        <v>1941</v>
+        <v>1915</v>
       </c>
       <c r="C489" t="s">
-        <v>1942</v>
+        <v>1916</v>
       </c>
       <c r="D489" s="1">
-        <v>5903351024914</v>
+        <v>5903351020473</v>
       </c>
       <c r="E489" t="s">
-        <v>1943</v>
+        <v>1917</v>
       </c>
       <c r="F489">
-        <v>103</v>
+        <v>607</v>
       </c>
     </row>
     <row r="490" spans="1:18">
       <c r="A490" t="s">
-        <v>1944</v>
+        <v>1918</v>
       </c>
       <c r="B490" t="s">
-        <v>1945</v>
+        <v>1919</v>
       </c>
       <c r="C490" t="s">
-        <v>1946</v>
+        <v>1920</v>
       </c>
       <c r="D490" s="1">
-        <v>5903351024921</v>
+        <v>5903351020480</v>
       </c>
       <c r="E490" t="s">
-        <v>1943</v>
+        <v>1921</v>
       </c>
       <c r="F490">
-        <v>30</v>
+        <v>769</v>
       </c>
     </row>
     <row r="491" spans="1:18">
       <c r="A491" t="s">
-        <v>1947</v>
+        <v>1922</v>
       </c>
       <c r="B491" t="s">
-        <v>1948</v>
+        <v>1923</v>
       </c>
       <c r="C491" t="s">
-        <v>1949</v>
+        <v>1924</v>
       </c>
       <c r="D491" s="1">
-        <v>5903351025072</v>
+        <v>5903351020497</v>
       </c>
       <c r="E491" t="s">
-        <v>1950</v>
+        <v>1925</v>
       </c>
       <c r="F491">
-        <v>88</v>
+        <v>584</v>
       </c>
     </row>
     <row r="492" spans="1:18">
       <c r="A492" t="s">
-        <v>1951</v>
+        <v>1926</v>
       </c>
       <c r="B492" t="s">
-        <v>1952</v>
+        <v>1927</v>
       </c>
       <c r="C492" t="s">
-        <v>1953</v>
+        <v>1928</v>
       </c>
       <c r="D492" s="1">
-        <v>5903351025089</v>
+        <v>5903351020503</v>
       </c>
       <c r="E492" t="s">
-        <v>1950</v>
+        <v>1929</v>
       </c>
       <c r="F492">
-        <v>57</v>
+        <v>285</v>
       </c>
     </row>
     <row r="493" spans="1:18">
       <c r="A493" t="s">
-        <v>1954</v>
+        <v>1930</v>
       </c>
       <c r="B493" t="s">
-        <v>1955</v>
+        <v>1931</v>
       </c>
       <c r="C493" t="s">
-        <v>1956</v>
+        <v>1932</v>
       </c>
       <c r="D493" s="1">
-        <v>5903351011617</v>
+        <v>5903351020510</v>
       </c>
       <c r="E493" t="s">
-        <v>1957</v>
+        <v>1933</v>
       </c>
       <c r="F493">
-        <v>98</v>
+        <v>111</v>
       </c>
     </row>
     <row r="494" spans="1:18">
       <c r="A494" t="s">
-        <v>1958</v>
+        <v>1934</v>
       </c>
       <c r="B494" t="s">
-        <v>1959</v>
+        <v>1935</v>
       </c>
       <c r="C494" t="s">
-        <v>1960</v>
+        <v>1936</v>
       </c>
       <c r="D494" s="1">
-        <v>5903351011600</v>
+        <v>5903351020527</v>
       </c>
       <c r="E494" t="s">
-        <v>1961</v>
+        <v>1937</v>
       </c>
       <c r="F494">
-        <v>51</v>
+        <v>108</v>
       </c>
     </row>
     <row r="495" spans="1:18">
       <c r="A495" t="s">
-        <v>1962</v>
+        <v>1938</v>
       </c>
       <c r="B495" t="s">
-        <v>1963</v>
+        <v>1939</v>
       </c>
       <c r="C495" t="s">
-        <v>1964</v>
+        <v>1940</v>
       </c>
       <c r="D495" s="1">
-        <v>5903351007276</v>
+        <v>5903351020534</v>
       </c>
       <c r="E495" t="s">
-        <v>1965</v>
+        <v>1941</v>
       </c>
       <c r="F495">
-        <v>129</v>
+        <v>324</v>
       </c>
     </row>
     <row r="496" spans="1:18">
       <c r="A496" t="s">
-        <v>1966</v>
+        <v>1942</v>
       </c>
       <c r="B496" t="s">
-        <v>1967</v>
+        <v>1943</v>
       </c>
       <c r="C496" t="s">
-        <v>1968</v>
+        <v>1944</v>
       </c>
       <c r="D496" s="1">
-        <v>5903351006613</v>
+        <v>5903351020541</v>
       </c>
       <c r="E496" t="s">
-        <v>1969</v>
+        <v>1945</v>
       </c>
       <c r="F496">
-        <v>80</v>
+        <v>539</v>
       </c>
     </row>
     <row r="497" spans="1:18">
       <c r="A497" t="s">
-        <v>1970</v>
+        <v>1946</v>
       </c>
       <c r="B497" t="s">
-        <v>1971</v>
+        <v>1947</v>
       </c>
       <c r="C497" t="s">
-        <v>1972</v>
+        <v>1948</v>
       </c>
       <c r="D497" s="1">
-        <v>5903351007283</v>
+        <v>5903351020558</v>
       </c>
       <c r="E497" t="s">
-        <v>1973</v>
+        <v>1949</v>
       </c>
       <c r="F497">
-        <v>85</v>
+        <v>955</v>
       </c>
     </row>
     <row r="498" spans="1:18">
       <c r="A498" t="s">
-        <v>1974</v>
+        <v>1950</v>
       </c>
       <c r="B498" t="s">
-        <v>1975</v>
+        <v>1951</v>
       </c>
       <c r="C498" t="s">
-        <v>1976</v>
+        <v>1952</v>
       </c>
       <c r="D498" s="1">
-        <v>5903351006620</v>
+        <v>5903351020565</v>
       </c>
       <c r="E498" t="s">
-        <v>1977</v>
+        <v>1953</v>
       </c>
       <c r="F498">
-        <v>37</v>
+        <v>1021</v>
       </c>
     </row>
     <row r="499" spans="1:18">
       <c r="A499" t="s">
-        <v>1978</v>
+        <v>1954</v>
       </c>
       <c r="B499" t="s">
-        <v>1979</v>
+        <v>1955</v>
       </c>
       <c r="C499" t="s">
-        <v>1980</v>
+        <v>1956</v>
       </c>
       <c r="D499" s="1">
-        <v>5903351007290</v>
+        <v>5903351020572</v>
       </c>
       <c r="E499" t="s">
-        <v>1981</v>
+        <v>1957</v>
       </c>
       <c r="F499">
-        <v>50</v>
+        <v>237</v>
       </c>
     </row>
     <row r="500" spans="1:18">
       <c r="A500" t="s">
-        <v>1982</v>
+        <v>1958</v>
       </c>
       <c r="B500" t="s">
-        <v>1983</v>
+        <v>1959</v>
       </c>
       <c r="C500" t="s">
-        <v>1984</v>
+        <v>1960</v>
       </c>
       <c r="D500" s="1">
-        <v>5903351006637</v>
+        <v>5903351023948</v>
       </c>
       <c r="E500" t="s">
-        <v>1985</v>
+        <v>1961</v>
       </c>
       <c r="F500">
-        <v>84</v>
+        <v>0</v>
       </c>
     </row>
     <row r="501" spans="1:18">
       <c r="A501" t="s">
-        <v>1986</v>
+        <v>1962</v>
       </c>
       <c r="B501" t="s">
-        <v>1987</v>
+        <v>1963</v>
       </c>
       <c r="C501" t="s">
-        <v>1988</v>
+        <v>1964</v>
       </c>
       <c r="D501" s="1">
-        <v>5903351009829</v>
+        <v>5903351024914</v>
       </c>
       <c r="E501" t="s">
-        <v>1989</v>
+        <v>1965</v>
       </c>
       <c r="F501">
-        <v>374</v>
+        <v>1</v>
       </c>
     </row>
     <row r="502" spans="1:18">
       <c r="A502" t="s">
-        <v>1990</v>
+        <v>1966</v>
       </c>
       <c r="B502" t="s">
-        <v>1991</v>
+        <v>1967</v>
       </c>
       <c r="C502" t="s">
-        <v>1992</v>
+        <v>1968</v>
       </c>
       <c r="D502" s="1">
-        <v>5903351009812</v>
+        <v>5903351024921</v>
       </c>
       <c r="E502" t="s">
-        <v>1993</v>
+        <v>1965</v>
       </c>
       <c r="F502">
-        <v>96</v>
+        <v>14</v>
       </c>
     </row>
     <row r="503" spans="1:18">
       <c r="A503" t="s">
-        <v>1994</v>
+        <v>1969</v>
       </c>
       <c r="B503" t="s">
-        <v>1995</v>
+        <v>1970</v>
       </c>
       <c r="C503" t="s">
-        <v>1996</v>
+        <v>1971</v>
       </c>
       <c r="D503" s="1">
-        <v>5903351009744</v>
+        <v>5903351025072</v>
       </c>
       <c r="E503" t="s">
-        <v>1997</v>
+        <v>1972</v>
       </c>
       <c r="F503">
-        <v>100</v>
+        <v>4</v>
       </c>
     </row>
     <row r="504" spans="1:18">
       <c r="A504" t="s">
-        <v>1998</v>
+        <v>1973</v>
       </c>
       <c r="B504" t="s">
-        <v>1999</v>
+        <v>1974</v>
       </c>
       <c r="C504" t="s">
-        <v>2000</v>
+        <v>1975</v>
       </c>
       <c r="D504" s="1">
-        <v>5903351009737</v>
+        <v>5903351025089</v>
       </c>
       <c r="E504" t="s">
-        <v>2001</v>
+        <v>1972</v>
       </c>
       <c r="F504">
-        <v>94</v>
+        <v>0</v>
       </c>
     </row>
     <row r="505" spans="1:18">
       <c r="A505" t="s">
-        <v>2002</v>
+        <v>1976</v>
       </c>
       <c r="B505" t="s">
-        <v>2003</v>
+        <v>1977</v>
       </c>
       <c r="C505" t="s">
-        <v>2004</v>
+        <v>1978</v>
       </c>
       <c r="D505" s="1">
-        <v>5903351009768</v>
+        <v>5903351011617</v>
       </c>
       <c r="E505" t="s">
-        <v>2005</v>
+        <v>1979</v>
       </c>
       <c r="F505">
-        <v>236</v>
+        <v>86</v>
       </c>
     </row>
     <row r="506" spans="1:18">
       <c r="A506" t="s">
-        <v>2006</v>
+        <v>1980</v>
       </c>
       <c r="B506" t="s">
-        <v>2007</v>
+        <v>1981</v>
       </c>
       <c r="C506" t="s">
-        <v>2008</v>
+        <v>1982</v>
       </c>
       <c r="D506" s="1">
-        <v>5903351009751</v>
+        <v>5903351011600</v>
       </c>
       <c r="E506" t="s">
-        <v>2009</v>
+        <v>1983</v>
       </c>
       <c r="F506">
-        <v>8</v>
+        <v>26</v>
       </c>
     </row>
     <row r="507" spans="1:18">
       <c r="A507" t="s">
-        <v>2010</v>
+        <v>1984</v>
       </c>
       <c r="B507" t="s">
-        <v>2011</v>
+        <v>1985</v>
       </c>
       <c r="C507" t="s">
-        <v>2012</v>
+        <v>1986</v>
       </c>
       <c r="D507" s="1">
-        <v>5903351010207</v>
+        <v>5903351007276</v>
       </c>
       <c r="E507" t="s">
-        <v>2013</v>
+        <v>1987</v>
       </c>
       <c r="F507">
-        <v>218</v>
+        <v>102</v>
       </c>
     </row>
     <row r="508" spans="1:18">
       <c r="A508" t="s">
-        <v>2014</v>
+        <v>1988</v>
       </c>
       <c r="B508" t="s">
-        <v>2015</v>
+        <v>1989</v>
       </c>
       <c r="C508" t="s">
-        <v>2016</v>
+        <v>1990</v>
       </c>
       <c r="D508" s="1">
-        <v>5903351009799</v>
+        <v>5903351006613</v>
       </c>
       <c r="E508" t="s">
-        <v>2017</v>
+        <v>1991</v>
       </c>
       <c r="F508">
-        <v>306</v>
+        <v>57</v>
       </c>
     </row>
     <row r="509" spans="1:18">
       <c r="A509" t="s">
-        <v>2018</v>
+        <v>1992</v>
       </c>
       <c r="B509" t="s">
-        <v>2019</v>
+        <v>1993</v>
       </c>
       <c r="C509" t="s">
-        <v>2020</v>
+        <v>1994</v>
       </c>
       <c r="D509" s="1">
-        <v>5903351009782</v>
+        <v>5903351007283</v>
       </c>
       <c r="E509" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="F509">
-        <v>190</v>
+        <v>0</v>
       </c>
     </row>
     <row r="510" spans="1:18">
       <c r="A510" t="s">
-        <v>2022</v>
+        <v>1996</v>
       </c>
       <c r="B510" t="s">
-        <v>2023</v>
+        <v>1997</v>
       </c>
       <c r="C510" t="s">
-        <v>2024</v>
+        <v>1998</v>
       </c>
       <c r="D510" s="1">
-        <v>5903351009775</v>
+        <v>5903351006620</v>
       </c>
       <c r="E510" t="s">
-        <v>2025</v>
+        <v>1999</v>
       </c>
       <c r="F510">
-        <v>119</v>
+        <v>0</v>
       </c>
     </row>
     <row r="511" spans="1:18">
       <c r="A511" t="s">
-        <v>2026</v>
+        <v>2000</v>
       </c>
       <c r="B511" t="s">
-        <v>2027</v>
+        <v>2001</v>
       </c>
       <c r="C511" t="s">
-        <v>2028</v>
+        <v>2002</v>
       </c>
       <c r="D511" s="1">
-        <v>5903351010177</v>
+        <v>5903351007290</v>
       </c>
       <c r="E511" t="s">
-        <v>2029</v>
+        <v>2003</v>
       </c>
       <c r="F511">
-        <v>0</v>
+        <v>7</v>
       </c>
     </row>
     <row r="512" spans="1:18">
       <c r="A512" t="s">
-        <v>2030</v>
+        <v>2004</v>
       </c>
       <c r="B512" t="s">
-        <v>2031</v>
+        <v>2005</v>
       </c>
       <c r="C512" t="s">
-        <v>2032</v>
+        <v>2006</v>
       </c>
       <c r="D512" s="1">
-        <v>5903351010184</v>
+        <v>5903351006637</v>
       </c>
       <c r="E512" t="s">
-        <v>2033</v>
+        <v>2007</v>
       </c>
       <c r="F512">
-        <v>15</v>
+        <v>59</v>
       </c>
     </row>
     <row r="513" spans="1:18">
       <c r="A513" t="s">
-        <v>2034</v>
+        <v>2008</v>
       </c>
       <c r="B513" t="s">
-        <v>2035</v>
+        <v>2009</v>
       </c>
       <c r="C513" t="s">
-        <v>2036</v>
+        <v>2010</v>
       </c>
       <c r="D513" s="1">
-        <v>5903351009843</v>
+        <v>5903351009829</v>
       </c>
       <c r="E513" t="s">
-        <v>2037</v>
+        <v>2011</v>
       </c>
       <c r="F513">
-        <v>216</v>
+        <v>374</v>
       </c>
     </row>
     <row r="514" spans="1:18">
       <c r="A514" t="s">
-        <v>2038</v>
+        <v>2012</v>
       </c>
       <c r="B514" t="s">
-        <v>2039</v>
+        <v>2013</v>
       </c>
       <c r="C514" t="s">
-        <v>2040</v>
+        <v>2014</v>
       </c>
       <c r="D514" s="1">
-        <v>5903351009836</v>
+        <v>5903351009812</v>
       </c>
       <c r="E514" t="s">
-        <v>2041</v>
+        <v>2015</v>
       </c>
       <c r="F514">
-        <v>100</v>
+        <v>95</v>
       </c>
     </row>
     <row r="515" spans="1:18">
       <c r="A515" t="s">
-        <v>2042</v>
+        <v>2016</v>
       </c>
       <c r="B515" t="s">
-        <v>2043</v>
+        <v>2017</v>
       </c>
       <c r="C515" t="s">
-        <v>2044</v>
+        <v>2018</v>
       </c>
       <c r="D515" s="1">
-        <v>5903351009867</v>
+        <v>5903351009744</v>
       </c>
       <c r="E515" t="s">
-        <v>2045</v>
+        <v>2019</v>
       </c>
       <c r="F515">
-        <v>81</v>
+        <v>65</v>
       </c>
     </row>
     <row r="516" spans="1:18">
       <c r="A516" t="s">
-        <v>2046</v>
+        <v>2020</v>
       </c>
       <c r="B516" t="s">
-        <v>2047</v>
+        <v>2021</v>
       </c>
       <c r="C516" t="s">
-        <v>2048</v>
+        <v>2022</v>
       </c>
       <c r="D516" s="1">
-        <v>5903351009850</v>
+        <v>5903351009737</v>
       </c>
       <c r="E516" t="s">
-        <v>2049</v>
+        <v>2023</v>
       </c>
       <c r="F516">
-        <v>91</v>
+        <v>77</v>
       </c>
     </row>
     <row r="517" spans="1:18">
       <c r="A517" t="s">
-        <v>2050</v>
+        <v>2024</v>
       </c>
       <c r="B517" t="s">
-        <v>2051</v>
+        <v>2025</v>
       </c>
       <c r="C517" t="s">
-        <v>2052</v>
+        <v>2026</v>
       </c>
       <c r="D517" s="1">
-        <v>5903351010191</v>
+        <v>5903351009768</v>
       </c>
       <c r="E517" t="s">
-        <v>2053</v>
+        <v>2027</v>
       </c>
       <c r="F517">
-        <v>358</v>
+        <v>188</v>
       </c>
     </row>
     <row r="518" spans="1:18">
       <c r="A518" t="s">
-        <v>2054</v>
+        <v>2028</v>
       </c>
       <c r="B518" t="s">
-        <v>2055</v>
+        <v>2029</v>
       </c>
       <c r="C518" t="s">
-        <v>2056</v>
+        <v>2030</v>
       </c>
       <c r="D518" s="1">
-        <v>5903351009942</v>
+        <v>5903351009751</v>
       </c>
       <c r="E518" t="s">
-        <v>2057</v>
+        <v>2031</v>
       </c>
       <c r="F518">
-        <v>307</v>
+        <v>0</v>
       </c>
     </row>
     <row r="519" spans="1:18">
       <c r="A519" t="s">
-        <v>2058</v>
+        <v>2032</v>
       </c>
       <c r="B519" t="s">
-        <v>2059</v>
+        <v>2033</v>
       </c>
       <c r="C519" t="s">
-        <v>2060</v>
+        <v>2034</v>
       </c>
       <c r="D519" s="1">
-        <v>5903351009973</v>
+        <v>5903351010207</v>
       </c>
       <c r="E519" t="s">
-        <v>2061</v>
+        <v>2035</v>
       </c>
       <c r="F519">
-        <v>305</v>
+        <v>160</v>
       </c>
     </row>
     <row r="520" spans="1:18">
       <c r="A520" t="s">
-        <v>2062</v>
+        <v>2036</v>
       </c>
       <c r="B520" t="s">
-        <v>2063</v>
+        <v>2037</v>
       </c>
       <c r="C520" t="s">
-        <v>2064</v>
+        <v>2038</v>
       </c>
       <c r="D520" s="1">
-        <v>5903351009966</v>
+        <v>5903351009799</v>
       </c>
       <c r="E520" t="s">
-        <v>2065</v>
+        <v>2039</v>
       </c>
       <c r="F520">
-        <v>162</v>
+        <v>318</v>
       </c>
     </row>
     <row r="521" spans="1:18">
       <c r="A521" t="s">
-        <v>2066</v>
+        <v>2040</v>
       </c>
       <c r="B521" t="s">
-        <v>2067</v>
+        <v>2041</v>
       </c>
       <c r="C521" t="s">
-        <v>2068</v>
+        <v>2042</v>
       </c>
       <c r="D521" s="1">
-        <v>5903351009997</v>
+        <v>5903351009782</v>
       </c>
       <c r="E521" t="s">
-        <v>2069</v>
+        <v>2043</v>
       </c>
       <c r="F521">
-        <v>193</v>
+        <v>159</v>
       </c>
     </row>
     <row r="522" spans="1:18">
       <c r="A522" t="s">
-        <v>2070</v>
+        <v>2044</v>
       </c>
       <c r="B522" t="s">
-        <v>2071</v>
+        <v>2045</v>
       </c>
       <c r="C522" t="s">
-        <v>2072</v>
+        <v>2046</v>
       </c>
       <c r="D522" s="1">
-        <v>5903351009980</v>
+        <v>5903351009775</v>
       </c>
       <c r="E522" t="s">
-        <v>2073</v>
+        <v>2047</v>
       </c>
       <c r="F522">
-        <v>166</v>
+        <v>115</v>
       </c>
     </row>
     <row r="523" spans="1:18">
       <c r="A523" t="s">
-        <v>2074</v>
+        <v>2048</v>
       </c>
       <c r="B523" t="s">
-        <v>2075</v>
+        <v>2049</v>
       </c>
       <c r="C523" t="s">
-        <v>2076</v>
+        <v>2050</v>
       </c>
       <c r="D523" s="1">
-        <v>5903351009928</v>
+        <v>5903351010177</v>
       </c>
       <c r="E523" t="s">
-        <v>2077</v>
+        <v>2051</v>
       </c>
       <c r="F523">
-        <v>508</v>
+        <v>0</v>
       </c>
     </row>
     <row r="524" spans="1:18">
       <c r="A524" t="s">
-        <v>2078</v>
+        <v>2052</v>
       </c>
       <c r="B524" t="s">
-        <v>2079</v>
+        <v>2053</v>
       </c>
       <c r="C524" t="s">
-        <v>2080</v>
+        <v>2054</v>
       </c>
       <c r="D524" s="1">
-        <v>5903351010009</v>
+        <v>5903351010184</v>
       </c>
       <c r="E524" t="s">
-        <v>2081</v>
+        <v>2055</v>
       </c>
       <c r="F524">
-        <v>163</v>
+        <v>6</v>
       </c>
     </row>
     <row r="525" spans="1:18">
       <c r="A525" t="s">
-        <v>2082</v>
+        <v>2056</v>
       </c>
       <c r="B525" t="s">
-        <v>2083</v>
+        <v>2057</v>
       </c>
       <c r="C525" t="s">
-        <v>2084</v>
+        <v>2058</v>
       </c>
       <c r="D525" s="1">
-        <v>5903351005920</v>
+        <v>5903351009843</v>
       </c>
       <c r="E525" t="s">
-        <v>2085</v>
+        <v>2059</v>
       </c>
       <c r="F525">
-        <v>171</v>
+        <v>205</v>
       </c>
     </row>
     <row r="526" spans="1:18">
       <c r="A526" t="s">
-        <v>2086</v>
+        <v>2060</v>
       </c>
       <c r="B526" t="s">
-        <v>2087</v>
+        <v>2061</v>
       </c>
       <c r="C526" t="s">
-        <v>2088</v>
+        <v>2062</v>
       </c>
       <c r="D526" s="1">
-        <v>5903351005913</v>
+        <v>5903351009836</v>
       </c>
       <c r="E526" t="s">
-        <v>2089</v>
+        <v>2063</v>
       </c>
       <c r="F526">
-        <v>415</v>
+        <v>92</v>
       </c>
     </row>
     <row r="527" spans="1:18">
       <c r="A527" t="s">
-        <v>2090</v>
+        <v>2064</v>
       </c>
       <c r="B527" t="s">
-        <v>2091</v>
+        <v>2065</v>
       </c>
       <c r="C527" t="s">
-        <v>2092</v>
+        <v>2066</v>
       </c>
       <c r="D527" s="1">
-        <v>5903351005890</v>
+        <v>5903351009867</v>
       </c>
       <c r="E527" t="s">
-        <v>2093</v>
+        <v>2067</v>
       </c>
       <c r="F527">
-        <v>94</v>
+        <v>62</v>
       </c>
     </row>
     <row r="528" spans="1:18">
       <c r="A528" t="s">
-        <v>2094</v>
+        <v>2068</v>
       </c>
       <c r="B528" t="s">
-        <v>2095</v>
+        <v>2069</v>
       </c>
       <c r="C528" t="s">
-        <v>2096</v>
+        <v>2070</v>
       </c>
       <c r="D528" s="1">
-        <v>5903351005906</v>
+        <v>5903351009850</v>
       </c>
       <c r="E528" t="s">
-        <v>2097</v>
+        <v>2071</v>
       </c>
       <c r="F528">
-        <v>259</v>
+        <v>80</v>
       </c>
     </row>
     <row r="529" spans="1:18">
       <c r="A529" t="s">
-        <v>2098</v>
+        <v>2072</v>
       </c>
       <c r="B529" t="s">
-        <v>2099</v>
+        <v>2073</v>
       </c>
       <c r="C529" t="s">
-        <v>2100</v>
+        <v>2074</v>
       </c>
       <c r="D529" s="1">
-        <v>5903351009881</v>
+        <v>5903351010191</v>
       </c>
       <c r="E529" t="s">
-        <v>2101</v>
+        <v>2075</v>
       </c>
       <c r="F529">
-        <v>390</v>
+        <v>247</v>
       </c>
     </row>
     <row r="530" spans="1:18">
       <c r="A530" t="s">
-        <v>2102</v>
+        <v>2076</v>
       </c>
       <c r="B530" t="s">
-        <v>2103</v>
+        <v>2077</v>
       </c>
       <c r="C530" t="s">
-        <v>2104</v>
+        <v>2078</v>
       </c>
       <c r="D530" s="1">
-        <v>5903351009874</v>
+        <v>5903351009942</v>
       </c>
       <c r="E530" t="s">
-        <v>2105</v>
+        <v>2079</v>
       </c>
       <c r="F530">
-        <v>404</v>
+        <v>250</v>
       </c>
     </row>
     <row r="531" spans="1:18">
       <c r="A531" t="s">
-        <v>2106</v>
+        <v>2080</v>
       </c>
       <c r="B531" t="s">
-        <v>2107</v>
+        <v>2081</v>
       </c>
       <c r="C531" t="s">
-        <v>2108</v>
+        <v>2082</v>
       </c>
       <c r="D531" s="1">
-        <v>5903351009904</v>
+        <v>5903351009973</v>
       </c>
       <c r="E531" t="s">
-        <v>2109</v>
+        <v>2083</v>
       </c>
       <c r="F531">
-        <v>388</v>
+        <v>207</v>
       </c>
     </row>
     <row r="532" spans="1:18">
       <c r="A532" t="s">
-        <v>2110</v>
+        <v>2084</v>
       </c>
       <c r="B532" t="s">
-        <v>2111</v>
+        <v>2085</v>
       </c>
       <c r="C532" t="s">
-        <v>2112</v>
+        <v>2086</v>
       </c>
       <c r="D532" s="1">
-        <v>5903351009898</v>
+        <v>5903351009966</v>
       </c>
       <c r="E532" t="s">
-        <v>2113</v>
+        <v>2087</v>
       </c>
       <c r="F532">
-        <v>3</v>
+        <v>162</v>
       </c>
     </row>
     <row r="533" spans="1:18">
       <c r="A533" t="s">
-        <v>2114</v>
+        <v>2088</v>
       </c>
       <c r="B533" t="s">
-        <v>2115</v>
+        <v>2089</v>
       </c>
       <c r="C533" t="s">
-        <v>2116</v>
+        <v>2090</v>
       </c>
       <c r="D533" s="1">
-        <v>5903351009935</v>
+        <v>5903351009997</v>
       </c>
       <c r="E533" t="s">
-        <v>2117</v>
+        <v>2091</v>
       </c>
       <c r="F533">
-        <v>109</v>
+        <v>124</v>
       </c>
     </row>
     <row r="534" spans="1:18">
       <c r="A534" t="s">
-        <v>2118</v>
+        <v>2092</v>
       </c>
       <c r="B534" t="s">
-        <v>2119</v>
+        <v>2093</v>
       </c>
       <c r="C534" t="s">
-        <v>2120</v>
+        <v>2094</v>
       </c>
       <c r="D534" s="1">
-        <v>5903351009911</v>
+        <v>5903351009980</v>
       </c>
       <c r="E534" t="s">
-        <v>2121</v>
+        <v>2095</v>
       </c>
       <c r="F534">
-        <v>115</v>
+        <v>148</v>
       </c>
     </row>
     <row r="535" spans="1:18">
       <c r="A535" t="s">
-        <v>2122</v>
+        <v>2096</v>
       </c>
       <c r="B535" t="s">
-        <v>2123</v>
+        <v>2097</v>
       </c>
       <c r="C535" t="s">
-        <v>2124</v>
+        <v>2098</v>
       </c>
       <c r="D535" s="1">
-        <v>5903351013550</v>
+        <v>5903351009928</v>
       </c>
       <c r="E535" t="s">
-        <v>2125</v>
+        <v>2099</v>
       </c>
       <c r="F535">
-        <v>409</v>
+        <v>486</v>
       </c>
     </row>
     <row r="536" spans="1:18">
       <c r="A536" t="s">
-        <v>2126</v>
+        <v>2100</v>
       </c>
       <c r="B536" t="s">
-        <v>2127</v>
+        <v>2101</v>
       </c>
       <c r="C536" t="s">
-        <v>2128</v>
+        <v>2102</v>
       </c>
       <c r="D536" s="1">
-        <v>5903351013567</v>
+        <v>5903351010009</v>
       </c>
       <c r="E536" t="s">
-        <v>2129</v>
+        <v>2103</v>
       </c>
       <c r="F536">
-        <v>440</v>
+        <v>163</v>
       </c>
     </row>
     <row r="537" spans="1:18">
       <c r="A537" t="s">
-        <v>2130</v>
+        <v>2104</v>
       </c>
       <c r="B537" t="s">
-        <v>2131</v>
+        <v>2105</v>
       </c>
       <c r="C537" t="s">
-        <v>2132</v>
+        <v>2106</v>
       </c>
       <c r="D537" s="1">
-        <v>5903351013574</v>
+        <v>5903351005920</v>
       </c>
       <c r="E537" t="s">
-        <v>2133</v>
+        <v>2107</v>
       </c>
       <c r="F537">
-        <v>341</v>
+        <v>3</v>
       </c>
     </row>
     <row r="538" spans="1:18">
       <c r="A538" t="s">
-        <v>2134</v>
+        <v>2108</v>
       </c>
       <c r="B538" t="s">
-        <v>2135</v>
+        <v>2109</v>
       </c>
       <c r="C538" t="s">
-        <v>2136</v>
+        <v>2110</v>
       </c>
       <c r="D538" s="1">
-        <v>5903351013581</v>
+        <v>5903351005913</v>
       </c>
       <c r="E538" t="s">
-        <v>2137</v>
+        <v>2111</v>
       </c>
       <c r="F538">
-        <v>90</v>
+        <v>375</v>
       </c>
     </row>
     <row r="539" spans="1:18">
       <c r="A539" t="s">
-        <v>2138</v>
+        <v>2112</v>
       </c>
       <c r="B539" t="s">
-        <v>2139</v>
+        <v>2113</v>
       </c>
       <c r="C539" t="s">
-        <v>2140</v>
+        <v>2114</v>
       </c>
       <c r="D539" s="1">
-        <v>5903351013598</v>
+        <v>5903351005890</v>
       </c>
       <c r="E539" t="s">
-        <v>2141</v>
+        <v>2115</v>
       </c>
       <c r="F539">
-        <v>64</v>
+        <v>61</v>
       </c>
     </row>
     <row r="540" spans="1:18">
       <c r="A540" t="s">
-        <v>2142</v>
+        <v>2116</v>
       </c>
       <c r="B540" t="s">
-        <v>2143</v>
+        <v>2117</v>
       </c>
       <c r="C540" t="s">
-        <v>2144</v>
+        <v>2118</v>
       </c>
       <c r="D540" s="1">
-        <v>5903351013604</v>
+        <v>5903351005906</v>
       </c>
       <c r="E540" t="s">
-        <v>2145</v>
+        <v>2119</v>
       </c>
       <c r="F540">
-        <v>348</v>
+        <v>258</v>
       </c>
     </row>
     <row r="541" spans="1:18">
       <c r="A541" t="s">
-        <v>2146</v>
+        <v>2120</v>
       </c>
       <c r="B541" t="s">
-        <v>2147</v>
+        <v>2121</v>
       </c>
       <c r="C541" t="s">
-        <v>2148</v>
+        <v>2122</v>
       </c>
       <c r="D541" s="1">
-        <v>5903351013611</v>
+        <v>5903351009881</v>
       </c>
       <c r="E541" t="s">
-        <v>2149</v>
+        <v>2123</v>
       </c>
       <c r="F541">
-        <v>1935</v>
+        <v>390</v>
       </c>
     </row>
     <row r="542" spans="1:18">
       <c r="A542" t="s">
-        <v>2150</v>
+        <v>2124</v>
       </c>
       <c r="B542" t="s">
-        <v>2151</v>
+        <v>2125</v>
       </c>
       <c r="C542" t="s">
-        <v>2152</v>
+        <v>2126</v>
       </c>
       <c r="D542" s="1">
-        <v>5903351013628</v>
+        <v>5903351009874</v>
       </c>
       <c r="E542" t="s">
-        <v>2153</v>
+        <v>2127</v>
       </c>
       <c r="F542">
-        <v>1068</v>
+        <v>403</v>
       </c>
     </row>
     <row r="543" spans="1:18">
       <c r="A543" t="s">
-        <v>2154</v>
+        <v>2128</v>
       </c>
       <c r="B543" t="s">
-        <v>2155</v>
+        <v>2129</v>
       </c>
       <c r="C543" t="s">
-        <v>2156</v>
+        <v>2130</v>
       </c>
       <c r="D543" s="1">
-        <v>5903351013635</v>
+        <v>5903351009904</v>
       </c>
       <c r="E543" t="s">
-        <v>2157</v>
+        <v>2131</v>
       </c>
       <c r="F543">
-        <v>99</v>
+        <v>387</v>
       </c>
     </row>
     <row r="544" spans="1:18">
       <c r="A544" t="s">
-        <v>2158</v>
+        <v>2132</v>
       </c>
       <c r="B544" t="s">
-        <v>2159</v>
+        <v>2133</v>
       </c>
       <c r="C544" t="s">
-        <v>2160</v>
+        <v>2134</v>
       </c>
       <c r="D544" s="1">
-        <v>5903351013642</v>
+        <v>5903351009898</v>
       </c>
       <c r="E544" t="s">
-        <v>2161</v>
+        <v>2135</v>
       </c>
       <c r="F544">
-        <v>151</v>
+        <v>3</v>
       </c>
     </row>
     <row r="545" spans="1:18">
       <c r="A545" t="s">
-        <v>2162</v>
+        <v>2136</v>
       </c>
       <c r="B545" t="s">
-        <v>2163</v>
+        <v>2137</v>
       </c>
       <c r="C545" t="s">
-        <v>2164</v>
+        <v>2138</v>
       </c>
       <c r="D545" s="1">
-        <v>5903351013659</v>
+        <v>5903351009935</v>
       </c>
       <c r="E545" t="s">
-        <v>2165</v>
+        <v>2139</v>
       </c>
       <c r="F545">
-        <v>195</v>
+        <v>109</v>
       </c>
     </row>
     <row r="546" spans="1:18">
       <c r="A546" t="s">
-        <v>2166</v>
+        <v>2140</v>
       </c>
       <c r="B546" t="s">
-        <v>2167</v>
+        <v>2141</v>
       </c>
       <c r="C546" t="s">
-        <v>2168</v>
+        <v>2142</v>
       </c>
       <c r="D546" s="1">
-        <v>5903351013666</v>
+        <v>5903351009911</v>
       </c>
       <c r="E546" t="s">
-        <v>2169</v>
+        <v>2143</v>
       </c>
       <c r="F546">
-        <v>1632</v>
+        <v>115</v>
       </c>
     </row>
     <row r="547" spans="1:18">
       <c r="A547" t="s">
-        <v>2170</v>
+        <v>2144</v>
       </c>
       <c r="B547" t="s">
-        <v>2171</v>
+        <v>2145</v>
       </c>
       <c r="C547" t="s">
-        <v>2172</v>
+        <v>2146</v>
       </c>
       <c r="D547" s="1">
-        <v>5903351013673</v>
+        <v>5903351013550</v>
       </c>
       <c r="E547" t="s">
-        <v>2173</v>
+        <v>2147</v>
       </c>
       <c r="F547">
-        <v>183</v>
+        <v>294</v>
       </c>
     </row>
     <row r="548" spans="1:18">
       <c r="A548" t="s">
-        <v>2174</v>
+        <v>2148</v>
       </c>
       <c r="B548" t="s">
-        <v>2175</v>
+        <v>2149</v>
       </c>
       <c r="C548" t="s">
-        <v>2176</v>
+        <v>2150</v>
       </c>
       <c r="D548" s="1">
-        <v>5903351013680</v>
+        <v>5903351013567</v>
       </c>
       <c r="E548" t="s">
-        <v>2177</v>
+        <v>2151</v>
       </c>
       <c r="F548">
-        <v>857</v>
+        <v>999</v>
       </c>
     </row>
     <row r="549" spans="1:18">
       <c r="A549" t="s">
-        <v>2178</v>
+        <v>2152</v>
       </c>
       <c r="B549" t="s">
-        <v>2179</v>
+        <v>2153</v>
       </c>
       <c r="C549" t="s">
-        <v>2180</v>
+        <v>2154</v>
       </c>
       <c r="D549" s="1">
-        <v>5903351013055</v>
+        <v>5903351013574</v>
       </c>
       <c r="E549" t="s">
-        <v>2181</v>
+        <v>2155</v>
       </c>
       <c r="F549">
-        <v>26</v>
+        <v>649</v>
       </c>
     </row>
     <row r="550" spans="1:18">
       <c r="A550" t="s">
-        <v>2182</v>
+        <v>2156</v>
       </c>
       <c r="B550" t="s">
-        <v>2183</v>
+        <v>2157</v>
       </c>
       <c r="C550" t="s">
-        <v>2184</v>
+        <v>2158</v>
       </c>
       <c r="D550" s="1">
-        <v>5903351013062</v>
+        <v>5903351013581</v>
       </c>
       <c r="E550" t="s">
-        <v>2185</v>
+        <v>2159</v>
       </c>
       <c r="F550">
-        <v>38</v>
+        <v>90</v>
       </c>
     </row>
     <row r="551" spans="1:18">
       <c r="A551" t="s">
-        <v>2186</v>
+        <v>2160</v>
       </c>
       <c r="B551" t="s">
-        <v>2187</v>
+        <v>2161</v>
       </c>
       <c r="C551" t="s">
-        <v>2188</v>
+        <v>2162</v>
       </c>
       <c r="D551" s="1">
-        <v>5903351013123</v>
+        <v>5903351013598</v>
       </c>
       <c r="E551" t="s">
-        <v>2189</v>
+        <v>2163</v>
       </c>
       <c r="F551">
-        <v>29</v>
+        <v>61</v>
       </c>
     </row>
     <row r="552" spans="1:18">
       <c r="A552" t="s">
-        <v>2190</v>
+        <v>2164</v>
       </c>
       <c r="B552" t="s">
-        <v>2191</v>
+        <v>2165</v>
       </c>
       <c r="C552" t="s">
-        <v>2192</v>
+        <v>2166</v>
       </c>
       <c r="D552" s="1">
-        <v>5903351020015</v>
+        <v>5903351013604</v>
       </c>
       <c r="E552" t="s">
-        <v>2193</v>
+        <v>2167</v>
       </c>
       <c r="F552">
-        <v>171</v>
+        <v>0</v>
       </c>
     </row>
     <row r="553" spans="1:18">
       <c r="A553" t="s">
-        <v>2194</v>
+        <v>2168</v>
       </c>
       <c r="B553" t="s">
-        <v>2195</v>
+        <v>2169</v>
       </c>
       <c r="C553" t="s">
-        <v>2196</v>
-[...3 lines deleted...]
-      </c>
+        <v>2166</v>
+      </c>
+      <c r="D553" s="1"/>
       <c r="E553" t="s">
-        <v>2197</v>
+        <v>2167</v>
       </c>
       <c r="F553">
-        <v>567</v>
+        <v>345</v>
       </c>
     </row>
     <row r="554" spans="1:18">
       <c r="A554" t="s">
-        <v>2198</v>
+        <v>2170</v>
       </c>
       <c r="B554" t="s">
-        <v>2199</v>
+        <v>2171</v>
       </c>
       <c r="C554" t="s">
-        <v>2200</v>
+        <v>2172</v>
       </c>
       <c r="D554" s="1">
-        <v>5903351020039</v>
+        <v>5903351013611</v>
       </c>
       <c r="E554" t="s">
-        <v>2201</v>
+        <v>2173</v>
       </c>
       <c r="F554">
-        <v>224</v>
+        <v>722</v>
       </c>
     </row>
     <row r="555" spans="1:18">
       <c r="A555" t="s">
-        <v>2202</v>
+        <v>2174</v>
       </c>
       <c r="B555" t="s">
-        <v>2203</v>
+        <v>2175</v>
       </c>
       <c r="C555" t="s">
-        <v>2204</v>
-[...3 lines deleted...]
-      </c>
+        <v>2176</v>
+      </c>
+      <c r="D555" s="1"/>
       <c r="E555" t="s">
-        <v>2205</v>
+        <v>2173</v>
       </c>
       <c r="F555">
-        <v>99</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="556" spans="1:18">
       <c r="A556" t="s">
-        <v>2206</v>
+        <v>2177</v>
       </c>
       <c r="B556" t="s">
-        <v>2207</v>
+        <v>2178</v>
       </c>
       <c r="C556" t="s">
-        <v>2208</v>
+        <v>2179</v>
       </c>
       <c r="D556" s="1">
-        <v>5903351020053</v>
+        <v>5903351013628</v>
       </c>
       <c r="E556" t="s">
-        <v>2209</v>
+        <v>2180</v>
       </c>
       <c r="F556">
-        <v>83</v>
+        <v>709</v>
       </c>
     </row>
     <row r="557" spans="1:18">
       <c r="A557" t="s">
-        <v>2210</v>
+        <v>2181</v>
       </c>
       <c r="B557" t="s">
-        <v>2211</v>
+        <v>2182</v>
       </c>
       <c r="C557" t="s">
-        <v>2212</v>
+        <v>2183</v>
       </c>
       <c r="D557" s="1">
-        <v>5903351020060</v>
+        <v>5903351013635</v>
       </c>
       <c r="E557" t="s">
-        <v>2213</v>
+        <v>2184</v>
       </c>
       <c r="F557">
-        <v>145</v>
+        <v>99</v>
       </c>
     </row>
     <row r="558" spans="1:18">
       <c r="A558" t="s">
-        <v>2214</v>
+        <v>2185</v>
       </c>
       <c r="B558" t="s">
-        <v>2215</v>
+        <v>2186</v>
       </c>
       <c r="C558" t="s">
-        <v>2216</v>
+        <v>2187</v>
       </c>
       <c r="D558" s="1">
-        <v>5903351020077</v>
+        <v>5903351013642</v>
       </c>
       <c r="E558" t="s">
-        <v>2217</v>
+        <v>2188</v>
       </c>
       <c r="F558">
-        <v>565</v>
+        <v>139</v>
       </c>
     </row>
     <row r="559" spans="1:18">
       <c r="A559" t="s">
-        <v>2218</v>
+        <v>2189</v>
       </c>
       <c r="B559" t="s">
-        <v>2219</v>
+        <v>2190</v>
       </c>
       <c r="C559" t="s">
-        <v>2220</v>
+        <v>2191</v>
       </c>
       <c r="D559" s="1">
-        <v>5903351020084</v>
+        <v>5903351013659</v>
       </c>
       <c r="E559" t="s">
-        <v>2221</v>
+        <v>2192</v>
       </c>
       <c r="F559">
-        <v>161</v>
+        <v>9</v>
       </c>
     </row>
     <row r="560" spans="1:18">
       <c r="A560" t="s">
-        <v>2222</v>
+        <v>2193</v>
       </c>
       <c r="B560" t="s">
-        <v>2223</v>
+        <v>2194</v>
       </c>
       <c r="C560" t="s">
-        <v>2224</v>
+        <v>2195</v>
       </c>
       <c r="D560" s="1">
-        <v>5903351020091</v>
+        <v>5903351013666</v>
       </c>
       <c r="E560" t="s">
-        <v>2225</v>
+        <v>2196</v>
       </c>
       <c r="F560">
-        <v>99</v>
+        <v>932</v>
       </c>
     </row>
     <row r="561" spans="1:18">
       <c r="A561" t="s">
-        <v>2226</v>
+        <v>2197</v>
       </c>
       <c r="B561" t="s">
-        <v>2227</v>
+        <v>2198</v>
       </c>
       <c r="C561" t="s">
-        <v>2228</v>
+        <v>2199</v>
       </c>
       <c r="D561" s="1">
-        <v>5903351020107</v>
+        <v>5903351013673</v>
       </c>
       <c r="E561" t="s">
-        <v>2229</v>
+        <v>2200</v>
       </c>
       <c r="F561">
-        <v>97</v>
+        <v>166</v>
       </c>
     </row>
     <row r="562" spans="1:18">
       <c r="A562" t="s">
-        <v>2230</v>
+        <v>2201</v>
       </c>
       <c r="B562" t="s">
-        <v>2231</v>
+        <v>2202</v>
       </c>
       <c r="C562" t="s">
-        <v>2232</v>
+        <v>2203</v>
       </c>
       <c r="D562" s="1">
-        <v>5903351020114</v>
+        <v>5903351013680</v>
       </c>
       <c r="E562" t="s">
-        <v>2233</v>
+        <v>2204</v>
       </c>
       <c r="F562">
-        <v>74</v>
+        <v>652</v>
       </c>
     </row>
     <row r="563" spans="1:18">
       <c r="A563" t="s">
-        <v>2234</v>
+        <v>2205</v>
       </c>
       <c r="B563" t="s">
-        <v>2235</v>
+        <v>2206</v>
       </c>
       <c r="C563" t="s">
-        <v>2236</v>
+        <v>2207</v>
       </c>
       <c r="D563" s="1">
-        <v>5903351020121</v>
+        <v>5903351013055</v>
       </c>
       <c r="E563" t="s">
-        <v>2237</v>
+        <v>2208</v>
       </c>
       <c r="F563">
-        <v>361</v>
+        <v>22</v>
       </c>
     </row>
     <row r="564" spans="1:18">
       <c r="A564" t="s">
-        <v>2238</v>
+        <v>2209</v>
       </c>
       <c r="B564" t="s">
-        <v>2239</v>
+        <v>2210</v>
       </c>
       <c r="C564" t="s">
-        <v>2240</v>
+        <v>2211</v>
       </c>
       <c r="D564" s="1">
-        <v>5903351020138</v>
+        <v>5903351013062</v>
       </c>
       <c r="E564" t="s">
-        <v>2241</v>
+        <v>2212</v>
       </c>
       <c r="F564">
-        <v>44</v>
+        <v>32</v>
       </c>
     </row>
     <row r="565" spans="1:18">
       <c r="A565" t="s">
-        <v>2242</v>
+        <v>2213</v>
       </c>
       <c r="B565" t="s">
-        <v>2243</v>
+        <v>2214</v>
       </c>
       <c r="C565" t="s">
-        <v>2244</v>
+        <v>2215</v>
       </c>
       <c r="D565" s="1">
-        <v>5903351020145</v>
+        <v>5903351013123</v>
       </c>
       <c r="E565" t="s">
-        <v>2245</v>
+        <v>2216</v>
       </c>
       <c r="F565">
-        <v>237</v>
+        <v>22</v>
       </c>
     </row>
     <row r="566" spans="1:18">
       <c r="A566" t="s">
-        <v>2246</v>
+        <v>2217</v>
       </c>
       <c r="B566" t="s">
-        <v>2247</v>
+        <v>2218</v>
       </c>
       <c r="C566" t="s">
-        <v>2248</v>
+        <v>2219</v>
       </c>
       <c r="D566" s="1">
-        <v>5903351020152</v>
+        <v>5903351020015</v>
       </c>
       <c r="E566" t="s">
-        <v>2249</v>
+        <v>2220</v>
       </c>
       <c r="F566">
-        <v>86</v>
+        <v>325</v>
       </c>
     </row>
     <row r="567" spans="1:18">
       <c r="A567" t="s">
-        <v>2250</v>
+        <v>2221</v>
       </c>
       <c r="B567" t="s">
-        <v>2251</v>
+        <v>2222</v>
       </c>
       <c r="C567" t="s">
-        <v>2252</v>
+        <v>2223</v>
       </c>
       <c r="D567" s="1">
-        <v>5903351020176</v>
+        <v>5903351020022</v>
       </c>
       <c r="E567" t="s">
-        <v>2253</v>
+        <v>2224</v>
       </c>
       <c r="F567">
-        <v>92</v>
+        <v>1379</v>
       </c>
     </row>
     <row r="568" spans="1:18">
       <c r="A568" t="s">
-        <v>2254</v>
+        <v>2225</v>
       </c>
       <c r="B568" t="s">
-        <v>2255</v>
+        <v>2226</v>
       </c>
       <c r="C568" t="s">
-        <v>2256</v>
+        <v>2227</v>
       </c>
       <c r="D568" s="1">
-        <v>5903351020169</v>
+        <v>5903351020039</v>
       </c>
       <c r="E568" t="s">
-        <v>2257</v>
+        <v>2228</v>
       </c>
       <c r="F568">
-        <v>94</v>
+        <v>266</v>
       </c>
     </row>
     <row r="569" spans="1:18">
       <c r="A569" t="s">
-        <v>2258</v>
+        <v>2229</v>
       </c>
       <c r="B569" t="s">
-        <v>2259</v>
+        <v>2230</v>
       </c>
       <c r="C569" t="s">
-        <v>2260</v>
+        <v>2231</v>
       </c>
       <c r="D569" s="1">
-        <v>5903351020183</v>
+        <v>5903351020046</v>
       </c>
       <c r="E569" t="s">
-        <v>2261</v>
+        <v>2232</v>
       </c>
       <c r="F569">
-        <v>85</v>
+        <v>99</v>
       </c>
     </row>
     <row r="570" spans="1:18">
       <c r="A570" t="s">
-        <v>2262</v>
+        <v>2233</v>
       </c>
       <c r="B570" t="s">
-        <v>2263</v>
+        <v>2234</v>
       </c>
       <c r="C570" t="s">
-        <v>2264</v>
+        <v>2235</v>
       </c>
       <c r="D570" s="1">
-        <v>5903351020589</v>
+        <v>5903351020053</v>
       </c>
       <c r="E570" t="s">
-        <v>2265</v>
+        <v>2236</v>
       </c>
       <c r="F570">
-        <v>151</v>
+        <v>91</v>
       </c>
     </row>
     <row r="571" spans="1:18">
       <c r="A571" t="s">
-        <v>2266</v>
+        <v>2237</v>
       </c>
       <c r="B571" t="s">
-        <v>2267</v>
+        <v>2238</v>
       </c>
       <c r="C571" t="s">
-        <v>2268</v>
+        <v>2239</v>
       </c>
       <c r="D571" s="1">
-        <v>5903351020596</v>
+        <v>5903351020060</v>
       </c>
       <c r="E571" t="s">
-        <v>2269</v>
+        <v>2240</v>
       </c>
       <c r="F571">
-        <v>132</v>
+        <v>268</v>
       </c>
     </row>
     <row r="572" spans="1:18">
       <c r="A572" t="s">
-        <v>2270</v>
+        <v>2241</v>
       </c>
       <c r="B572" t="s">
-        <v>2271</v>
+        <v>2242</v>
       </c>
       <c r="C572" t="s">
-        <v>2272</v>
-[...3 lines deleted...]
-      </c>
+        <v>2243</v>
+      </c>
+      <c r="D572" s="1"/>
       <c r="E572" t="s">
-        <v>2273</v>
+        <v>2240</v>
       </c>
       <c r="F572">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="573" spans="1:18">
       <c r="A573" t="s">
-        <v>2274</v>
+        <v>2244</v>
       </c>
       <c r="B573" t="s">
-        <v>2275</v>
+        <v>2245</v>
       </c>
       <c r="C573" t="s">
-        <v>2276</v>
+        <v>2246</v>
       </c>
       <c r="D573" s="1">
-        <v>5903351024464</v>
+        <v>5903351020077</v>
       </c>
       <c r="E573" t="s">
-        <v>2273</v>
+        <v>2247</v>
       </c>
       <c r="F573">
-        <v>47</v>
+        <v>562</v>
       </c>
     </row>
     <row r="574" spans="1:18">
       <c r="A574" t="s">
-        <v>2277</v>
+        <v>2248</v>
       </c>
       <c r="B574" t="s">
-        <v>2278</v>
+        <v>2249</v>
       </c>
       <c r="C574" t="s">
-        <v>2279</v>
-[...3 lines deleted...]
-      </c>
+        <v>2250</v>
+      </c>
+      <c r="D574" s="1"/>
       <c r="E574" t="s">
-        <v>2280</v>
+        <v>2247</v>
       </c>
       <c r="F574">
-        <v>257</v>
+        <v>300</v>
       </c>
     </row>
     <row r="575" spans="1:18">
       <c r="A575" t="s">
-        <v>2281</v>
+        <v>2251</v>
       </c>
       <c r="B575" t="s">
-        <v>2282</v>
+        <v>2252</v>
       </c>
       <c r="C575" t="s">
-        <v>2283</v>
+        <v>2253</v>
       </c>
       <c r="D575" s="1">
-        <v>5903351024488</v>
+        <v>5903351020084</v>
       </c>
       <c r="E575" t="s">
-        <v>2284</v>
+        <v>2254</v>
       </c>
       <c r="F575">
-        <v>114</v>
+        <v>103</v>
       </c>
     </row>
     <row r="576" spans="1:18">
       <c r="A576" t="s">
-        <v>2285</v>
+        <v>2255</v>
       </c>
       <c r="B576" t="s">
-        <v>2286</v>
+        <v>2256</v>
       </c>
       <c r="C576" t="s">
-        <v>2287</v>
+        <v>2257</v>
       </c>
       <c r="D576" s="1">
-        <v>5903351024495</v>
+        <v>5903351020091</v>
       </c>
       <c r="E576" t="s">
-        <v>2288</v>
+        <v>2258</v>
       </c>
       <c r="F576">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="577" spans="1:18">
       <c r="A577" t="s">
-        <v>2289</v>
+        <v>2259</v>
       </c>
       <c r="B577" t="s">
-        <v>2290</v>
+        <v>2260</v>
       </c>
       <c r="C577" t="s">
-        <v>2291</v>
+        <v>2261</v>
       </c>
       <c r="D577" s="1">
-        <v>5903351024501</v>
+        <v>5903351020107</v>
       </c>
       <c r="E577" t="s">
-        <v>2288</v>
+        <v>2262</v>
       </c>
       <c r="F577">
-        <v>33</v>
+        <v>95</v>
       </c>
     </row>
     <row r="578" spans="1:18">
       <c r="A578" t="s">
-        <v>2292</v>
+        <v>2263</v>
       </c>
       <c r="B578" t="s">
-        <v>2293</v>
+        <v>2264</v>
       </c>
       <c r="C578" t="s">
-        <v>2294</v>
+        <v>2265</v>
       </c>
       <c r="D578" s="1">
-        <v>5903351024518</v>
+        <v>5903351020114</v>
       </c>
       <c r="E578" t="s">
-        <v>2295</v>
+        <v>2266</v>
       </c>
       <c r="F578">
-        <v>103</v>
+        <v>186</v>
       </c>
     </row>
     <row r="579" spans="1:18">
       <c r="A579" t="s">
-        <v>2296</v>
+        <v>2267</v>
       </c>
       <c r="B579" t="s">
-        <v>2297</v>
+        <v>2268</v>
       </c>
       <c r="C579" t="s">
-        <v>2298</v>
+        <v>2269</v>
       </c>
       <c r="D579" s="1">
-        <v>5903351024525</v>
+        <v>5903351020121</v>
       </c>
       <c r="E579" t="s">
-        <v>2295</v>
+        <v>2270</v>
       </c>
       <c r="F579">
-        <v>35</v>
+        <v>543</v>
       </c>
     </row>
     <row r="580" spans="1:18">
       <c r="A580" t="s">
-        <v>2299</v>
+        <v>2271</v>
       </c>
       <c r="B580" t="s">
-        <v>2300</v>
+        <v>2272</v>
       </c>
       <c r="C580" t="s">
-        <v>2301</v>
+        <v>2273</v>
       </c>
       <c r="D580" s="1">
-        <v>5903351024532</v>
+        <v>5903351020138</v>
       </c>
       <c r="E580" t="s">
-        <v>2302</v>
+        <v>2274</v>
       </c>
       <c r="F580">
-        <v>70</v>
+        <v>36</v>
       </c>
     </row>
     <row r="581" spans="1:18">
       <c r="A581" t="s">
-        <v>2303</v>
+        <v>2275</v>
       </c>
       <c r="B581" t="s">
-        <v>2304</v>
+        <v>2276</v>
       </c>
       <c r="C581" t="s">
-        <v>2305</v>
+        <v>2277</v>
       </c>
       <c r="D581" s="1">
-        <v>5903351024549</v>
+        <v>5903351020145</v>
       </c>
       <c r="E581" t="s">
-        <v>2302</v>
+        <v>2278</v>
       </c>
       <c r="F581">
-        <v>21</v>
+        <v>148</v>
       </c>
     </row>
     <row r="582" spans="1:18">
       <c r="A582" t="s">
-        <v>2306</v>
+        <v>2279</v>
       </c>
       <c r="B582" t="s">
-        <v>2307</v>
+        <v>2280</v>
       </c>
       <c r="C582" t="s">
-        <v>2308</v>
+        <v>2281</v>
       </c>
       <c r="D582" s="1">
-        <v>5903351024556</v>
+        <v>5903351020152</v>
       </c>
       <c r="E582" t="s">
-        <v>2309</v>
+        <v>2282</v>
       </c>
       <c r="F582">
-        <v>52</v>
+        <v>79</v>
       </c>
     </row>
     <row r="583" spans="1:18">
       <c r="A583" t="s">
-        <v>2310</v>
+        <v>2283</v>
       </c>
       <c r="B583" t="s">
-        <v>2311</v>
+        <v>2284</v>
       </c>
       <c r="C583" t="s">
-        <v>2312</v>
+        <v>2285</v>
       </c>
       <c r="D583" s="1">
-        <v>5903351024563</v>
+        <v>5903351020176</v>
       </c>
       <c r="E583" t="s">
-        <v>2309</v>
+        <v>2286</v>
       </c>
       <c r="F583">
-        <v>14</v>
+        <v>90</v>
       </c>
     </row>
     <row r="584" spans="1:18">
       <c r="A584" t="s">
-        <v>2313</v>
+        <v>2287</v>
       </c>
       <c r="B584" t="s">
-        <v>2314</v>
+        <v>2288</v>
       </c>
       <c r="C584" t="s">
-        <v>2315</v>
+        <v>2289</v>
       </c>
       <c r="D584" s="1">
-        <v>5903351024570</v>
+        <v>5903351020169</v>
       </c>
       <c r="E584" t="s">
-        <v>2316</v>
+        <v>2290</v>
       </c>
       <c r="F584">
-        <v>136</v>
+        <v>93</v>
       </c>
     </row>
     <row r="585" spans="1:18">
       <c r="A585" t="s">
-        <v>2317</v>
+        <v>2291</v>
       </c>
       <c r="B585" t="s">
-        <v>2318</v>
+        <v>2292</v>
       </c>
       <c r="C585" t="s">
-        <v>2319</v>
+        <v>2293</v>
       </c>
       <c r="D585" s="1">
-        <v>5903351024587</v>
+        <v>5903351020183</v>
       </c>
       <c r="E585" t="s">
-        <v>2316</v>
+        <v>2294</v>
       </c>
       <c r="F585">
-        <v>65</v>
+        <v>76</v>
       </c>
     </row>
     <row r="586" spans="1:18">
       <c r="A586" t="s">
-        <v>2320</v>
+        <v>2295</v>
       </c>
       <c r="B586" t="s">
-        <v>2321</v>
+        <v>2296</v>
       </c>
       <c r="C586" t="s">
-        <v>2322</v>
+        <v>2297</v>
       </c>
       <c r="D586" s="1">
-        <v>5903351024594</v>
+        <v>5903351020589</v>
       </c>
       <c r="E586" t="s">
-        <v>2323</v>
+        <v>2298</v>
       </c>
       <c r="F586">
-        <v>173</v>
+        <v>135</v>
       </c>
     </row>
     <row r="587" spans="1:18">
       <c r="A587" t="s">
-        <v>2324</v>
+        <v>2299</v>
       </c>
       <c r="B587" t="s">
-        <v>2325</v>
+        <v>2300</v>
       </c>
       <c r="C587" t="s">
-        <v>2326</v>
+        <v>2301</v>
       </c>
       <c r="D587" s="1">
-        <v>5903351024600</v>
+        <v>5903351020596</v>
       </c>
       <c r="E587" t="s">
-        <v>2327</v>
+        <v>2302</v>
       </c>
       <c r="F587">
-        <v>115</v>
+        <v>117</v>
       </c>
     </row>
     <row r="588" spans="1:18">
       <c r="A588" t="s">
-        <v>2328</v>
+        <v>2303</v>
       </c>
       <c r="B588" t="s">
-        <v>2329</v>
+        <v>2304</v>
       </c>
       <c r="C588" t="s">
-        <v>2330</v>
+        <v>2305</v>
       </c>
       <c r="D588" s="1">
-        <v>5903351024617</v>
+        <v>5903351024457</v>
       </c>
       <c r="E588" t="s">
-        <v>2331</v>
+        <v>2306</v>
       </c>
       <c r="F588">
-        <v>67</v>
+        <v>166</v>
       </c>
     </row>
     <row r="589" spans="1:18">
       <c r="A589" t="s">
-        <v>2332</v>
+        <v>2307</v>
       </c>
       <c r="B589" t="s">
-        <v>2333</v>
+        <v>2308</v>
       </c>
       <c r="C589" t="s">
-        <v>2334</v>
+        <v>2309</v>
       </c>
       <c r="D589" s="1">
-        <v>5903351024624</v>
+        <v>5903351024464</v>
       </c>
       <c r="E589" t="s">
-        <v>2331</v>
+        <v>2306</v>
       </c>
       <c r="F589">
-        <v>26</v>
+        <v>5</v>
       </c>
     </row>
     <row r="590" spans="1:18">
       <c r="A590" t="s">
-        <v>2335</v>
+        <v>2310</v>
       </c>
       <c r="B590" t="s">
-        <v>2336</v>
+        <v>2311</v>
       </c>
       <c r="C590" t="s">
-        <v>2337</v>
+        <v>2312</v>
       </c>
       <c r="D590" s="1">
-        <v>5903351024631</v>
+        <v>5903351024471</v>
       </c>
       <c r="E590" t="s">
-        <v>2338</v>
+        <v>2313</v>
       </c>
       <c r="F590">
-        <v>54</v>
+        <v>105</v>
       </c>
     </row>
     <row r="591" spans="1:18">
       <c r="A591" t="s">
-        <v>2339</v>
+        <v>2314</v>
       </c>
       <c r="B591" t="s">
-        <v>2340</v>
+        <v>2315</v>
       </c>
       <c r="C591" t="s">
-        <v>2341</v>
+        <v>2316</v>
       </c>
       <c r="D591" s="1">
-        <v>5903351024648</v>
+        <v>5903351024488</v>
       </c>
       <c r="E591" t="s">
-        <v>2338</v>
+        <v>2317</v>
       </c>
       <c r="F591">
-        <v>24</v>
+        <v>99</v>
       </c>
     </row>
     <row r="592" spans="1:18">
       <c r="A592" t="s">
-        <v>2342</v>
+        <v>2318</v>
       </c>
       <c r="B592" t="s">
-        <v>2343</v>
+        <v>2319</v>
       </c>
       <c r="C592" t="s">
-        <v>2344</v>
+        <v>2320</v>
       </c>
       <c r="D592" s="1">
-        <v>5903351024655</v>
+        <v>5903351024495</v>
       </c>
       <c r="E592" t="s">
-        <v>2345</v>
+        <v>2321</v>
       </c>
       <c r="F592">
         <v>49</v>
       </c>
     </row>
     <row r="593" spans="1:18">
       <c r="A593" t="s">
-        <v>2346</v>
+        <v>2322</v>
       </c>
       <c r="B593" t="s">
-        <v>2347</v>
+        <v>2323</v>
       </c>
       <c r="C593" t="s">
-        <v>2348</v>
+        <v>2324</v>
       </c>
       <c r="D593" s="1">
-        <v>5903351024662</v>
+        <v>5903351024501</v>
       </c>
       <c r="E593" t="s">
-        <v>2345</v>
+        <v>2321</v>
       </c>
       <c r="F593">
-        <v>24</v>
+        <v>8</v>
       </c>
     </row>
     <row r="594" spans="1:18">
       <c r="A594" t="s">
-        <v>2349</v>
+        <v>2325</v>
       </c>
       <c r="B594" t="s">
-        <v>2350</v>
+        <v>2326</v>
       </c>
       <c r="C594" t="s">
-        <v>2351</v>
+        <v>2327</v>
       </c>
       <c r="D594" s="1">
-        <v>5903351024679</v>
+        <v>5903351024518</v>
       </c>
       <c r="E594" t="s">
-        <v>2352</v>
+        <v>2328</v>
       </c>
       <c r="F594">
-        <v>41</v>
+        <v>60</v>
       </c>
     </row>
     <row r="595" spans="1:18">
       <c r="A595" t="s">
-        <v>2353</v>
+        <v>2329</v>
       </c>
       <c r="B595" t="s">
-        <v>2354</v>
+        <v>2330</v>
       </c>
       <c r="C595" t="s">
-        <v>2355</v>
+        <v>2331</v>
       </c>
       <c r="D595" s="1">
-        <v>5903351024686</v>
+        <v>5903351024525</v>
       </c>
       <c r="E595" t="s">
-        <v>2356</v>
+        <v>2328</v>
       </c>
       <c r="F595">
-        <v>25</v>
+        <v>0</v>
       </c>
     </row>
     <row r="596" spans="1:18">
       <c r="A596" t="s">
-        <v>2357</v>
+        <v>2332</v>
       </c>
       <c r="B596" t="s">
-        <v>2358</v>
+        <v>2333</v>
       </c>
       <c r="C596" t="s">
-        <v>2359</v>
+        <v>2334</v>
       </c>
       <c r="D596" s="1">
-        <v>5903351024693</v>
+        <v>5903351024532</v>
       </c>
       <c r="E596" t="s">
-        <v>2360</v>
+        <v>2335</v>
       </c>
       <c r="F596">
-        <v>848</v>
+        <v>16</v>
       </c>
     </row>
     <row r="597" spans="1:18">
       <c r="A597" t="s">
-        <v>2361</v>
+        <v>2336</v>
       </c>
       <c r="B597" t="s">
-        <v>2362</v>
+        <v>2337</v>
       </c>
       <c r="C597" t="s">
-        <v>2363</v>
+        <v>2338</v>
       </c>
       <c r="D597" s="1">
-        <v>5903351024709</v>
+        <v>5903351024549</v>
       </c>
       <c r="E597" t="s">
-        <v>2364</v>
+        <v>2335</v>
       </c>
       <c r="F597">
-        <v>2229</v>
+        <v>20</v>
       </c>
     </row>
     <row r="598" spans="1:18">
       <c r="A598" t="s">
-        <v>2365</v>
+        <v>2339</v>
       </c>
       <c r="B598" t="s">
-        <v>2366</v>
+        <v>2340</v>
       </c>
       <c r="C598" t="s">
-        <v>2367</v>
+        <v>2341</v>
       </c>
       <c r="D598" s="1">
-        <v>5903351024716</v>
+        <v>5903351024556</v>
       </c>
       <c r="E598" t="s">
-        <v>2368</v>
+        <v>2342</v>
       </c>
       <c r="F598">
-        <v>1367</v>
+        <v>106</v>
       </c>
     </row>
     <row r="599" spans="1:18">
       <c r="A599" t="s">
-        <v>2369</v>
+        <v>2343</v>
       </c>
       <c r="B599" t="s">
-        <v>2370</v>
+        <v>2344</v>
       </c>
       <c r="C599" t="s">
-        <v>2371</v>
+        <v>2345</v>
       </c>
       <c r="D599" s="1">
-        <v>5903351024723</v>
+        <v>5903351024563</v>
       </c>
       <c r="E599" t="s">
-        <v>2372</v>
+        <v>2342</v>
       </c>
       <c r="F599">
-        <v>44</v>
+        <v>0</v>
       </c>
     </row>
     <row r="600" spans="1:18">
       <c r="A600" t="s">
-        <v>2373</v>
+        <v>2346</v>
       </c>
       <c r="B600" t="s">
-        <v>2374</v>
+        <v>2347</v>
       </c>
       <c r="C600" t="s">
-        <v>2375</v>
+        <v>2348</v>
       </c>
       <c r="D600" s="1">
-        <v>5903351024730</v>
+        <v>5903351024570</v>
       </c>
       <c r="E600" t="s">
-        <v>2376</v>
+        <v>2349</v>
       </c>
       <c r="F600">
-        <v>96</v>
+        <v>90</v>
       </c>
     </row>
     <row r="601" spans="1:18">
       <c r="A601" t="s">
-        <v>2377</v>
+        <v>2350</v>
       </c>
       <c r="B601" t="s">
-        <v>2378</v>
+        <v>2351</v>
       </c>
       <c r="C601" t="s">
-        <v>2379</v>
+        <v>2352</v>
       </c>
       <c r="D601" s="1">
-        <v>5903351024747</v>
+        <v>5903351024587</v>
       </c>
       <c r="E601" t="s">
-        <v>2380</v>
+        <v>2349</v>
       </c>
       <c r="F601">
-        <v>632</v>
+        <v>41</v>
       </c>
     </row>
     <row r="602" spans="1:18">
       <c r="A602" t="s">
-        <v>2381</v>
+        <v>2353</v>
       </c>
       <c r="B602" t="s">
-        <v>2382</v>
+        <v>2354</v>
       </c>
       <c r="C602" t="s">
-        <v>2383</v>
+        <v>2355</v>
       </c>
       <c r="D602" s="1">
-        <v>5903351024754</v>
+        <v>5903351024594</v>
       </c>
       <c r="E602" t="s">
-        <v>2384</v>
+        <v>2356</v>
       </c>
       <c r="F602">
-        <v>426</v>
+        <v>210</v>
       </c>
     </row>
     <row r="603" spans="1:18">
       <c r="A603" t="s">
-        <v>2385</v>
+        <v>2357</v>
       </c>
       <c r="B603" t="s">
-        <v>2386</v>
+        <v>2358</v>
       </c>
       <c r="C603" t="s">
-        <v>2387</v>
+        <v>2359</v>
       </c>
       <c r="D603" s="1">
-        <v>5903351024761</v>
+        <v>5903351024600</v>
       </c>
       <c r="E603" t="s">
-        <v>2388</v>
+        <v>2360</v>
       </c>
       <c r="F603">
-        <v>15</v>
+        <v>275</v>
       </c>
     </row>
     <row r="604" spans="1:18">
       <c r="A604" t="s">
-        <v>2389</v>
+        <v>2361</v>
       </c>
       <c r="B604" t="s">
-        <v>2390</v>
+        <v>2362</v>
       </c>
       <c r="C604" t="s">
-        <v>2391</v>
+        <v>2363</v>
       </c>
       <c r="D604" s="1">
-        <v>5903351025454</v>
+        <v>5903351024617</v>
+      </c>
+      <c r="E604" t="s">
+        <v>2364</v>
       </c>
       <c r="F604">
-        <v>186</v>
+        <v>31</v>
       </c>
     </row>
     <row r="605" spans="1:18">
       <c r="A605" t="s">
-        <v>2392</v>
+        <v>2365</v>
       </c>
       <c r="B605" t="s">
-        <v>2393</v>
+        <v>2366</v>
       </c>
       <c r="C605" t="s">
-        <v>2394</v>
+        <v>2367</v>
       </c>
       <c r="D605" s="1">
-        <v>5903351024303</v>
+        <v>5903351024624</v>
       </c>
       <c r="E605" t="s">
-        <v>2395</v>
+        <v>2364</v>
       </c>
       <c r="F605">
-        <v>167</v>
+        <v>25</v>
       </c>
     </row>
     <row r="606" spans="1:18">
       <c r="A606" t="s">
-        <v>2396</v>
+        <v>2368</v>
       </c>
       <c r="B606" t="s">
-        <v>2397</v>
+        <v>2369</v>
       </c>
       <c r="C606" t="s">
-        <v>2398</v>
+        <v>2370</v>
       </c>
       <c r="D606" s="1">
-        <v>5903351024310</v>
+        <v>5903351024631</v>
       </c>
       <c r="E606" t="s">
-        <v>2399</v>
+        <v>2371</v>
       </c>
       <c r="F606">
-        <v>556</v>
+        <v>9</v>
       </c>
     </row>
     <row r="607" spans="1:18">
       <c r="A607" t="s">
-        <v>2400</v>
+        <v>2372</v>
       </c>
       <c r="B607" t="s">
-        <v>2401</v>
+        <v>2373</v>
       </c>
       <c r="C607" t="s">
-        <v>2402</v>
+        <v>2374</v>
       </c>
       <c r="D607" s="1">
-        <v>5903351024327</v>
+        <v>5903351024648</v>
       </c>
       <c r="E607" t="s">
-        <v>2403</v>
+        <v>2371</v>
       </c>
       <c r="F607">
-        <v>307</v>
+        <v>53</v>
       </c>
     </row>
     <row r="608" spans="1:18">
       <c r="A608" t="s">
-        <v>2404</v>
+        <v>2375</v>
       </c>
       <c r="B608" t="s">
-        <v>2405</v>
+        <v>2376</v>
       </c>
       <c r="C608" t="s">
-        <v>2406</v>
+        <v>2377</v>
       </c>
       <c r="D608" s="1">
-        <v>5903351024334</v>
+        <v>5903351024655</v>
       </c>
       <c r="E608" t="s">
-        <v>2407</v>
+        <v>2378</v>
       </c>
       <c r="F608">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="609" spans="1:18">
       <c r="A609" t="s">
-        <v>2408</v>
+        <v>2379</v>
       </c>
       <c r="B609" t="s">
-        <v>2409</v>
+        <v>2380</v>
       </c>
       <c r="C609" t="s">
-        <v>2410</v>
+        <v>2381</v>
       </c>
       <c r="D609" s="1">
-        <v>5903351024341</v>
+        <v>5903351024662</v>
       </c>
       <c r="E609" t="s">
-        <v>2411</v>
+        <v>2378</v>
       </c>
       <c r="F609">
-        <v>48</v>
+        <v>24</v>
       </c>
     </row>
     <row r="610" spans="1:18">
       <c r="A610" t="s">
-        <v>2412</v>
+        <v>2382</v>
       </c>
       <c r="B610" t="s">
-        <v>2413</v>
+        <v>2383</v>
       </c>
       <c r="C610" t="s">
-        <v>2414</v>
+        <v>2384</v>
       </c>
       <c r="D610" s="1">
-        <v>5903351024358</v>
+        <v>5903351024679</v>
       </c>
       <c r="E610" t="s">
-        <v>2415</v>
+        <v>2385</v>
       </c>
       <c r="F610">
-        <v>209</v>
+        <v>33</v>
       </c>
     </row>
     <row r="611" spans="1:18">
       <c r="A611" t="s">
-        <v>2416</v>
+        <v>2386</v>
       </c>
       <c r="B611" t="s">
-        <v>2417</v>
+        <v>2387</v>
       </c>
       <c r="C611" t="s">
-        <v>2418</v>
+        <v>2388</v>
       </c>
       <c r="D611" s="1">
-        <v>5903351024365</v>
+        <v>5903351024686</v>
       </c>
       <c r="E611" t="s">
-        <v>2419</v>
+        <v>2389</v>
       </c>
       <c r="F611">
-        <v>773</v>
+        <v>25</v>
       </c>
     </row>
     <row r="612" spans="1:18">
       <c r="A612" t="s">
-        <v>2420</v>
+        <v>2390</v>
       </c>
       <c r="B612" t="s">
-        <v>2421</v>
+        <v>2391</v>
       </c>
       <c r="C612" t="s">
-        <v>2422</v>
+        <v>2392</v>
       </c>
       <c r="D612" s="1">
-        <v>5903351024372</v>
+        <v>5903351024693</v>
       </c>
       <c r="E612" t="s">
-        <v>2403</v>
+        <v>2393</v>
       </c>
       <c r="F612">
-        <v>455</v>
+        <v>688</v>
       </c>
     </row>
     <row r="613" spans="1:18">
       <c r="A613" t="s">
-        <v>2423</v>
+        <v>2394</v>
       </c>
       <c r="B613" t="s">
-        <v>2424</v>
+        <v>2395</v>
       </c>
       <c r="C613" t="s">
-        <v>2425</v>
+        <v>2396</v>
       </c>
       <c r="D613" s="1">
-        <v>5903351024389</v>
+        <v>5903351024709</v>
       </c>
       <c r="E613" t="s">
-        <v>2407</v>
+        <v>2397</v>
       </c>
       <c r="F613">
-        <v>24</v>
+        <v>1893</v>
       </c>
     </row>
     <row r="614" spans="1:18">
       <c r="A614" t="s">
-        <v>2426</v>
+        <v>2398</v>
       </c>
       <c r="B614" t="s">
-        <v>2427</v>
+        <v>2399</v>
       </c>
       <c r="C614" t="s">
-        <v>2428</v>
+        <v>2400</v>
       </c>
       <c r="D614" s="1">
-        <v>5903351024396</v>
+        <v>5903351024716</v>
       </c>
       <c r="E614" t="s">
-        <v>2411</v>
+        <v>2401</v>
       </c>
       <c r="F614">
-        <v>48</v>
+        <v>1252</v>
       </c>
     </row>
     <row r="615" spans="1:18">
       <c r="A615" t="s">
-        <v>2429</v>
+        <v>2402</v>
       </c>
       <c r="B615" t="s">
-        <v>2430</v>
+        <v>2403</v>
       </c>
       <c r="C615" t="s">
-        <v>2431</v>
+        <v>2404</v>
       </c>
       <c r="D615" s="1">
-        <v>5903351024402</v>
+        <v>5903351024723</v>
       </c>
       <c r="E615" t="s">
-        <v>2432</v>
+        <v>2405</v>
       </c>
       <c r="F615">
-        <v>218</v>
+        <v>296</v>
       </c>
     </row>
     <row r="616" spans="1:18">
       <c r="A616" t="s">
-        <v>2433</v>
+        <v>2406</v>
       </c>
       <c r="B616" t="s">
-        <v>2434</v>
+        <v>2407</v>
       </c>
       <c r="C616" t="s">
-        <v>2435</v>
+        <v>2408</v>
       </c>
       <c r="D616" s="1">
-        <v>5903351024419</v>
+        <v>5903351024730</v>
       </c>
       <c r="E616" t="s">
-        <v>2436</v>
+        <v>2409</v>
       </c>
       <c r="F616">
-        <v>714</v>
+        <v>93</v>
       </c>
     </row>
     <row r="617" spans="1:18">
       <c r="A617" t="s">
-        <v>2437</v>
+        <v>2410</v>
       </c>
       <c r="B617" t="s">
-        <v>2438</v>
+        <v>2411</v>
       </c>
       <c r="C617" t="s">
-        <v>2439</v>
+        <v>2412</v>
       </c>
       <c r="D617" s="1">
-        <v>5903351024426</v>
+        <v>5903351024747</v>
       </c>
       <c r="E617" t="s">
-        <v>2403</v>
+        <v>2413</v>
       </c>
       <c r="F617">
-        <v>485</v>
+        <v>454</v>
       </c>
     </row>
     <row r="618" spans="1:18">
       <c r="A618" t="s">
-        <v>2440</v>
+        <v>2414</v>
       </c>
       <c r="B618" t="s">
-        <v>2441</v>
+        <v>2415</v>
       </c>
       <c r="C618" t="s">
-        <v>2442</v>
+        <v>2416</v>
       </c>
       <c r="D618" s="1">
-        <v>5903351024433</v>
+        <v>5903351024754</v>
       </c>
       <c r="E618" t="s">
-        <v>2407</v>
+        <v>2417</v>
       </c>
       <c r="F618">
-        <v>46</v>
+        <v>344</v>
       </c>
     </row>
     <row r="619" spans="1:18">
       <c r="A619" t="s">
-        <v>2443</v>
+        <v>2418</v>
       </c>
       <c r="B619" t="s">
-        <v>2444</v>
+        <v>2419</v>
       </c>
       <c r="C619" t="s">
-        <v>2445</v>
+        <v>2420</v>
       </c>
       <c r="D619" s="1">
-        <v>5903351024440</v>
+        <v>5903351024761</v>
       </c>
       <c r="E619" t="s">
-        <v>2411</v>
+        <v>2421</v>
       </c>
       <c r="F619">
-        <v>48</v>
+        <v>60</v>
       </c>
     </row>
     <row r="620" spans="1:18">
       <c r="A620" t="s">
-        <v>2446</v>
+        <v>2422</v>
       </c>
       <c r="B620" t="s">
-        <v>2447</v>
+        <v>2423</v>
       </c>
       <c r="C620" t="s">
-        <v>2448</v>
+        <v>2424</v>
       </c>
       <c r="D620" s="1">
-        <v>5903351011860</v>
-[...2 lines deleted...]
-        <v>2449</v>
+        <v>5903351025454</v>
       </c>
       <c r="F620">
-        <v>54</v>
+        <v>639</v>
       </c>
     </row>
     <row r="621" spans="1:18">
       <c r="A621" t="s">
-        <v>2450</v>
+        <v>2425</v>
       </c>
       <c r="B621" t="s">
-        <v>2451</v>
+        <v>2426</v>
       </c>
       <c r="C621" t="s">
-        <v>2452</v>
+        <v>2427</v>
       </c>
       <c r="D621" s="1">
-        <v>5903351003476</v>
+        <v>5903351024303</v>
       </c>
       <c r="E621" t="s">
-        <v>2453</v>
+        <v>2428</v>
       </c>
       <c r="F621">
-        <v>0</v>
+        <v>299</v>
       </c>
     </row>
     <row r="622" spans="1:18">
       <c r="A622" t="s">
-        <v>2454</v>
+        <v>2429</v>
       </c>
       <c r="B622" t="s">
-        <v>2455</v>
+        <v>2430</v>
       </c>
       <c r="C622" t="s">
-        <v>2456</v>
+        <v>2431</v>
       </c>
       <c r="D622" s="1">
-        <v>5903351012072</v>
+        <v>5903351024310</v>
       </c>
       <c r="E622" t="s">
-        <v>2457</v>
+        <v>2432</v>
       </c>
       <c r="F622">
-        <v>61</v>
+        <v>510</v>
       </c>
     </row>
     <row r="623" spans="1:18">
       <c r="A623" t="s">
-        <v>2458</v>
+        <v>2433</v>
       </c>
       <c r="B623" t="s">
-        <v>2459</v>
+        <v>2434</v>
       </c>
       <c r="C623" t="s">
-        <v>2460</v>
+        <v>2435</v>
       </c>
       <c r="D623" s="1">
-        <v>5903351012089</v>
+        <v>5903351024327</v>
       </c>
       <c r="E623" t="s">
-        <v>2461</v>
+        <v>2436</v>
       </c>
       <c r="F623">
-        <v>50</v>
+        <v>238</v>
       </c>
     </row>
     <row r="624" spans="1:18">
       <c r="A624" t="s">
-        <v>2462</v>
+        <v>2437</v>
       </c>
       <c r="B624" t="s">
-        <v>2463</v>
+        <v>2438</v>
       </c>
       <c r="C624" t="s">
-        <v>2464</v>
+        <v>2439</v>
       </c>
       <c r="D624" s="1">
-        <v>5903351012096</v>
+        <v>5903351024334</v>
       </c>
       <c r="E624" t="s">
-        <v>2465</v>
+        <v>2440</v>
       </c>
       <c r="F624">
-        <v>36</v>
+        <v>30</v>
       </c>
     </row>
     <row r="625" spans="1:18">
       <c r="A625" t="s">
-        <v>2466</v>
+        <v>2441</v>
       </c>
       <c r="B625" t="s">
-        <v>2467</v>
+        <v>2442</v>
       </c>
       <c r="C625" t="s">
-        <v>2468</v>
+        <v>2443</v>
       </c>
       <c r="D625" s="1">
-        <v>5903351012102</v>
+        <v>5903351024341</v>
       </c>
       <c r="E625" t="s">
-        <v>2469</v>
+        <v>2444</v>
       </c>
       <c r="F625">
-        <v>52</v>
+        <v>48</v>
       </c>
     </row>
     <row r="626" spans="1:18">
       <c r="A626" t="s">
-        <v>2470</v>
+        <v>2445</v>
       </c>
       <c r="B626" t="s">
-        <v>2471</v>
+        <v>2446</v>
       </c>
       <c r="C626" t="s">
-        <v>2472</v>
+        <v>2447</v>
       </c>
       <c r="D626" s="1">
-        <v>5903351011372</v>
+        <v>5903351024358</v>
       </c>
       <c r="E626" t="s">
-        <v>2473</v>
+        <v>2448</v>
       </c>
       <c r="F626">
-        <v>0</v>
+        <v>107</v>
       </c>
     </row>
     <row r="627" spans="1:18">
       <c r="A627" t="s">
-        <v>2474</v>
+        <v>2449</v>
       </c>
       <c r="B627" t="s">
-        <v>2475</v>
+        <v>2450</v>
       </c>
       <c r="C627" t="s">
-        <v>2476</v>
+        <v>2451</v>
       </c>
       <c r="D627" s="1">
-        <v>5903351011396</v>
+        <v>5903351024365</v>
       </c>
       <c r="E627" t="s">
-        <v>2477</v>
+        <v>2452</v>
       </c>
       <c r="F627">
-        <v>0</v>
+        <v>501</v>
       </c>
     </row>
     <row r="628" spans="1:18">
       <c r="A628" t="s">
-        <v>2478</v>
+        <v>2453</v>
       </c>
       <c r="B628" t="s">
-        <v>2479</v>
+        <v>2454</v>
       </c>
       <c r="C628" t="s">
-        <v>2480</v>
+        <v>2455</v>
       </c>
       <c r="D628" s="1">
-        <v>5903351001342</v>
+        <v>5903351024372</v>
       </c>
       <c r="E628" t="s">
-        <v>2481</v>
+        <v>2436</v>
       </c>
       <c r="F628">
-        <v>53</v>
+        <v>415</v>
       </c>
     </row>
     <row r="629" spans="1:18">
       <c r="A629" t="s">
-        <v>2482</v>
+        <v>2456</v>
       </c>
       <c r="B629" t="s">
-        <v>2483</v>
+        <v>2457</v>
       </c>
       <c r="C629" t="s">
-        <v>2484</v>
+        <v>2458</v>
       </c>
       <c r="D629" s="1">
-        <v>5903351023887</v>
+        <v>5903351024389</v>
       </c>
       <c r="E629" t="s">
-        <v>2485</v>
+        <v>2440</v>
       </c>
       <c r="F629">
-        <v>33</v>
+        <v>52</v>
       </c>
     </row>
     <row r="630" spans="1:18">
       <c r="A630" t="s">
-        <v>2486</v>
+        <v>2459</v>
       </c>
       <c r="B630" t="s">
-        <v>2487</v>
+        <v>2460</v>
       </c>
       <c r="C630" t="s">
-        <v>2488</v>
+        <v>2461</v>
       </c>
       <c r="D630" s="1">
-        <v>5903351023894</v>
+        <v>5903351024396</v>
       </c>
       <c r="E630" t="s">
-        <v>2489</v>
+        <v>2444</v>
       </c>
       <c r="F630">
-        <v>5</v>
+        <v>48</v>
       </c>
     </row>
     <row r="631" spans="1:18">
       <c r="A631" t="s">
-        <v>2490</v>
+        <v>2462</v>
       </c>
       <c r="B631" t="s">
-        <v>2491</v>
+        <v>2463</v>
       </c>
       <c r="C631" t="s">
-        <v>2492</v>
+        <v>2464</v>
       </c>
       <c r="D631" s="1">
-        <v>5903351023900</v>
+        <v>5903351024402</v>
       </c>
       <c r="E631" t="s">
-        <v>2493</v>
+        <v>2465</v>
       </c>
       <c r="F631">
-        <v>34</v>
+        <v>196</v>
       </c>
     </row>
     <row r="632" spans="1:18">
       <c r="A632" t="s">
-        <v>2494</v>
+        <v>2466</v>
       </c>
       <c r="B632" t="s">
-        <v>2495</v>
+        <v>2467</v>
       </c>
       <c r="C632" t="s">
-        <v>2496</v>
+        <v>2468</v>
       </c>
       <c r="D632" s="1">
-        <v>5903351023917</v>
+        <v>5903351024419</v>
       </c>
       <c r="E632" t="s">
-        <v>2497</v>
+        <v>2469</v>
       </c>
       <c r="F632">
-        <v>67</v>
+        <v>561</v>
       </c>
     </row>
     <row r="633" spans="1:18">
       <c r="A633" t="s">
-        <v>2498</v>
+        <v>2470</v>
       </c>
       <c r="B633" t="s">
-        <v>2499</v>
+        <v>2471</v>
       </c>
       <c r="C633" t="s">
-        <v>2500</v>
+        <v>2472</v>
       </c>
       <c r="D633" s="1">
-        <v>5903351023924</v>
+        <v>5903351024426</v>
       </c>
       <c r="E633" t="s">
-        <v>2501</v>
+        <v>2436</v>
       </c>
       <c r="F633">
-        <v>62</v>
+        <v>467</v>
       </c>
     </row>
     <row r="634" spans="1:18">
       <c r="A634" t="s">
-        <v>2502</v>
+        <v>2473</v>
       </c>
       <c r="B634" t="s">
-        <v>2503</v>
+        <v>2474</v>
       </c>
       <c r="C634" t="s">
-        <v>2504</v>
+        <v>2475</v>
       </c>
       <c r="D634" s="1">
-        <v>5903351024778</v>
+        <v>5903351024433</v>
       </c>
       <c r="E634" t="s">
-        <v>2505</v>
+        <v>2440</v>
       </c>
       <c r="F634">
-        <v>62</v>
+        <v>44</v>
       </c>
     </row>
     <row r="635" spans="1:18">
       <c r="A635" t="s">
-        <v>2506</v>
+        <v>2476</v>
       </c>
       <c r="B635" t="s">
-        <v>2507</v>
+        <v>2477</v>
       </c>
       <c r="C635" t="s">
-        <v>2508</v>
+        <v>2478</v>
       </c>
       <c r="D635" s="1">
-        <v>5903351024785</v>
+        <v>5903351024440</v>
       </c>
       <c r="E635" t="s">
-        <v>2505</v>
+        <v>2444</v>
       </c>
       <c r="F635">
-        <v>62</v>
+        <v>48</v>
       </c>
     </row>
     <row r="636" spans="1:18">
       <c r="A636" t="s">
-        <v>2509</v>
+        <v>2479</v>
       </c>
       <c r="B636" t="s">
-        <v>2510</v>
+        <v>2480</v>
       </c>
       <c r="C636" t="s">
-        <v>2511</v>
+        <v>2481</v>
       </c>
       <c r="D636" s="1">
-        <v>5903351024792</v>
+        <v>5903351012072</v>
       </c>
       <c r="E636" t="s">
-        <v>2505</v>
+        <v>2482</v>
       </c>
       <c r="F636">
-        <v>67</v>
+        <v>60</v>
       </c>
     </row>
     <row r="637" spans="1:18">
       <c r="A637" t="s">
-        <v>2512</v>
+        <v>2483</v>
       </c>
       <c r="B637" t="s">
-        <v>2513</v>
+        <v>2484</v>
       </c>
       <c r="C637" t="s">
-        <v>2514</v>
+        <v>2485</v>
       </c>
       <c r="D637" s="1">
-        <v>5903351024808</v>
+        <v>5903351012089</v>
       </c>
       <c r="E637" t="s">
-        <v>2515</v>
+        <v>2486</v>
       </c>
       <c r="F637">
-        <v>65</v>
+        <v>0</v>
       </c>
     </row>
     <row r="638" spans="1:18">
       <c r="A638" t="s">
-        <v>2516</v>
+        <v>2487</v>
       </c>
       <c r="B638" t="s">
-        <v>2517</v>
+        <v>2488</v>
       </c>
       <c r="C638" t="s">
-        <v>2518</v>
+        <v>2489</v>
       </c>
       <c r="D638" s="1">
-        <v>5903351024815</v>
+        <v>5903351012096</v>
       </c>
       <c r="E638" t="s">
-        <v>2515</v>
+        <v>2490</v>
       </c>
       <c r="F638">
-        <v>60</v>
+        <v>26</v>
       </c>
     </row>
     <row r="639" spans="1:18">
       <c r="A639" t="s">
-        <v>2519</v>
+        <v>2491</v>
       </c>
       <c r="B639" t="s">
-        <v>2520</v>
+        <v>2492</v>
       </c>
       <c r="C639" t="s">
-        <v>2521</v>
+        <v>2493</v>
       </c>
       <c r="D639" s="1">
-        <v>5903351024822</v>
+        <v>5903351012102</v>
       </c>
       <c r="E639" t="s">
-        <v>2515</v>
+        <v>2494</v>
       </c>
       <c r="F639">
-        <v>66</v>
+        <v>40</v>
       </c>
     </row>
     <row r="640" spans="1:18">
       <c r="A640" t="s">
-        <v>2522</v>
+        <v>2495</v>
       </c>
       <c r="B640" t="s">
-        <v>2523</v>
+        <v>2496</v>
       </c>
       <c r="C640" t="s">
-        <v>2524</v>
+        <v>2497</v>
       </c>
       <c r="D640" s="1">
-        <v>5903351024839</v>
+        <v>5903351011372</v>
       </c>
       <c r="E640" t="s">
-        <v>2525</v>
+        <v>2498</v>
       </c>
       <c r="F640">
-        <v>62</v>
+        <v>0</v>
       </c>
     </row>
     <row r="641" spans="1:18">
       <c r="A641" t="s">
-        <v>2526</v>
+        <v>2499</v>
       </c>
       <c r="B641" t="s">
-        <v>2527</v>
+        <v>2500</v>
       </c>
       <c r="C641" t="s">
-        <v>2528</v>
+        <v>2501</v>
       </c>
       <c r="D641" s="1">
-        <v>5903351024846</v>
+        <v>5903351011396</v>
       </c>
       <c r="E641" t="s">
-        <v>2529</v>
+        <v>2502</v>
       </c>
       <c r="F641">
-        <v>61</v>
+        <v>0</v>
       </c>
     </row>
     <row r="642" spans="1:18">
       <c r="A642" t="s">
-        <v>2530</v>
+        <v>2503</v>
       </c>
       <c r="B642" t="s">
-        <v>2531</v>
+        <v>2504</v>
       </c>
       <c r="C642" t="s">
-        <v>2532</v>
+        <v>2505</v>
       </c>
       <c r="D642" s="1">
-        <v>5903351024853</v>
+        <v>5903351001342</v>
       </c>
       <c r="E642" t="s">
-        <v>2533</v>
+        <v>2506</v>
       </c>
       <c r="F642">
         <v>53</v>
       </c>
     </row>
     <row r="643" spans="1:18">
       <c r="A643" t="s">
-        <v>2534</v>
+        <v>2507</v>
       </c>
       <c r="B643" t="s">
-        <v>2535</v>
+        <v>2508</v>
       </c>
       <c r="C643" t="s">
-        <v>2536</v>
+        <v>2509</v>
       </c>
       <c r="D643" s="1">
-        <v>5903351024860</v>
+        <v>5903351023887</v>
       </c>
       <c r="E643" t="s">
-        <v>2533</v>
+        <v>2510</v>
       </c>
       <c r="F643">
-        <v>55</v>
+        <v>29</v>
       </c>
     </row>
     <row r="644" spans="1:18">
       <c r="A644" t="s">
-        <v>2537</v>
+        <v>2511</v>
       </c>
       <c r="B644" t="s">
-        <v>2538</v>
+        <v>2512</v>
       </c>
       <c r="C644" t="s">
-        <v>2539</v>
+        <v>2513</v>
       </c>
       <c r="D644" s="1">
-        <v>5903351024877</v>
+        <v>5903351023894</v>
       </c>
       <c r="E644" t="s">
-        <v>2533</v>
+        <v>2514</v>
       </c>
       <c r="F644">
-        <v>63</v>
+        <v>5</v>
       </c>
     </row>
     <row r="645" spans="1:18">
       <c r="A645" t="s">
-        <v>2540</v>
+        <v>2515</v>
       </c>
       <c r="B645" t="s">
-        <v>2541</v>
+        <v>2516</v>
       </c>
       <c r="C645" t="s">
-        <v>2542</v>
+        <v>2517</v>
       </c>
       <c r="D645" s="1">
-        <v>5903351023368</v>
+        <v>5903351023900</v>
       </c>
       <c r="E645" t="s">
-        <v>2543</v>
+        <v>2518</v>
       </c>
       <c r="F645">
-        <v>76</v>
+        <v>28</v>
       </c>
     </row>
     <row r="646" spans="1:18">
       <c r="A646" t="s">
-        <v>2544</v>
+        <v>2519</v>
       </c>
       <c r="B646" t="s">
-        <v>2545</v>
+        <v>2520</v>
       </c>
       <c r="C646" t="s">
-        <v>2546</v>
+        <v>2521</v>
       </c>
       <c r="D646" s="1">
-        <v>5903351023375</v>
+        <v>5903351023917</v>
       </c>
       <c r="E646" t="s">
-        <v>2547</v>
+        <v>2522</v>
       </c>
       <c r="F646">
-        <v>87</v>
+        <v>0</v>
       </c>
     </row>
     <row r="647" spans="1:18">
       <c r="A647" t="s">
-        <v>2548</v>
+        <v>2523</v>
       </c>
       <c r="B647" t="s">
-        <v>2549</v>
+        <v>2524</v>
       </c>
       <c r="C647" t="s">
-        <v>2550</v>
+        <v>2525</v>
       </c>
       <c r="D647" s="1">
-        <v>5903351023382</v>
+        <v>5903351023924</v>
       </c>
       <c r="E647" t="s">
-        <v>2551</v>
+        <v>2526</v>
       </c>
       <c r="F647">
-        <v>24</v>
+        <v>37</v>
       </c>
     </row>
     <row r="648" spans="1:18">
       <c r="A648" t="s">
-        <v>2552</v>
+        <v>2527</v>
       </c>
       <c r="B648" t="s">
-        <v>2553</v>
+        <v>2528</v>
       </c>
       <c r="C648" t="s">
-        <v>2554</v>
+        <v>2529</v>
       </c>
       <c r="D648" s="1">
-        <v>5903351023399</v>
+        <v>5903351024778</v>
       </c>
       <c r="E648" t="s">
-        <v>2555</v>
+        <v>2530</v>
       </c>
       <c r="F648">
-        <v>74</v>
+        <v>37</v>
       </c>
     </row>
     <row r="649" spans="1:18">
       <c r="A649" t="s">
-        <v>2556</v>
+        <v>2531</v>
       </c>
       <c r="B649" t="s">
-        <v>2557</v>
+        <v>2532</v>
       </c>
       <c r="C649" t="s">
-        <v>2558</v>
+        <v>2533</v>
       </c>
       <c r="D649" s="1">
-        <v>5903351023405</v>
+        <v>5903351024785</v>
       </c>
       <c r="E649" t="s">
-        <v>2559</v>
+        <v>2530</v>
       </c>
       <c r="F649">
-        <v>92</v>
+        <v>22</v>
       </c>
     </row>
     <row r="650" spans="1:18">
       <c r="A650" t="s">
-        <v>2560</v>
+        <v>2534</v>
       </c>
       <c r="B650" t="s">
-        <v>2561</v>
+        <v>2535</v>
       </c>
       <c r="C650" t="s">
-        <v>2562</v>
+        <v>2536</v>
       </c>
       <c r="D650" s="1">
-        <v>5903351023412</v>
+        <v>5903351024792</v>
       </c>
       <c r="E650" t="s">
-        <v>2563</v>
+        <v>2530</v>
       </c>
       <c r="F650">
-        <v>94</v>
+        <v>46</v>
       </c>
     </row>
     <row r="651" spans="1:18">
       <c r="A651" t="s">
-        <v>2564</v>
+        <v>2537</v>
       </c>
       <c r="B651" t="s">
-        <v>2565</v>
+        <v>2538</v>
       </c>
       <c r="C651" t="s">
-        <v>2566</v>
+        <v>2539</v>
       </c>
       <c r="D651" s="1">
-        <v>5903351023429</v>
+        <v>5903351024808</v>
       </c>
       <c r="E651" t="s">
-        <v>2567</v>
+        <v>2540</v>
       </c>
       <c r="F651">
-        <v>77</v>
+        <v>50</v>
       </c>
     </row>
     <row r="652" spans="1:18">
       <c r="A652" t="s">
-        <v>2568</v>
+        <v>2541</v>
       </c>
       <c r="B652" t="s">
-        <v>2569</v>
+        <v>2542</v>
       </c>
       <c r="C652" t="s">
-        <v>2570</v>
+        <v>2543</v>
       </c>
       <c r="D652" s="1">
-        <v>5903351023436</v>
+        <v>5903351024815</v>
       </c>
       <c r="E652" t="s">
-        <v>2571</v>
+        <v>2540</v>
       </c>
       <c r="F652">
-        <v>92</v>
+        <v>40</v>
       </c>
     </row>
     <row r="653" spans="1:18">
       <c r="A653" t="s">
-        <v>2572</v>
+        <v>2544</v>
       </c>
       <c r="B653" t="s">
-        <v>2573</v>
+        <v>2545</v>
       </c>
       <c r="C653" t="s">
-        <v>2574</v>
+        <v>2546</v>
       </c>
       <c r="D653" s="1">
-        <v>5903351023306</v>
+        <v>5903351024822</v>
       </c>
       <c r="E653" t="s">
-        <v>2575</v>
+        <v>2540</v>
       </c>
       <c r="F653">
-        <v>365</v>
+        <v>62</v>
       </c>
     </row>
     <row r="654" spans="1:18">
       <c r="A654" t="s">
-        <v>2576</v>
+        <v>2547</v>
       </c>
       <c r="B654" t="s">
-        <v>2577</v>
+        <v>2548</v>
       </c>
       <c r="C654" t="s">
-        <v>2578</v>
+        <v>2549</v>
       </c>
       <c r="D654" s="1">
-        <v>5903351023313</v>
+        <v>5903351024839</v>
       </c>
       <c r="E654" t="s">
-        <v>2579</v>
+        <v>2550</v>
       </c>
       <c r="F654">
-        <v>285</v>
+        <v>47</v>
       </c>
     </row>
     <row r="655" spans="1:18">
       <c r="A655" t="s">
-        <v>2580</v>
+        <v>2551</v>
       </c>
       <c r="B655" t="s">
-        <v>2581</v>
+        <v>2552</v>
       </c>
       <c r="C655" t="s">
-        <v>2582</v>
+        <v>2553</v>
       </c>
       <c r="D655" s="1">
-        <v>5903351023351</v>
+        <v>5903351024846</v>
       </c>
       <c r="E655" t="s">
-        <v>2583</v>
+        <v>2554</v>
       </c>
       <c r="F655">
-        <v>34</v>
+        <v>40</v>
       </c>
     </row>
     <row r="656" spans="1:18">
       <c r="A656" t="s">
-        <v>2584</v>
+        <v>2555</v>
       </c>
       <c r="B656" t="s">
-        <v>2585</v>
+        <v>2556</v>
       </c>
       <c r="C656" t="s">
-        <v>2586</v>
+        <v>2557</v>
       </c>
       <c r="D656" s="1">
-        <v>5903351023337</v>
+        <v>5903351024853</v>
       </c>
       <c r="E656" t="s">
-        <v>2587</v>
+        <v>2558</v>
       </c>
       <c r="F656">
-        <v>251</v>
+        <v>37</v>
       </c>
     </row>
     <row r="657" spans="1:18">
       <c r="A657" t="s">
-        <v>2588</v>
+        <v>2559</v>
       </c>
       <c r="B657" t="s">
-        <v>2589</v>
+        <v>2560</v>
       </c>
       <c r="C657" t="s">
-        <v>2590</v>
+        <v>2561</v>
       </c>
       <c r="D657" s="1">
-        <v>5903351023344</v>
+        <v>5903351024860</v>
       </c>
       <c r="E657" t="s">
-        <v>2591</v>
+        <v>2558</v>
       </c>
       <c r="F657">
-        <v>82</v>
+        <v>16</v>
       </c>
     </row>
     <row r="658" spans="1:18">
       <c r="A658" t="s">
-        <v>2592</v>
+        <v>2562</v>
       </c>
       <c r="B658" t="s">
-        <v>2593</v>
+        <v>2563</v>
       </c>
       <c r="C658" t="s">
-        <v>2594</v>
+        <v>2564</v>
       </c>
       <c r="D658" s="1">
-        <v>5903351023320</v>
+        <v>5903351024877</v>
       </c>
       <c r="E658" t="s">
-        <v>2595</v>
+        <v>2558</v>
       </c>
       <c r="F658">
-        <v>285</v>
+        <v>45</v>
       </c>
     </row>
     <row r="659" spans="1:18">
       <c r="A659" t="s">
-        <v>2596</v>
+        <v>2565</v>
       </c>
       <c r="B659" t="s">
-        <v>2597</v>
+        <v>2566</v>
       </c>
       <c r="C659" t="s">
-        <v>2598</v>
+        <v>2567</v>
       </c>
       <c r="D659" s="1">
-        <v>5903351012348</v>
+        <v>5903351023368</v>
       </c>
       <c r="E659" t="s">
-        <v>2599</v>
+        <v>2568</v>
       </c>
       <c r="F659">
-        <v>23</v>
+        <v>73</v>
       </c>
     </row>
     <row r="660" spans="1:18">
       <c r="A660" t="s">
-        <v>2600</v>
+        <v>2569</v>
       </c>
       <c r="B660" t="s">
-        <v>2601</v>
+        <v>2570</v>
       </c>
       <c r="C660" t="s">
-        <v>2602</v>
+        <v>2571</v>
       </c>
       <c r="D660" s="1">
-        <v>5903351001892</v>
+        <v>5903351023375</v>
       </c>
       <c r="E660" t="s">
-        <v>2603</v>
+        <v>2572</v>
       </c>
       <c r="F660">
-        <v>23</v>
+        <v>87</v>
       </c>
     </row>
     <row r="661" spans="1:18">
       <c r="A661" t="s">
-        <v>2604</v>
+        <v>2573</v>
       </c>
       <c r="B661" t="s">
-        <v>2605</v>
+        <v>2574</v>
       </c>
       <c r="C661" t="s">
-        <v>2606</v>
+        <v>2575</v>
       </c>
       <c r="D661" s="1">
-        <v>5903351010443</v>
+        <v>5903351023382</v>
       </c>
       <c r="E661" t="s">
-        <v>2607</v>
+        <v>2576</v>
       </c>
       <c r="F661">
-        <v>1</v>
+        <v>121</v>
       </c>
     </row>
     <row r="662" spans="1:18">
       <c r="A662" t="s">
-        <v>2608</v>
+        <v>2577</v>
       </c>
       <c r="B662" t="s">
-        <v>2609</v>
+        <v>2578</v>
       </c>
       <c r="C662" t="s">
-        <v>2610</v>
+        <v>2579</v>
       </c>
       <c r="D662" s="1">
-        <v>5903351002158</v>
+        <v>5903351023399</v>
       </c>
       <c r="E662" t="s">
-        <v>2611</v>
+        <v>2580</v>
       </c>
       <c r="F662">
-        <v>14</v>
+        <v>70</v>
       </c>
     </row>
     <row r="663" spans="1:18">
       <c r="A663" t="s">
-        <v>2612</v>
+        <v>2581</v>
       </c>
       <c r="B663" t="s">
-        <v>2613</v>
+        <v>2582</v>
       </c>
       <c r="C663" t="s">
-        <v>2614</v>
+        <v>2583</v>
       </c>
       <c r="D663" s="1">
-        <v>5903351010405</v>
+        <v>5903351023405</v>
       </c>
       <c r="E663" t="s">
-        <v>2615</v>
+        <v>2584</v>
       </c>
       <c r="F663">
-        <v>21</v>
+        <v>92</v>
       </c>
     </row>
     <row r="664" spans="1:18">
       <c r="A664" t="s">
-        <v>2616</v>
+        <v>2585</v>
       </c>
       <c r="B664" t="s">
-        <v>2617</v>
+        <v>2586</v>
       </c>
       <c r="C664" t="s">
-        <v>2618</v>
+        <v>2587</v>
       </c>
       <c r="D664" s="1">
-        <v>5903351002165</v>
+        <v>5903351023412</v>
       </c>
       <c r="E664" t="s">
-        <v>2619</v>
+        <v>2588</v>
       </c>
       <c r="F664">
-        <v>0</v>
+        <v>94</v>
       </c>
     </row>
     <row r="665" spans="1:18">
       <c r="A665" t="s">
-        <v>2620</v>
+        <v>2589</v>
       </c>
       <c r="B665" t="s">
-        <v>2621</v>
+        <v>2590</v>
       </c>
       <c r="C665" t="s">
-        <v>2622</v>
+        <v>2591</v>
       </c>
       <c r="D665" s="1">
-        <v>5903351010412</v>
+        <v>5903351023429</v>
       </c>
       <c r="E665" t="s">
-        <v>2623</v>
+        <v>2592</v>
       </c>
       <c r="F665">
-        <v>6</v>
+        <v>76</v>
       </c>
     </row>
     <row r="666" spans="1:18">
       <c r="A666" t="s">
-        <v>2624</v>
+        <v>2593</v>
       </c>
       <c r="B666" t="s">
-        <v>2625</v>
+        <v>2594</v>
       </c>
       <c r="C666" t="s">
-        <v>2626</v>
+        <v>2595</v>
       </c>
       <c r="D666" s="1">
-        <v>5903351012140</v>
+        <v>5903351023436</v>
       </c>
       <c r="E666" t="s">
-        <v>2627</v>
+        <v>2596</v>
       </c>
       <c r="F666">
-        <v>0</v>
+        <v>86</v>
       </c>
     </row>
     <row r="667" spans="1:18">
       <c r="A667" t="s">
-        <v>2628</v>
+        <v>2597</v>
       </c>
       <c r="B667" t="s">
-        <v>2629</v>
+        <v>2598</v>
       </c>
       <c r="C667" t="s">
-        <v>2630</v>
+        <v>2599</v>
       </c>
       <c r="D667" s="1">
-        <v>5903351012157</v>
+        <v>5903351023306</v>
       </c>
       <c r="E667" t="s">
-        <v>2631</v>
+        <v>2600</v>
       </c>
       <c r="F667">
-        <v>0</v>
+        <v>360</v>
       </c>
     </row>
     <row r="668" spans="1:18">
       <c r="A668" t="s">
-        <v>2632</v>
+        <v>2601</v>
       </c>
       <c r="B668" t="s">
-        <v>2633</v>
+        <v>2602</v>
       </c>
       <c r="C668" t="s">
-        <v>2634</v>
+        <v>2603</v>
       </c>
       <c r="D668" s="1">
-        <v>5903351002172</v>
+        <v>5903351023313</v>
       </c>
       <c r="E668" t="s">
-        <v>2635</v>
+        <v>2604</v>
       </c>
       <c r="F668">
-        <v>17</v>
+        <v>271</v>
       </c>
     </row>
     <row r="669" spans="1:18">
       <c r="A669" t="s">
-        <v>2636</v>
+        <v>2605</v>
       </c>
       <c r="B669" t="s">
-        <v>2637</v>
+        <v>2606</v>
       </c>
       <c r="C669" t="s">
-        <v>2638</v>
+        <v>2607</v>
       </c>
       <c r="D669" s="1">
-        <v>5903351010429</v>
+        <v>5903351023351</v>
       </c>
       <c r="E669" t="s">
-        <v>2639</v>
+        <v>2608</v>
       </c>
       <c r="F669">
-        <v>21</v>
+        <v>31</v>
       </c>
     </row>
     <row r="670" spans="1:18">
       <c r="A670" t="s">
-        <v>2640</v>
+        <v>2609</v>
       </c>
       <c r="B670" t="s">
-        <v>2641</v>
+        <v>2610</v>
       </c>
       <c r="C670" t="s">
-        <v>2642</v>
+        <v>2611</v>
       </c>
       <c r="D670" s="1">
-        <v>5903351004367</v>
+        <v>5903351023337</v>
       </c>
       <c r="E670" t="s">
-        <v>2643</v>
+        <v>2612</v>
       </c>
       <c r="F670">
-        <v>19</v>
+        <v>242</v>
       </c>
     </row>
     <row r="671" spans="1:18">
       <c r="A671" t="s">
-        <v>2644</v>
+        <v>2613</v>
       </c>
       <c r="B671" t="s">
-        <v>2645</v>
+        <v>2614</v>
       </c>
       <c r="C671" t="s">
-        <v>2646</v>
+        <v>2615</v>
       </c>
       <c r="D671" s="1">
-        <v>5903351010436</v>
+        <v>5903351023344</v>
       </c>
       <c r="E671" t="s">
-        <v>2647</v>
+        <v>2616</v>
       </c>
       <c r="F671">
-        <v>16</v>
+        <v>82</v>
       </c>
     </row>
     <row r="672" spans="1:18">
       <c r="A672" t="s">
-        <v>2648</v>
+        <v>2617</v>
       </c>
       <c r="B672" t="s">
-        <v>2649</v>
+        <v>2618</v>
       </c>
       <c r="C672" t="s">
-        <v>2650</v>
+        <v>2619</v>
       </c>
       <c r="D672" s="1">
-        <v>5903351001212</v>
+        <v>5903351023320</v>
       </c>
       <c r="E672" t="s">
-        <v>2651</v>
+        <v>2620</v>
       </c>
       <c r="F672">
-        <v>15</v>
+        <v>281</v>
       </c>
     </row>
     <row r="673" spans="1:18">
       <c r="A673" t="s">
-        <v>2652</v>
+        <v>2621</v>
       </c>
       <c r="B673" t="s">
-        <v>2653</v>
+        <v>2622</v>
       </c>
       <c r="C673" t="s">
-        <v>2654</v>
+        <v>2623</v>
       </c>
       <c r="D673" s="1">
-        <v>5903351001229</v>
+        <v>5903351012348</v>
       </c>
       <c r="E673" t="s">
-        <v>2655</v>
+        <v>2624</v>
       </c>
       <c r="F673">
-        <v>44</v>
+        <v>17</v>
       </c>
     </row>
     <row r="674" spans="1:18">
       <c r="A674" t="s">
-        <v>2656</v>
+        <v>2625</v>
       </c>
       <c r="B674" t="s">
-        <v>2657</v>
+        <v>2626</v>
       </c>
       <c r="C674" t="s">
-        <v>2658</v>
+        <v>2627</v>
       </c>
       <c r="D674" s="1">
-        <v>5903351004763</v>
+        <v>5903351002158</v>
       </c>
       <c r="E674" t="s">
-        <v>2659</v>
+        <v>2628</v>
       </c>
       <c r="F674">
-        <v>7</v>
+        <v>19</v>
       </c>
     </row>
     <row r="675" spans="1:18">
       <c r="A675" t="s">
-        <v>2660</v>
+        <v>2629</v>
       </c>
       <c r="B675" t="s">
-        <v>2661</v>
+        <v>2630</v>
       </c>
       <c r="C675" t="s">
-        <v>2662</v>
+        <v>2631</v>
       </c>
       <c r="D675" s="1">
-        <v>5903351004817</v>
+        <v>5903351002165</v>
       </c>
       <c r="E675" t="s">
-        <v>2663</v>
+        <v>2632</v>
       </c>
       <c r="F675">
-        <v>16</v>
+        <v>11</v>
       </c>
     </row>
     <row r="676" spans="1:18">
       <c r="A676" t="s">
-        <v>2664</v>
+        <v>2633</v>
       </c>
       <c r="B676" t="s">
-        <v>2665</v>
+        <v>2634</v>
       </c>
       <c r="C676" t="s">
-        <v>2666</v>
+        <v>2635</v>
       </c>
       <c r="D676" s="1">
-        <v>5903351005050</v>
+        <v>5903351010405</v>
       </c>
       <c r="E676" t="s">
-        <v>2667</v>
+        <v>2636</v>
       </c>
       <c r="F676">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="677" spans="1:18">
       <c r="A677" t="s">
-        <v>2668</v>
+        <v>2637</v>
       </c>
       <c r="B677" t="s">
-        <v>2669</v>
+        <v>2638</v>
       </c>
       <c r="C677" t="s">
-        <v>2670</v>
+        <v>2639</v>
       </c>
       <c r="D677" s="1">
-        <v>5903351005173</v>
+        <v>5903351010412</v>
       </c>
       <c r="E677" t="s">
-        <v>2671</v>
+        <v>2640</v>
       </c>
       <c r="F677">
-        <v>17</v>
+        <v>26</v>
       </c>
     </row>
     <row r="678" spans="1:18">
       <c r="A678" t="s">
-        <v>2672</v>
+        <v>2641</v>
       </c>
       <c r="B678" t="s">
-        <v>2673</v>
+        <v>2642</v>
       </c>
       <c r="C678" t="s">
-        <v>2674</v>
+        <v>2643</v>
       </c>
       <c r="D678" s="1">
-        <v>5903351000260</v>
+        <v>5903351012140</v>
       </c>
       <c r="E678" t="s">
-        <v>2675</v>
+        <v>2644</v>
       </c>
       <c r="F678">
-        <v>13</v>
+        <v>0</v>
       </c>
     </row>
     <row r="679" spans="1:18">
       <c r="A679" t="s">
-        <v>2676</v>
+        <v>2645</v>
       </c>
       <c r="B679" t="s">
-        <v>2677</v>
+        <v>2646</v>
       </c>
       <c r="C679" t="s">
-        <v>2678</v>
+        <v>2647</v>
       </c>
       <c r="D679" s="1">
-        <v>5903351004626</v>
+        <v>5903351012157</v>
       </c>
       <c r="E679" t="s">
-        <v>2679</v>
+        <v>2648</v>
       </c>
       <c r="F679">
-        <v>6</v>
+        <v>0</v>
       </c>
     </row>
     <row r="680" spans="1:18">
       <c r="A680" t="s">
-        <v>2680</v>
+        <v>2649</v>
       </c>
       <c r="B680" t="s">
-        <v>2681</v>
+        <v>2650</v>
       </c>
       <c r="C680" t="s">
-        <v>2682</v>
+        <v>2651</v>
       </c>
       <c r="D680" s="1">
-        <v>5903351004695</v>
+        <v>5903351002172</v>
       </c>
       <c r="E680" t="s">
-        <v>2683</v>
+        <v>2652</v>
       </c>
       <c r="F680">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="681" spans="1:18">
       <c r="A681" t="s">
-        <v>2684</v>
+        <v>2653</v>
       </c>
       <c r="B681" t="s">
-        <v>2685</v>
+        <v>2654</v>
       </c>
       <c r="C681" t="s">
-        <v>2686</v>
+        <v>2655</v>
       </c>
       <c r="D681" s="1">
-        <v>5903351004497</v>
+        <v>5903351004367</v>
       </c>
       <c r="E681" t="s">
-        <v>2687</v>
+        <v>2656</v>
       </c>
       <c r="F681">
-        <v>5</v>
+        <v>14</v>
       </c>
     </row>
     <row r="682" spans="1:18">
       <c r="A682" t="s">
-        <v>2688</v>
+        <v>2657</v>
       </c>
       <c r="B682" t="s">
-        <v>2689</v>
+        <v>2658</v>
       </c>
       <c r="C682" t="s">
-        <v>2690</v>
+        <v>2659</v>
       </c>
       <c r="D682" s="1">
-        <v>5903351023979</v>
+        <v>5903351010429</v>
       </c>
       <c r="E682" t="s">
-        <v>2691</v>
+        <v>2660</v>
       </c>
       <c r="F682">
-        <v>106</v>
+        <v>3</v>
       </c>
     </row>
     <row r="683" spans="1:18">
       <c r="A683" t="s">
-        <v>2692</v>
+        <v>2661</v>
       </c>
       <c r="B683" t="s">
-        <v>2693</v>
+        <v>2662</v>
       </c>
       <c r="C683" t="s">
-        <v>2694</v>
+        <v>2663</v>
       </c>
       <c r="D683" s="1">
-        <v>5903351023986</v>
+        <v>5903351010436</v>
       </c>
       <c r="E683" t="s">
-        <v>2695</v>
+        <v>2664</v>
       </c>
       <c r="F683">
-        <v>80</v>
+        <v>0</v>
       </c>
     </row>
     <row r="684" spans="1:18">
       <c r="A684" t="s">
-        <v>2696</v>
+        <v>2665</v>
       </c>
       <c r="B684" t="s">
-        <v>2697</v>
+        <v>2666</v>
       </c>
       <c r="C684" t="s">
-        <v>2698</v>
+        <v>2667</v>
       </c>
       <c r="D684" s="1">
-        <v>2010000176238</v>
+        <v>5903351001892</v>
       </c>
       <c r="E684" t="s">
-        <v>2699</v>
+        <v>2668</v>
       </c>
       <c r="F684">
-        <v>5</v>
+        <v>51</v>
       </c>
     </row>
     <row r="685" spans="1:18">
       <c r="A685" t="s">
-        <v>2700</v>
+        <v>2669</v>
       </c>
       <c r="B685" t="s">
-        <v>2701</v>
+        <v>2670</v>
       </c>
       <c r="C685" t="s">
-        <v>2702</v>
+        <v>2671</v>
       </c>
       <c r="D685" s="1">
-        <v>2010000176252</v>
+        <v>5903351010443</v>
       </c>
       <c r="E685" t="s">
-        <v>2703</v>
+        <v>2672</v>
       </c>
       <c r="F685">
-        <v>0</v>
+        <v>269</v>
       </c>
     </row>
     <row r="686" spans="1:18">
       <c r="A686" t="s">
-        <v>2704</v>
+        <v>2673</v>
       </c>
       <c r="B686" t="s">
-        <v>2705</v>
+        <v>2674</v>
       </c>
       <c r="C686" t="s">
-        <v>2706</v>
+        <v>2675</v>
       </c>
       <c r="D686" s="1">
-        <v>2010000176016</v>
+        <v>5903351001212</v>
       </c>
       <c r="E686" t="s">
-        <v>2707</v>
+        <v>2676</v>
       </c>
       <c r="F686">
-        <v>2</v>
+        <v>5</v>
       </c>
     </row>
     <row r="687" spans="1:18">
       <c r="A687" t="s">
-        <v>2708</v>
+        <v>2677</v>
       </c>
       <c r="B687" t="s">
-        <v>2709</v>
+        <v>2678</v>
       </c>
       <c r="C687" t="s">
-        <v>2710</v>
+        <v>2679</v>
       </c>
       <c r="D687" s="1">
-        <v>2010000176733</v>
+        <v>5903351001229</v>
       </c>
       <c r="E687" t="s">
-        <v>2711</v>
+        <v>2680</v>
       </c>
       <c r="F687">
-        <v>4</v>
+        <v>32</v>
       </c>
     </row>
     <row r="688" spans="1:18">
       <c r="A688" t="s">
-        <v>2712</v>
+        <v>2681</v>
       </c>
       <c r="B688" t="s">
-        <v>2713</v>
+        <v>2682</v>
       </c>
       <c r="C688" t="s">
-        <v>2714</v>
+        <v>2683</v>
       </c>
       <c r="D688" s="1">
-        <v>2010000176085</v>
+        <v>5903351004763</v>
       </c>
       <c r="E688" t="s">
-        <v>2707</v>
+        <v>2684</v>
       </c>
       <c r="F688">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="689" spans="1:18">
       <c r="A689" t="s">
-        <v>2715</v>
+        <v>2685</v>
       </c>
       <c r="B689" t="s">
-        <v>2716</v>
+        <v>2686</v>
       </c>
       <c r="C689" t="s">
-        <v>2717</v>
+        <v>2687</v>
       </c>
       <c r="D689" s="1">
-        <v>5903351002264</v>
+        <v>5903351004817</v>
       </c>
       <c r="E689" t="s">
-        <v>2718</v>
+        <v>2688</v>
       </c>
       <c r="F689">
-        <v>30</v>
+        <v>14</v>
       </c>
     </row>
     <row r="690" spans="1:18">
       <c r="A690" t="s">
-        <v>2719</v>
+        <v>2689</v>
       </c>
       <c r="B690" t="s">
-        <v>2720</v>
+        <v>2690</v>
       </c>
       <c r="C690" t="s">
-        <v>2721</v>
+        <v>2691</v>
       </c>
       <c r="D690" s="1">
-        <v>5903351013284</v>
+        <v>5903351005050</v>
       </c>
       <c r="E690" t="s">
-        <v>2722</v>
+        <v>2692</v>
       </c>
       <c r="F690">
-        <v>46</v>
+        <v>20</v>
       </c>
     </row>
     <row r="691" spans="1:18">
       <c r="A691" t="s">
-        <v>2723</v>
+        <v>2693</v>
       </c>
       <c r="B691" t="s">
-        <v>2724</v>
+        <v>2694</v>
       </c>
       <c r="C691" t="s">
-        <v>2725</v>
+        <v>2695</v>
       </c>
       <c r="D691" s="1">
-        <v>5903351003513</v>
+        <v>5903351005173</v>
       </c>
       <c r="E691" t="s">
-        <v>2726</v>
+        <v>2696</v>
       </c>
       <c r="F691">
-        <v>24</v>
+        <v>17</v>
       </c>
     </row>
     <row r="692" spans="1:18">
       <c r="A692" t="s">
-        <v>2727</v>
+        <v>2697</v>
       </c>
       <c r="B692" t="s">
-        <v>2728</v>
+        <v>2698</v>
       </c>
       <c r="C692" t="s">
-        <v>2729</v>
+        <v>2699</v>
       </c>
       <c r="D692" s="1">
-        <v>5903351003520</v>
+        <v>5903351000260</v>
       </c>
       <c r="E692" t="s">
-        <v>2730</v>
+        <v>2700</v>
       </c>
       <c r="F692">
-        <v>33</v>
+        <v>12</v>
       </c>
     </row>
     <row r="693" spans="1:18">
       <c r="A693" t="s">
-        <v>2731</v>
+        <v>2701</v>
       </c>
       <c r="B693" t="s">
-        <v>2732</v>
+        <v>2702</v>
       </c>
       <c r="C693" t="s">
-        <v>2733</v>
+        <v>2703</v>
       </c>
       <c r="D693" s="1">
-        <v>5903351011204</v>
+        <v>5903351004626</v>
       </c>
       <c r="E693" t="s">
-        <v>2734</v>
+        <v>2704</v>
       </c>
       <c r="F693">
-        <v>0</v>
+        <v>7</v>
       </c>
     </row>
     <row r="694" spans="1:18">
       <c r="A694" t="s">
-        <v>2735</v>
+        <v>2705</v>
       </c>
       <c r="B694" t="s">
-        <v>2736</v>
+        <v>2706</v>
       </c>
       <c r="C694" t="s">
-        <v>2737</v>
+        <v>2707</v>
       </c>
       <c r="D694" s="1">
-        <v>5903351011211</v>
+        <v>5903351004695</v>
       </c>
       <c r="E694" t="s">
-        <v>2738</v>
+        <v>2708</v>
       </c>
       <c r="F694">
         <v>1</v>
       </c>
     </row>
     <row r="695" spans="1:18">
       <c r="A695" t="s">
-        <v>2739</v>
+        <v>2709</v>
       </c>
       <c r="B695" t="s">
-        <v>2740</v>
+        <v>2710</v>
       </c>
       <c r="C695" t="s">
-        <v>2741</v>
+        <v>2711</v>
       </c>
       <c r="D695" s="1">
-        <v>5903351024884</v>
+        <v>5903351004497</v>
       </c>
       <c r="E695" t="s">
-        <v>2742</v>
+        <v>2712</v>
       </c>
       <c r="F695">
-        <v>24</v>
+        <v>3</v>
       </c>
     </row>
     <row r="696" spans="1:18">
       <c r="A696" t="s">
-        <v>2743</v>
+        <v>2713</v>
       </c>
       <c r="B696" t="s">
-        <v>2744</v>
+        <v>2714</v>
       </c>
       <c r="C696" t="s">
-        <v>2745</v>
+        <v>2715</v>
       </c>
       <c r="D696" s="1">
-        <v>5903351024891</v>
+        <v>2010000176238</v>
       </c>
       <c r="E696" t="s">
-        <v>2746</v>
+        <v>2716</v>
       </c>
       <c r="F696">
-        <v>18</v>
+        <v>5</v>
       </c>
     </row>
     <row r="697" spans="1:18">
       <c r="A697" t="s">
-        <v>2747</v>
+        <v>2717</v>
       </c>
       <c r="B697" t="s">
-        <v>2748</v>
+        <v>2718</v>
       </c>
       <c r="C697" t="s">
-        <v>2749</v>
+        <v>2719</v>
       </c>
       <c r="D697" s="1">
-        <v>5903351024938</v>
+        <v>2010000176252</v>
       </c>
       <c r="E697" t="s">
-        <v>2750</v>
+        <v>2720</v>
       </c>
       <c r="F697">
-        <v>278</v>
+        <v>0</v>
       </c>
     </row>
     <row r="698" spans="1:18">
       <c r="A698" t="s">
-        <v>2751</v>
+        <v>2721</v>
       </c>
       <c r="B698" t="s">
-        <v>2752</v>
+        <v>2722</v>
       </c>
       <c r="C698" t="s">
-        <v>2753</v>
+        <v>2723</v>
       </c>
       <c r="D698" s="1">
-        <v>5903351024945</v>
+        <v>2010000176016</v>
       </c>
       <c r="E698" t="s">
-        <v>2750</v>
+        <v>2724</v>
       </c>
       <c r="F698">
-        <v>249</v>
+        <v>2</v>
       </c>
     </row>
     <row r="699" spans="1:18">
       <c r="A699" t="s">
-        <v>2754</v>
+        <v>2725</v>
       </c>
       <c r="B699" t="s">
-        <v>2755</v>
+        <v>2726</v>
       </c>
       <c r="C699" t="s">
-        <v>2756</v>
+        <v>2727</v>
       </c>
       <c r="D699" s="1">
-        <v>5903351022972</v>
+        <v>2010000176382</v>
       </c>
       <c r="E699" t="s">
-        <v>2757</v>
+        <v>2728</v>
       </c>
       <c r="F699">
-        <v>252</v>
+        <v>5</v>
       </c>
     </row>
     <row r="700" spans="1:18">
       <c r="A700" t="s">
-        <v>2758</v>
+        <v>2729</v>
       </c>
       <c r="B700" t="s">
-        <v>2759</v>
+        <v>2730</v>
       </c>
       <c r="C700" t="s">
-        <v>2760</v>
+        <v>2731</v>
       </c>
       <c r="D700" s="1">
-        <v>5903351022989</v>
+        <v>2010000176733</v>
       </c>
       <c r="E700" t="s">
-        <v>2761</v>
+        <v>2732</v>
       </c>
       <c r="F700">
-        <v>204</v>
+        <v>4</v>
       </c>
     </row>
     <row r="701" spans="1:18">
       <c r="A701" t="s">
-        <v>2762</v>
+        <v>2733</v>
       </c>
       <c r="B701" t="s">
-        <v>2763</v>
+        <v>2734</v>
       </c>
       <c r="C701" t="s">
-        <v>2764</v>
+        <v>2735</v>
       </c>
       <c r="D701" s="1">
-        <v>5903351024259</v>
+        <v>2010000176085</v>
       </c>
       <c r="E701" t="s">
-        <v>2765</v>
+        <v>2724</v>
       </c>
       <c r="F701">
-        <v>19</v>
+        <v>9</v>
       </c>
     </row>
     <row r="702" spans="1:18">
       <c r="A702" t="s">
-        <v>2766</v>
+        <v>2736</v>
       </c>
       <c r="B702" t="s">
-        <v>2767</v>
+        <v>2737</v>
       </c>
       <c r="C702" t="s">
-        <v>2768</v>
+        <v>2738</v>
       </c>
       <c r="D702" s="1">
-        <v>5903351024266</v>
+        <v>5903351002264</v>
       </c>
       <c r="E702" t="s">
-        <v>2769</v>
+        <v>2739</v>
       </c>
       <c r="F702">
-        <v>24</v>
+        <v>5</v>
       </c>
     </row>
     <row r="703" spans="1:18">
       <c r="A703" t="s">
-        <v>2770</v>
+        <v>2740</v>
       </c>
       <c r="B703" t="s">
-        <v>2771</v>
+        <v>2741</v>
       </c>
       <c r="C703" t="s">
-        <v>2772</v>
+        <v>2742</v>
       </c>
       <c r="D703" s="1">
-        <v>5903351006798</v>
+        <v>5903351013284</v>
       </c>
       <c r="E703" t="s">
-        <v>2773</v>
+        <v>2743</v>
       </c>
       <c r="F703">
-        <v>43</v>
+        <v>86</v>
       </c>
     </row>
     <row r="704" spans="1:18">
       <c r="A704" t="s">
-        <v>2774</v>
+        <v>2744</v>
       </c>
       <c r="B704" t="s">
-        <v>2775</v>
+        <v>2745</v>
       </c>
       <c r="C704" t="s">
-        <v>2776</v>
+        <v>2746</v>
       </c>
       <c r="D704" s="1">
-        <v>5903351006781</v>
+        <v>5903351003513</v>
       </c>
       <c r="E704" t="s">
-        <v>2777</v>
+        <v>2747</v>
       </c>
       <c r="F704">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="705" spans="1:18">
       <c r="A705" t="s">
-        <v>2778</v>
+        <v>2748</v>
       </c>
       <c r="B705" t="s">
-        <v>2779</v>
+        <v>2749</v>
       </c>
       <c r="C705" t="s">
-        <v>2780</v>
+        <v>2750</v>
       </c>
       <c r="D705" s="1">
-        <v>5903351011006</v>
+        <v>5903351003520</v>
       </c>
       <c r="E705" t="s">
-        <v>2781</v>
+        <v>2751</v>
       </c>
       <c r="F705">
-        <v>0</v>
+        <v>31</v>
       </c>
     </row>
     <row r="706" spans="1:18">
       <c r="A706" t="s">
-        <v>2782</v>
+        <v>2752</v>
       </c>
       <c r="B706" t="s">
-        <v>2783</v>
+        <v>2753</v>
       </c>
       <c r="C706" t="s">
-        <v>2784</v>
+        <v>2754</v>
       </c>
       <c r="D706" s="1">
-        <v>5903351011020</v>
+        <v>5903351011204</v>
       </c>
       <c r="E706" t="s">
-        <v>2785</v>
+        <v>2755</v>
       </c>
       <c r="F706">
-        <v>7</v>
+        <v>0</v>
       </c>
     </row>
     <row r="707" spans="1:18">
       <c r="A707" t="s">
-        <v>2786</v>
+        <v>2756</v>
       </c>
       <c r="B707" t="s">
-        <v>2787</v>
+        <v>2757</v>
       </c>
       <c r="C707" t="s">
-        <v>2788</v>
+        <v>2758</v>
       </c>
       <c r="D707" s="1">
-        <v>5903351011013</v>
+        <v>5903351011211</v>
       </c>
       <c r="E707" t="s">
-        <v>2789</v>
+        <v>2759</v>
       </c>
       <c r="F707">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="708" spans="1:18">
       <c r="A708" t="s">
-        <v>2790</v>
+        <v>2760</v>
       </c>
       <c r="B708" t="s">
-        <v>2791</v>
+        <v>2761</v>
       </c>
       <c r="C708" t="s">
-        <v>2792</v>
+        <v>2762</v>
       </c>
       <c r="D708" s="1">
-        <v>5903351001595</v>
+        <v>5903351024884</v>
       </c>
       <c r="E708" t="s">
-        <v>2793</v>
+        <v>2763</v>
       </c>
       <c r="F708">
-        <v>75</v>
+        <v>9</v>
       </c>
     </row>
     <row r="709" spans="1:18">
       <c r="A709" t="s">
-        <v>2794</v>
+        <v>2764</v>
       </c>
       <c r="B709" t="s">
-        <v>2795</v>
+        <v>2765</v>
       </c>
       <c r="C709" t="s">
-        <v>2796</v>
+        <v>2766</v>
       </c>
       <c r="D709" s="1">
-        <v>5903351001601</v>
+        <v>5903351024891</v>
       </c>
       <c r="E709" t="s">
-        <v>2797</v>
+        <v>2767</v>
       </c>
       <c r="F709">
-        <v>55</v>
+        <v>0</v>
       </c>
     </row>
     <row r="710" spans="1:18">
       <c r="A710" t="s">
-        <v>2798</v>
+        <v>2768</v>
       </c>
       <c r="B710" t="s">
-        <v>2799</v>
+        <v>2769</v>
       </c>
       <c r="C710" t="s">
-        <v>2800</v>
+        <v>2770</v>
       </c>
       <c r="D710" s="1">
-        <v>5903351001656</v>
+        <v>5903351024938</v>
       </c>
       <c r="E710" t="s">
-        <v>2801</v>
+        <v>2771</v>
       </c>
       <c r="F710">
-        <v>66</v>
+        <v>204</v>
       </c>
     </row>
     <row r="711" spans="1:18">
       <c r="A711" t="s">
-        <v>2802</v>
+        <v>2772</v>
       </c>
       <c r="B711" t="s">
-        <v>2803</v>
+        <v>2773</v>
       </c>
       <c r="C711" t="s">
-        <v>2804</v>
+        <v>2774</v>
       </c>
       <c r="D711" s="1">
-        <v>5903351001663</v>
+        <v>5903351024945</v>
       </c>
       <c r="E711" t="s">
-        <v>2805</v>
+        <v>2771</v>
       </c>
       <c r="F711">
-        <v>97</v>
+        <v>0</v>
       </c>
     </row>
     <row r="712" spans="1:18">
       <c r="A712" t="s">
-        <v>2806</v>
+        <v>2775</v>
       </c>
       <c r="B712" t="s">
-        <v>2807</v>
+        <v>2776</v>
       </c>
       <c r="C712" t="s">
-        <v>2808</v>
+        <v>2777</v>
       </c>
       <c r="D712" s="1">
-        <v>5903351001670</v>
+        <v>5903351022972</v>
       </c>
       <c r="E712" t="s">
-        <v>2809</v>
+        <v>2778</v>
       </c>
       <c r="F712">
-        <v>187</v>
+        <v>216</v>
       </c>
     </row>
     <row r="713" spans="1:18">
       <c r="A713" t="s">
-        <v>2810</v>
+        <v>2779</v>
       </c>
       <c r="B713" t="s">
-        <v>2811</v>
+        <v>2780</v>
       </c>
       <c r="C713" t="s">
-        <v>2812</v>
+        <v>2781</v>
       </c>
       <c r="D713" s="1">
-        <v>5903351011754</v>
+        <v>5903351022989</v>
       </c>
       <c r="E713" t="s">
-        <v>2813</v>
+        <v>2782</v>
       </c>
       <c r="F713">
-        <v>57</v>
+        <v>312</v>
       </c>
     </row>
     <row r="714" spans="1:18">
       <c r="A714" t="s">
-        <v>2814</v>
+        <v>2783</v>
       </c>
       <c r="B714" t="s">
-        <v>2815</v>
+        <v>2784</v>
       </c>
       <c r="C714" t="s">
-        <v>2816</v>
+        <v>2785</v>
       </c>
       <c r="D714" s="1">
-        <v>5903351011761</v>
+        <v>5903351024259</v>
       </c>
       <c r="E714" t="s">
-        <v>2817</v>
+        <v>2786</v>
       </c>
       <c r="F714">
-        <v>225</v>
+        <v>48</v>
       </c>
     </row>
     <row r="715" spans="1:18">
       <c r="A715" t="s">
-        <v>2818</v>
+        <v>2787</v>
       </c>
       <c r="B715" t="s">
-        <v>2819</v>
+        <v>2788</v>
       </c>
       <c r="C715" t="s">
-        <v>2820</v>
+        <v>2789</v>
       </c>
       <c r="D715" s="1">
-        <v>5903351007528</v>
+        <v>5903351024266</v>
       </c>
       <c r="E715" t="s">
-        <v>2821</v>
+        <v>2790</v>
       </c>
       <c r="F715">
-        <v>3</v>
+        <v>39</v>
       </c>
     </row>
     <row r="716" spans="1:18">
       <c r="A716" t="s">
-        <v>2822</v>
+        <v>2791</v>
       </c>
       <c r="B716" t="s">
-        <v>2823</v>
+        <v>2792</v>
       </c>
       <c r="C716" t="s">
-        <v>2824</v>
+        <v>2793</v>
       </c>
       <c r="D716" s="1">
-        <v>5903351007368</v>
+        <v>5903351006798</v>
       </c>
       <c r="E716" t="s">
-        <v>2825</v>
+        <v>2794</v>
       </c>
       <c r="F716">
-        <v>8</v>
+        <v>5</v>
       </c>
     </row>
     <row r="717" spans="1:18">
       <c r="A717" t="s">
-        <v>2826</v>
+        <v>2795</v>
       </c>
       <c r="B717" t="s">
-        <v>2827</v>
+        <v>2796</v>
       </c>
       <c r="C717" t="s">
-        <v>2828</v>
+        <v>2797</v>
       </c>
       <c r="D717" s="1">
-        <v>5903351001649</v>
+        <v>5903351006781</v>
       </c>
       <c r="E717" t="s">
-        <v>2829</v>
+        <v>2798</v>
       </c>
       <c r="F717">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="718" spans="1:18">
       <c r="A718" t="s">
-        <v>2830</v>
+        <v>2799</v>
       </c>
       <c r="B718" t="s">
-        <v>2831</v>
+        <v>2800</v>
       </c>
       <c r="C718" t="s">
-        <v>2832</v>
+        <v>2801</v>
       </c>
       <c r="D718" s="1">
-        <v>5903351007399</v>
+        <v>5903351011006</v>
       </c>
       <c r="E718" t="s">
-        <v>2833</v>
+        <v>2802</v>
       </c>
       <c r="F718">
-        <v>3</v>
+        <v>0</v>
       </c>
     </row>
     <row r="719" spans="1:18">
       <c r="A719" t="s">
-        <v>2834</v>
+        <v>2803</v>
       </c>
       <c r="B719" t="s">
-        <v>2835</v>
+        <v>2804</v>
       </c>
       <c r="C719" t="s">
-        <v>2836</v>
+        <v>2805</v>
       </c>
       <c r="D719" s="1">
-        <v>5903351011686</v>
+        <v>5903351011013</v>
       </c>
       <c r="E719" t="s">
-        <v>2837</v>
+        <v>2806</v>
       </c>
       <c r="F719">
         <v>1</v>
       </c>
     </row>
     <row r="720" spans="1:18">
       <c r="A720" t="s">
-        <v>2838</v>
+        <v>2807</v>
       </c>
       <c r="B720" t="s">
-        <v>2839</v>
+        <v>2808</v>
       </c>
       <c r="C720" t="s">
-        <v>2840</v>
+        <v>2809</v>
       </c>
       <c r="D720" s="1">
-        <v>5903351012010</v>
+        <v>5903351001595</v>
       </c>
       <c r="E720" t="s">
-        <v>2841</v>
+        <v>2810</v>
       </c>
       <c r="F720">
-        <v>1</v>
+        <v>44</v>
       </c>
     </row>
     <row r="721" spans="1:18">
       <c r="A721" t="s">
-        <v>2842</v>
+        <v>2811</v>
       </c>
       <c r="B721" t="s">
-        <v>2843</v>
+        <v>2812</v>
       </c>
       <c r="C721" t="s">
-        <v>2844</v>
+        <v>2813</v>
       </c>
       <c r="D721" s="1">
-        <v>5903351004398</v>
+        <v>5903351001601</v>
       </c>
       <c r="E721" t="s">
-        <v>2845</v>
+        <v>2814</v>
       </c>
       <c r="F721">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="722" spans="1:18">
       <c r="A722" t="s">
-        <v>2846</v>
+        <v>2815</v>
       </c>
       <c r="B722" t="s">
-        <v>2847</v>
+        <v>2816</v>
       </c>
       <c r="C722" t="s">
-        <v>2848</v>
+        <v>2817</v>
       </c>
       <c r="D722" s="1">
-        <v>5903351007382</v>
+        <v>5903351001656</v>
       </c>
       <c r="E722" t="s">
-        <v>2849</v>
+        <v>2818</v>
       </c>
       <c r="F722">
-        <v>6</v>
+        <v>52</v>
       </c>
     </row>
     <row r="723" spans="1:18">
       <c r="A723" t="s">
-        <v>2850</v>
+        <v>2819</v>
       </c>
       <c r="B723" t="s">
-        <v>2851</v>
+        <v>2820</v>
       </c>
       <c r="C723" t="s">
-        <v>2852</v>
+        <v>2821</v>
       </c>
       <c r="D723" s="1">
-        <v>5903351004404</v>
+        <v>5903351001663</v>
       </c>
       <c r="E723" t="s">
-        <v>2853</v>
+        <v>2822</v>
       </c>
       <c r="F723">
-        <v>2</v>
+        <v>42</v>
       </c>
     </row>
     <row r="724" spans="1:18">
       <c r="A724" t="s">
-        <v>2854</v>
+        <v>2823</v>
       </c>
       <c r="B724" t="s">
-        <v>2855</v>
+        <v>2824</v>
       </c>
       <c r="C724" t="s">
-        <v>2856</v>
+        <v>2825</v>
       </c>
       <c r="D724" s="1">
-        <v>5903351025966</v>
+        <v>5903351001670</v>
       </c>
       <c r="E724" t="s">
-        <v>2853</v>
+        <v>2826</v>
       </c>
       <c r="F724">
-        <v>0</v>
+        <v>157</v>
       </c>
     </row>
     <row r="725" spans="1:18">
       <c r="A725" t="s">
-        <v>2857</v>
+        <v>2827</v>
       </c>
       <c r="B725" t="s">
-        <v>2858</v>
+        <v>2828</v>
       </c>
       <c r="C725" t="s">
-        <v>2859</v>
+        <v>2829</v>
       </c>
       <c r="D725" s="1">
-        <v>5903351004411</v>
+        <v>5903351011754</v>
       </c>
       <c r="E725" t="s">
-        <v>2860</v>
+        <v>2830</v>
       </c>
       <c r="F725">
-        <v>11</v>
+        <v>99</v>
       </c>
     </row>
     <row r="726" spans="1:18">
       <c r="A726" t="s">
-        <v>2861</v>
+        <v>2831</v>
       </c>
       <c r="B726" t="s">
-        <v>2862</v>
+        <v>2832</v>
       </c>
       <c r="C726" t="s">
-        <v>2863</v>
+        <v>2833</v>
       </c>
       <c r="D726" s="1">
-        <v>5903351010337</v>
+        <v>5903351011761</v>
       </c>
       <c r="E726" t="s">
-        <v>2864</v>
+        <v>2834</v>
       </c>
       <c r="F726">
-        <v>16</v>
+        <v>134</v>
       </c>
     </row>
     <row r="727" spans="1:18">
       <c r="A727" t="s">
-        <v>2865</v>
+        <v>2835</v>
       </c>
       <c r="B727" t="s">
-        <v>2866</v>
+        <v>2836</v>
       </c>
       <c r="C727" t="s">
-        <v>2867</v>
+        <v>2837</v>
       </c>
       <c r="D727" s="1">
-        <v>5903351004428</v>
+        <v>5903351007528</v>
       </c>
       <c r="E727" t="s">
-        <v>2868</v>
+        <v>2838</v>
       </c>
       <c r="F727">
-        <v>23</v>
+        <v>3</v>
       </c>
     </row>
     <row r="728" spans="1:18">
       <c r="A728" t="s">
-        <v>2869</v>
+        <v>2839</v>
       </c>
       <c r="B728" t="s">
-        <v>2870</v>
+        <v>2840</v>
       </c>
       <c r="C728" t="s">
-        <v>2871</v>
+        <v>2841</v>
       </c>
       <c r="D728" s="1">
-        <v>5903351010344</v>
+        <v>5903351007368</v>
       </c>
       <c r="E728" t="s">
-        <v>2872</v>
+        <v>2842</v>
       </c>
       <c r="F728">
-        <v>7</v>
+        <v>1</v>
       </c>
     </row>
     <row r="729" spans="1:18">
       <c r="A729" t="s">
-        <v>2873</v>
+        <v>2843</v>
       </c>
       <c r="B729" t="s">
-        <v>2874</v>
+        <v>2844</v>
       </c>
       <c r="C729" t="s">
-        <v>2875</v>
+        <v>2845</v>
       </c>
       <c r="D729" s="1">
-        <v>5903351004435</v>
+        <v>5903351001649</v>
       </c>
       <c r="E729" t="s">
-        <v>2876</v>
+        <v>2846</v>
       </c>
       <c r="F729">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="730" spans="1:18">
       <c r="A730" t="s">
-        <v>2877</v>
+        <v>2847</v>
       </c>
       <c r="B730" t="s">
-        <v>2878</v>
+        <v>2848</v>
       </c>
       <c r="C730" t="s">
-        <v>2879</v>
+        <v>2849</v>
       </c>
       <c r="D730" s="1">
-        <v>5903351010276</v>
+        <v>5903351007399</v>
       </c>
       <c r="E730" t="s">
-        <v>2880</v>
+        <v>2850</v>
       </c>
       <c r="F730">
-        <v>8</v>
+        <v>2</v>
       </c>
     </row>
     <row r="731" spans="1:18">
       <c r="A731" t="s">
-        <v>2881</v>
+        <v>2851</v>
       </c>
       <c r="B731" t="s">
-        <v>2882</v>
+        <v>2852</v>
       </c>
       <c r="C731" t="s">
-        <v>2883</v>
+        <v>2853</v>
       </c>
       <c r="D731" s="1">
-        <v>5903351004442</v>
+        <v>5903351011686</v>
       </c>
       <c r="E731" t="s">
-        <v>2884</v>
+        <v>2854</v>
       </c>
       <c r="F731">
-        <v>16</v>
+        <v>5</v>
       </c>
     </row>
     <row r="732" spans="1:18">
       <c r="A732" t="s">
-        <v>2885</v>
+        <v>2855</v>
       </c>
       <c r="B732" t="s">
-        <v>2886</v>
+        <v>2856</v>
       </c>
       <c r="C732" t="s">
-        <v>2887</v>
+        <v>2857</v>
       </c>
       <c r="D732" s="1">
-        <v>5903351011594</v>
+        <v>5903351012010</v>
       </c>
       <c r="E732" t="s">
-        <v>2884</v>
+        <v>2858</v>
       </c>
       <c r="F732">
-        <v>26</v>
+        <v>0</v>
       </c>
     </row>
     <row r="733" spans="1:18">
       <c r="A733" t="s">
-        <v>2888</v>
+        <v>2859</v>
       </c>
       <c r="B733" t="s">
-        <v>2889</v>
+        <v>2860</v>
       </c>
       <c r="C733" t="s">
-        <v>2890</v>
+        <v>2861</v>
       </c>
       <c r="D733" s="1">
-        <v>5903351004459</v>
+        <v>5903351004398</v>
       </c>
       <c r="E733" t="s">
-        <v>2891</v>
+        <v>2862</v>
       </c>
       <c r="F733">
-        <v>12</v>
+        <v>0</v>
       </c>
     </row>
     <row r="734" spans="1:18">
       <c r="A734" t="s">
-        <v>2892</v>
+        <v>2863</v>
       </c>
       <c r="B734" t="s">
-        <v>2893</v>
+        <v>2864</v>
       </c>
       <c r="C734" t="s">
-        <v>2894</v>
+        <v>2865</v>
       </c>
       <c r="D734" s="1">
-        <v>5903351010269</v>
+        <v>5903351007382</v>
       </c>
       <c r="E734" t="s">
-        <v>2895</v>
+        <v>2866</v>
       </c>
       <c r="F734">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="735" spans="1:18">
       <c r="A735" t="s">
-        <v>2896</v>
+        <v>2867</v>
       </c>
       <c r="B735" t="s">
-        <v>2897</v>
+        <v>2868</v>
       </c>
       <c r="C735" t="s">
-        <v>2898</v>
+        <v>2869</v>
       </c>
       <c r="D735" s="1">
-        <v>5903351004466</v>
+        <v>5903351004404</v>
       </c>
       <c r="E735" t="s">
-        <v>2899</v>
+        <v>2870</v>
       </c>
       <c r="F735">
-        <v>8</v>
+        <v>0</v>
       </c>
     </row>
     <row r="736" spans="1:18">
       <c r="A736" t="s">
-        <v>2900</v>
+        <v>2871</v>
       </c>
       <c r="B736" t="s">
-        <v>2901</v>
+        <v>2872</v>
       </c>
       <c r="C736" t="s">
-        <v>2902</v>
+        <v>2873</v>
       </c>
       <c r="D736" s="1">
-        <v>5903351024952</v>
+        <v>5903351025966</v>
       </c>
       <c r="E736" t="s">
-        <v>2899</v>
+        <v>2870</v>
       </c>
       <c r="F736">
-        <v>10</v>
+        <v>8</v>
       </c>
     </row>
     <row r="737" spans="1:18">
       <c r="A737" t="s">
-        <v>2903</v>
+        <v>2874</v>
       </c>
       <c r="B737" t="s">
-        <v>2904</v>
+        <v>2875</v>
       </c>
       <c r="C737" t="s">
-        <v>2905</v>
+        <v>2876</v>
       </c>
       <c r="D737" s="1">
-        <v>5903351006651</v>
+        <v>5903351004411</v>
       </c>
       <c r="E737" t="s">
-        <v>2906</v>
+        <v>2877</v>
       </c>
       <c r="F737">
         <v>24</v>
       </c>
     </row>
     <row r="738" spans="1:18">
       <c r="A738" t="s">
-        <v>2907</v>
+        <v>2878</v>
       </c>
       <c r="B738" t="s">
-        <v>2908</v>
+        <v>2879</v>
       </c>
       <c r="C738" t="s">
-        <v>2909</v>
+        <v>2880</v>
       </c>
       <c r="D738" s="1">
-        <v>5903351007351</v>
+        <v>5903351010337</v>
       </c>
       <c r="E738" t="s">
-        <v>2910</v>
+        <v>2881</v>
       </c>
       <c r="F738">
-        <v>13</v>
+        <v>9</v>
       </c>
     </row>
     <row r="739" spans="1:18">
       <c r="A739" t="s">
-        <v>2911</v>
+        <v>2882</v>
       </c>
       <c r="B739" t="s">
-        <v>2912</v>
+        <v>2883</v>
       </c>
       <c r="C739" t="s">
-        <v>2913</v>
+        <v>2884</v>
       </c>
       <c r="D739" s="1">
-        <v>5903351007306</v>
+        <v>5903351004428</v>
       </c>
       <c r="E739" t="s">
-        <v>2914</v>
+        <v>2885</v>
       </c>
       <c r="F739">
-        <v>7</v>
+        <v>16</v>
       </c>
     </row>
     <row r="740" spans="1:18">
       <c r="A740" t="s">
-        <v>2915</v>
+        <v>2886</v>
       </c>
       <c r="B740" t="s">
-        <v>2916</v>
+        <v>2887</v>
       </c>
       <c r="C740" t="s">
-        <v>2917</v>
+        <v>2888</v>
       </c>
       <c r="D740" s="1">
-        <v>5903351010061</v>
+        <v>5903351010344</v>
       </c>
       <c r="E740" t="s">
-        <v>2918</v>
+        <v>2889</v>
       </c>
       <c r="F740">
-        <v>11</v>
+        <v>3</v>
       </c>
     </row>
     <row r="741" spans="1:18">
       <c r="A741" t="s">
-        <v>2919</v>
+        <v>2890</v>
       </c>
       <c r="B741" t="s">
-        <v>2920</v>
+        <v>2891</v>
       </c>
       <c r="C741" t="s">
-        <v>2921</v>
+        <v>2892</v>
       </c>
       <c r="D741" s="1">
-        <v>5903351001465</v>
+        <v>5903351004435</v>
       </c>
       <c r="E741" t="s">
-        <v>2922</v>
+        <v>2893</v>
       </c>
       <c r="F741">
-        <v>7</v>
+        <v>0</v>
       </c>
     </row>
     <row r="742" spans="1:18">
       <c r="A742" t="s">
-        <v>2923</v>
+        <v>2894</v>
       </c>
       <c r="B742" t="s">
-        <v>2924</v>
+        <v>2895</v>
       </c>
       <c r="C742" t="s">
-        <v>2925</v>
+        <v>2896</v>
       </c>
       <c r="D742" s="1">
-        <v>5903351001472</v>
+        <v>5903351010276</v>
       </c>
       <c r="E742" t="s">
-        <v>2926</v>
+        <v>2897</v>
       </c>
       <c r="F742">
         <v>0</v>
       </c>
     </row>
     <row r="743" spans="1:18">
       <c r="A743" t="s">
-        <v>2927</v>
+        <v>2898</v>
       </c>
       <c r="B743" t="s">
-        <v>2928</v>
+        <v>2899</v>
       </c>
       <c r="C743" t="s">
-        <v>2929</v>
+        <v>2900</v>
       </c>
       <c r="D743" s="1">
-        <v>5903351001441</v>
+        <v>5903351004442</v>
       </c>
       <c r="E743" t="s">
-        <v>2930</v>
+        <v>2901</v>
       </c>
       <c r="F743">
-        <v>7</v>
+        <v>12</v>
       </c>
     </row>
     <row r="744" spans="1:18">
       <c r="A744" t="s">
-        <v>2931</v>
+        <v>2902</v>
       </c>
       <c r="B744" t="s">
-        <v>2932</v>
+        <v>2903</v>
       </c>
       <c r="C744" t="s">
-        <v>2933</v>
+        <v>2904</v>
       </c>
       <c r="D744" s="1">
-        <v>5903351001458</v>
+        <v>5903351011594</v>
       </c>
       <c r="E744" t="s">
-        <v>2934</v>
+        <v>2901</v>
       </c>
       <c r="F744">
-        <v>5</v>
+        <v>25</v>
       </c>
     </row>
     <row r="745" spans="1:18">
       <c r="A745" t="s">
-        <v>2935</v>
+        <v>2905</v>
       </c>
       <c r="B745" t="s">
-        <v>2936</v>
+        <v>2906</v>
       </c>
       <c r="C745" t="s">
-        <v>2937</v>
+        <v>2907</v>
       </c>
       <c r="D745" s="1">
-        <v>5903351010351</v>
+        <v>5903351004459</v>
       </c>
       <c r="E745" t="s">
-        <v>2938</v>
+        <v>2908</v>
       </c>
       <c r="F745">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="746" spans="1:18">
       <c r="A746" t="s">
-        <v>2939</v>
+        <v>2909</v>
       </c>
       <c r="B746" t="s">
-        <v>2940</v>
+        <v>2910</v>
       </c>
       <c r="C746" t="s">
-        <v>2941</v>
+        <v>2911</v>
       </c>
       <c r="D746" s="1">
-        <v>5903351011099</v>
+        <v>5903351010269</v>
       </c>
       <c r="E746" t="s">
-        <v>2942</v>
+        <v>2912</v>
       </c>
       <c r="F746">
-        <v>11</v>
+        <v>0</v>
       </c>
     </row>
     <row r="747" spans="1:18">
       <c r="A747" t="s">
-        <v>2943</v>
+        <v>2913</v>
       </c>
       <c r="B747" t="s">
-        <v>2944</v>
+        <v>2914</v>
       </c>
       <c r="C747" t="s">
-        <v>2945</v>
+        <v>2915</v>
       </c>
       <c r="D747" s="1">
-        <v>5903351012027</v>
+        <v>5903351004466</v>
       </c>
       <c r="E747" t="s">
-        <v>2946</v>
+        <v>2916</v>
       </c>
       <c r="F747">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="748" spans="1:18">
       <c r="A748" t="s">
-        <v>2947</v>
+        <v>2917</v>
       </c>
       <c r="B748" t="s">
-        <v>2948</v>
+        <v>2918</v>
       </c>
       <c r="C748" t="s">
-        <v>2949</v>
+        <v>2919</v>
       </c>
       <c r="D748" s="1">
-        <v>5903351005951</v>
+        <v>5903351024952</v>
       </c>
       <c r="E748" t="s">
-        <v>2950</v>
+        <v>2916</v>
       </c>
       <c r="F748">
-        <v>35</v>
+        <v>9</v>
       </c>
     </row>
     <row r="749" spans="1:18">
       <c r="A749" t="s">
-        <v>2951</v>
+        <v>2920</v>
       </c>
       <c r="B749" t="s">
-        <v>2952</v>
+        <v>2921</v>
       </c>
       <c r="C749" t="s">
-        <v>2953</v>
+        <v>2922</v>
       </c>
       <c r="D749" s="1">
-        <v>5903351006187</v>
+        <v>5903351006651</v>
       </c>
       <c r="E749" t="s">
-        <v>2954</v>
+        <v>2923</v>
       </c>
       <c r="F749">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="750" spans="1:18">
       <c r="A750" t="s">
-        <v>2955</v>
+        <v>2924</v>
       </c>
       <c r="B750" t="s">
-        <v>2956</v>
+        <v>2925</v>
       </c>
       <c r="C750" t="s">
-        <v>2957</v>
+        <v>2926</v>
       </c>
       <c r="D750" s="1">
-        <v>5903351006194</v>
+        <v>5903351007351</v>
       </c>
       <c r="E750" t="s">
-        <v>2958</v>
+        <v>2927</v>
       </c>
       <c r="F750">
         <v>12</v>
       </c>
     </row>
     <row r="751" spans="1:18">
       <c r="A751" t="s">
-        <v>2959</v>
+        <v>2928</v>
       </c>
       <c r="B751" t="s">
-        <v>2960</v>
+        <v>2929</v>
       </c>
       <c r="C751" t="s">
-        <v>2961</v>
+        <v>2930</v>
       </c>
       <c r="D751" s="1">
-        <v>5903351004732</v>
+        <v>5903351007306</v>
       </c>
       <c r="E751" t="s">
-        <v>2962</v>
+        <v>2931</v>
       </c>
       <c r="F751">
-        <v>0</v>
+        <v>6</v>
       </c>
     </row>
     <row r="752" spans="1:18">
       <c r="A752" t="s">
-        <v>2963</v>
+        <v>2932</v>
       </c>
       <c r="B752" t="s">
-        <v>2964</v>
+        <v>2933</v>
       </c>
       <c r="C752" t="s">
-        <v>2965</v>
+        <v>2934</v>
       </c>
       <c r="D752" s="1">
-        <v>5903351005883</v>
+        <v>5903351010061</v>
       </c>
       <c r="E752" t="s">
-        <v>2966</v>
+        <v>2935</v>
       </c>
       <c r="F752">
-        <v>26</v>
+        <v>8</v>
       </c>
     </row>
     <row r="753" spans="1:18">
       <c r="A753" t="s">
-        <v>2967</v>
+        <v>2936</v>
       </c>
       <c r="B753" t="s">
-        <v>2968</v>
+        <v>2937</v>
       </c>
       <c r="C753" t="s">
-        <v>2969</v>
+        <v>2938</v>
       </c>
       <c r="D753" s="1">
-        <v>5903351004954</v>
+        <v>5903351001465</v>
       </c>
       <c r="E753" t="s">
-        <v>2970</v>
+        <v>2939</v>
       </c>
       <c r="F753">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="754" spans="1:18">
       <c r="A754" t="s">
-        <v>2971</v>
+        <v>2940</v>
       </c>
       <c r="B754" t="s">
-        <v>2972</v>
+        <v>2941</v>
       </c>
       <c r="C754" t="s">
-        <v>2973</v>
+        <v>2942</v>
       </c>
       <c r="D754" s="1">
-        <v>2010000176313</v>
+        <v>5903351001472</v>
       </c>
       <c r="E754" t="s">
-        <v>2974</v>
+        <v>2943</v>
       </c>
       <c r="F754">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="755" spans="1:18">
       <c r="A755" t="s">
-        <v>2975</v>
+        <v>2944</v>
       </c>
       <c r="B755" t="s">
-        <v>2976</v>
+        <v>2945</v>
       </c>
       <c r="C755" t="s">
-        <v>2977</v>
+        <v>2946</v>
       </c>
       <c r="D755" s="1">
-        <v>5903351012294</v>
+        <v>5903351001441</v>
       </c>
       <c r="E755" t="s">
-        <v>2978</v>
+        <v>2947</v>
       </c>
       <c r="F755">
-        <v>111</v>
+        <v>6</v>
       </c>
     </row>
     <row r="756" spans="1:18">
       <c r="A756" t="s">
-        <v>2979</v>
+        <v>2948</v>
       </c>
       <c r="B756" t="s">
-        <v>2980</v>
+        <v>2949</v>
       </c>
       <c r="C756" t="s">
-        <v>2981</v>
+        <v>2950</v>
       </c>
       <c r="D756" s="1">
-        <v>5903351012119</v>
+        <v>5903351001458</v>
       </c>
       <c r="E756" t="s">
-        <v>2982</v>
+        <v>2951</v>
       </c>
       <c r="F756">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="757" spans="1:18">
       <c r="A757" t="s">
-        <v>2983</v>
+        <v>2952</v>
       </c>
       <c r="B757" t="s">
-        <v>2984</v>
+        <v>2953</v>
       </c>
       <c r="C757" t="s">
-        <v>2985</v>
+        <v>2954</v>
       </c>
       <c r="D757" s="1">
-        <v>5903351012133</v>
+        <v>5903351010351</v>
       </c>
       <c r="E757" t="s">
-        <v>2986</v>
+        <v>2955</v>
       </c>
       <c r="F757">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="758" spans="1:18">
       <c r="A758" t="s">
-        <v>2987</v>
+        <v>2956</v>
       </c>
       <c r="B758" t="s">
-        <v>2988</v>
+        <v>2957</v>
       </c>
       <c r="C758" t="s">
-        <v>2989</v>
+        <v>2958</v>
       </c>
       <c r="D758" s="1">
-        <v>5903351012256</v>
+        <v>5903351011099</v>
       </c>
       <c r="E758" t="s">
-        <v>2990</v>
+        <v>2959</v>
       </c>
       <c r="F758">
-        <v>17</v>
+        <v>26</v>
       </c>
     </row>
     <row r="759" spans="1:18">
       <c r="A759" t="s">
-        <v>2991</v>
+        <v>2960</v>
       </c>
       <c r="B759" t="s">
-        <v>2992</v>
+        <v>2961</v>
       </c>
       <c r="C759" t="s">
-        <v>2993</v>
+        <v>2962</v>
       </c>
       <c r="D759" s="1">
-        <v>5903351012317</v>
+        <v>5903351012027</v>
       </c>
       <c r="E759" t="s">
-        <v>2990</v>
+        <v>2963</v>
       </c>
       <c r="F759">
-        <v>12</v>
+        <v>0</v>
       </c>
     </row>
     <row r="760" spans="1:18">
       <c r="A760" t="s">
-        <v>2994</v>
+        <v>2964</v>
       </c>
       <c r="B760" t="s">
-        <v>2995</v>
+        <v>2965</v>
       </c>
       <c r="C760" t="s">
-        <v>2996</v>
+        <v>2966</v>
       </c>
       <c r="D760" s="1">
-        <v>5903351013321</v>
+        <v>5903351005951</v>
       </c>
       <c r="E760" t="s">
-        <v>2997</v>
+        <v>2967</v>
       </c>
       <c r="F760">
-        <v>87</v>
+        <v>0</v>
       </c>
     </row>
     <row r="761" spans="1:18">
       <c r="A761" t="s">
-        <v>2998</v>
+        <v>2968</v>
       </c>
       <c r="B761" t="s">
-        <v>2999</v>
+        <v>2969</v>
       </c>
       <c r="C761" t="s">
-        <v>3000</v>
+        <v>2970</v>
       </c>
       <c r="D761" s="1">
-        <v>5903351005074</v>
+        <v>5903351006187</v>
       </c>
       <c r="E761" t="s">
-        <v>3001</v>
+        <v>2971</v>
       </c>
       <c r="F761">
-        <v>46</v>
+        <v>0</v>
       </c>
     </row>
     <row r="762" spans="1:18">
       <c r="A762" t="s">
-        <v>3002</v>
+        <v>2972</v>
       </c>
       <c r="B762" t="s">
-        <v>3003</v>
+        <v>2973</v>
       </c>
       <c r="C762" t="s">
-        <v>3004</v>
+        <v>2974</v>
       </c>
       <c r="D762" s="1">
-        <v>2010000175958</v>
+        <v>5903351006194</v>
       </c>
       <c r="E762" t="s">
-        <v>3005</v>
+        <v>2975</v>
       </c>
       <c r="F762">
-        <v>33</v>
+        <v>0</v>
       </c>
     </row>
     <row r="763" spans="1:18">
       <c r="A763" t="s">
-        <v>3006</v>
+        <v>2976</v>
       </c>
       <c r="B763" t="s">
-        <v>3007</v>
+        <v>2977</v>
       </c>
       <c r="C763" t="s">
-        <v>3008</v>
+        <v>2978</v>
       </c>
       <c r="D763" s="1">
-        <v>2010000175903</v>
+        <v>5903351004732</v>
       </c>
       <c r="E763" t="s">
-        <v>3005</v>
+        <v>2979</v>
       </c>
       <c r="F763">
-        <v>43</v>
+        <v>0</v>
       </c>
     </row>
     <row r="764" spans="1:18">
       <c r="A764" t="s">
-        <v>3009</v>
+        <v>2980</v>
       </c>
       <c r="B764" t="s">
-        <v>3010</v>
+        <v>2981</v>
       </c>
       <c r="C764" t="s">
-        <v>3011</v>
+        <v>2982</v>
       </c>
       <c r="D764" s="1">
-        <v>5903351010245</v>
+        <v>5903351005883</v>
       </c>
       <c r="E764" t="s">
-        <v>3012</v>
+        <v>2983</v>
       </c>
       <c r="F764">
-        <v>197</v>
+        <v>18</v>
       </c>
     </row>
     <row r="765" spans="1:18">
       <c r="A765" t="s">
-        <v>3013</v>
+        <v>2984</v>
       </c>
       <c r="B765" t="s">
-        <v>3014</v>
+        <v>2985</v>
       </c>
       <c r="C765" t="s">
-        <v>3015</v>
+        <v>2986</v>
       </c>
       <c r="D765" s="1">
-        <v>5903351001502</v>
+        <v>5903351004954</v>
       </c>
       <c r="E765" t="s">
-        <v>3016</v>
+        <v>2987</v>
       </c>
       <c r="F765">
-        <v>4</v>
+        <v>0</v>
       </c>
     </row>
     <row r="766" spans="1:18">
       <c r="A766" t="s">
-        <v>3017</v>
+        <v>2988</v>
       </c>
       <c r="B766" t="s">
-        <v>3018</v>
+        <v>2989</v>
       </c>
       <c r="C766" t="s">
-        <v>3019</v>
+        <v>2990</v>
       </c>
       <c r="D766" s="1">
-        <v>5903351001823</v>
+        <v>2010000176313</v>
       </c>
       <c r="E766" t="s">
-        <v>3020</v>
+        <v>2991</v>
       </c>
       <c r="F766">
-        <v>543</v>
+        <v>5</v>
       </c>
     </row>
     <row r="767" spans="1:18">
       <c r="A767" t="s">
-        <v>3021</v>
+        <v>2992</v>
       </c>
       <c r="B767" t="s">
-        <v>3022</v>
+        <v>2993</v>
       </c>
       <c r="C767" t="s">
-        <v>3023</v>
+        <v>2994</v>
       </c>
       <c r="D767" s="1">
-        <v>5903351001113</v>
+        <v>5903351012294</v>
       </c>
       <c r="E767" t="s">
-        <v>3024</v>
+        <v>2995</v>
       </c>
       <c r="F767">
-        <v>16</v>
+        <v>108</v>
       </c>
     </row>
     <row r="768" spans="1:18">
       <c r="A768" t="s">
-        <v>3025</v>
+        <v>2996</v>
       </c>
       <c r="B768" t="s">
-        <v>3026</v>
+        <v>2997</v>
       </c>
       <c r="C768" t="s">
-        <v>3027</v>
+        <v>2998</v>
       </c>
       <c r="D768" s="1">
-        <v>5903351000062</v>
+        <v>5903351012119</v>
       </c>
       <c r="E768" t="s">
-        <v>3028</v>
+        <v>2999</v>
       </c>
       <c r="F768">
-        <v>241</v>
+        <v>11</v>
       </c>
     </row>
     <row r="769" spans="1:18">
       <c r="A769" t="s">
-        <v>3029</v>
+        <v>3000</v>
       </c>
       <c r="B769" t="s">
-        <v>3030</v>
+        <v>3001</v>
       </c>
       <c r="C769" t="s">
-        <v>3031</v>
+        <v>3002</v>
       </c>
       <c r="D769" s="1">
-        <v>5903351007214</v>
+        <v>5903351012133</v>
       </c>
       <c r="E769" t="s">
-        <v>3032</v>
+        <v>3003</v>
       </c>
       <c r="F769">
-        <v>5</v>
+        <v>11</v>
       </c>
     </row>
     <row r="770" spans="1:18">
       <c r="A770" t="s">
-        <v>3033</v>
+        <v>3004</v>
       </c>
       <c r="B770" t="s">
-        <v>3034</v>
+        <v>3005</v>
       </c>
       <c r="C770" t="s">
-        <v>3035</v>
+        <v>3006</v>
       </c>
       <c r="D770" s="1">
-        <v>5903351011105</v>
+        <v>5903351012256</v>
       </c>
       <c r="E770" t="s">
-        <v>3036</v>
+        <v>3007</v>
       </c>
       <c r="F770">
-        <v>25</v>
+        <v>9</v>
       </c>
     </row>
     <row r="771" spans="1:18">
       <c r="A771" t="s">
-        <v>3037</v>
+        <v>3008</v>
       </c>
       <c r="B771" t="s">
-        <v>3038</v>
+        <v>3009</v>
       </c>
       <c r="C771" t="s">
-        <v>3039</v>
+        <v>3010</v>
       </c>
       <c r="D771" s="1">
-        <v>5903351006521</v>
+        <v>5903351012317</v>
       </c>
       <c r="E771" t="s">
-        <v>3040</v>
+        <v>3007</v>
       </c>
       <c r="F771">
-        <v>13</v>
+        <v>5</v>
       </c>
     </row>
     <row r="772" spans="1:18">
       <c r="A772" t="s">
-        <v>3041</v>
+        <v>3011</v>
       </c>
       <c r="B772" t="s">
-        <v>3042</v>
+        <v>3012</v>
       </c>
       <c r="C772" t="s">
-        <v>3043</v>
+        <v>3013</v>
       </c>
       <c r="D772" s="1">
-        <v>5903351003308</v>
+        <v>5903351013321</v>
       </c>
       <c r="E772" t="s">
-        <v>3044</v>
+        <v>3014</v>
       </c>
       <c r="F772">
-        <v>73</v>
+        <v>261</v>
       </c>
     </row>
     <row r="773" spans="1:18">
       <c r="A773" t="s">
-        <v>3045</v>
+        <v>3015</v>
       </c>
       <c r="B773" t="s">
-        <v>3046</v>
+        <v>3016</v>
       </c>
       <c r="C773" t="s">
-        <v>3047</v>
+        <v>3017</v>
       </c>
       <c r="D773" s="1">
-        <v>5903351003292</v>
+        <v>5903351005074</v>
       </c>
       <c r="E773" t="s">
-        <v>3048</v>
+        <v>3018</v>
       </c>
       <c r="F773">
-        <v>196</v>
+        <v>47</v>
       </c>
     </row>
     <row r="774" spans="1:18">
       <c r="A774" t="s">
-        <v>3049</v>
+        <v>3019</v>
       </c>
       <c r="B774" t="s">
-        <v>3050</v>
+        <v>3020</v>
       </c>
       <c r="C774" t="s">
-        <v>3051</v>
+        <v>3021</v>
       </c>
       <c r="D774" s="1">
-        <v>5903351013291</v>
+        <v>2010000175958</v>
       </c>
       <c r="E774" t="s">
-        <v>3052</v>
+        <v>3022</v>
       </c>
       <c r="F774">
-        <v>127</v>
+        <v>30</v>
       </c>
     </row>
     <row r="775" spans="1:18">
       <c r="A775" t="s">
-        <v>3053</v>
+        <v>3023</v>
       </c>
       <c r="B775" t="s">
-        <v>3054</v>
+        <v>3024</v>
       </c>
       <c r="C775" t="s">
-        <v>3055</v>
+        <v>3025</v>
       </c>
       <c r="D775" s="1">
-        <v>5903351013307</v>
+        <v>2010000175903</v>
       </c>
       <c r="E775" t="s">
-        <v>3056</v>
+        <v>3022</v>
       </c>
       <c r="F775">
-        <v>77</v>
+        <v>43</v>
       </c>
     </row>
     <row r="776" spans="1:18">
       <c r="A776" t="s">
-        <v>3057</v>
+        <v>3026</v>
       </c>
       <c r="B776" t="s">
-        <v>3058</v>
+        <v>3027</v>
       </c>
       <c r="C776" t="s">
-        <v>3059</v>
+        <v>3028</v>
       </c>
       <c r="D776" s="1">
-        <v>5903351013314</v>
+        <v>5903351010245</v>
       </c>
       <c r="E776" t="s">
-        <v>3060</v>
+        <v>3029</v>
       </c>
       <c r="F776">
-        <v>61</v>
+        <v>178</v>
       </c>
     </row>
     <row r="777" spans="1:18">
       <c r="A777" t="s">
-        <v>3061</v>
+        <v>3030</v>
       </c>
       <c r="B777" t="s">
-        <v>3062</v>
+        <v>3031</v>
       </c>
       <c r="C777" t="s">
-        <v>3063</v>
+        <v>3032</v>
       </c>
       <c r="D777" s="1">
-        <v>5903351010306</v>
+        <v>5903351001502</v>
       </c>
       <c r="E777" t="s">
-        <v>3064</v>
+        <v>3033</v>
       </c>
       <c r="F777">
-        <v>18</v>
+        <v>4</v>
       </c>
     </row>
     <row r="778" spans="1:18">
       <c r="A778" t="s">
-        <v>3065</v>
+        <v>3034</v>
       </c>
       <c r="B778" t="s">
-        <v>3066</v>
+        <v>3035</v>
       </c>
       <c r="C778" t="s">
-        <v>3067</v>
+        <v>3036</v>
       </c>
       <c r="D778" s="1">
-        <v>5903351010313</v>
+        <v>5903351001823</v>
       </c>
       <c r="E778" t="s">
-        <v>3068</v>
+        <v>3037</v>
       </c>
       <c r="F778">
-        <v>37</v>
+        <v>463</v>
       </c>
     </row>
     <row r="779" spans="1:18">
       <c r="A779" t="s">
-        <v>3069</v>
+        <v>3038</v>
       </c>
       <c r="B779" t="s">
-        <v>3070</v>
+        <v>3039</v>
       </c>
       <c r="C779" t="s">
-        <v>3071</v>
+        <v>3040</v>
       </c>
       <c r="D779" s="1">
-        <v>5903351010320</v>
+        <v>5903351001113</v>
       </c>
       <c r="E779" t="s">
-        <v>3072</v>
+        <v>3041</v>
       </c>
       <c r="F779">
-        <v>15</v>
+        <v>9</v>
       </c>
     </row>
     <row r="780" spans="1:18">
       <c r="A780" t="s">
-        <v>3073</v>
+        <v>3042</v>
       </c>
       <c r="B780" t="s">
-        <v>3074</v>
+        <v>3043</v>
       </c>
       <c r="C780" t="s">
-        <v>3075</v>
+        <v>3044</v>
       </c>
       <c r="D780" s="1">
-        <v>5903351005258</v>
+        <v>5903351000062</v>
       </c>
       <c r="E780" t="s">
-        <v>3076</v>
+        <v>3045</v>
       </c>
       <c r="F780">
-        <v>0</v>
+        <v>240</v>
       </c>
     </row>
     <row r="781" spans="1:18">
       <c r="A781" t="s">
-        <v>3077</v>
+        <v>3046</v>
       </c>
       <c r="B781" t="s">
-        <v>3078</v>
+        <v>3047</v>
       </c>
       <c r="C781" t="s">
-        <v>3079</v>
+        <v>3048</v>
       </c>
       <c r="D781" s="1">
-        <v>5903351005265</v>
+        <v>5903351007214</v>
       </c>
       <c r="E781" t="s">
-        <v>3080</v>
+        <v>3049</v>
       </c>
       <c r="F781">
-        <v>4</v>
+        <v>69</v>
       </c>
     </row>
     <row r="782" spans="1:18">
       <c r="A782" t="s">
-        <v>3081</v>
+        <v>3050</v>
       </c>
       <c r="B782" t="s">
-        <v>3082</v>
+        <v>3051</v>
       </c>
       <c r="C782" t="s">
-        <v>3083</v>
+        <v>3052</v>
       </c>
       <c r="D782" s="1">
-        <v>5903351005234</v>
+        <v>5903351011105</v>
       </c>
       <c r="E782" t="s">
-        <v>3084</v>
+        <v>3053</v>
       </c>
       <c r="F782">
-        <v>7</v>
+        <v>21</v>
       </c>
     </row>
     <row r="783" spans="1:18">
       <c r="A783" t="s">
-        <v>3085</v>
+        <v>3054</v>
       </c>
       <c r="B783" t="s">
-        <v>3086</v>
+        <v>3055</v>
       </c>
       <c r="C783" t="s">
-        <v>3087</v>
+        <v>3056</v>
       </c>
       <c r="D783" s="1">
-        <v>5903351002295</v>
+        <v>5903351006521</v>
       </c>
       <c r="E783" t="s">
-        <v>3088</v>
+        <v>3057</v>
       </c>
       <c r="F783">
-        <v>3</v>
+        <v>0</v>
       </c>
     </row>
     <row r="784" spans="1:18">
       <c r="A784" t="s">
-        <v>3089</v>
+        <v>3058</v>
       </c>
       <c r="B784" t="s">
-        <v>3090</v>
+        <v>3058</v>
       </c>
       <c r="C784" t="s">
-        <v>3091</v>
-[...3 lines deleted...]
-      </c>
+        <v>3059</v>
+      </c>
+      <c r="D784" s="1"/>
       <c r="E784" t="s">
-        <v>3092</v>
+        <v>3060</v>
       </c>
       <c r="F784">
-        <v>11</v>
+        <v>0</v>
       </c>
     </row>
     <row r="785" spans="1:18">
       <c r="A785" t="s">
-        <v>3093</v>
+        <v>3061</v>
       </c>
       <c r="B785" t="s">
-        <v>3094</v>
+        <v>3061</v>
       </c>
       <c r="C785" t="s">
-        <v>3095</v>
-[...3 lines deleted...]
-      </c>
+        <v>3062</v>
+      </c>
+      <c r="D785" s="1"/>
       <c r="E785" t="s">
-        <v>3096</v>
+        <v>3060</v>
       </c>
       <c r="F785">
-        <v>17</v>
+        <v>0</v>
       </c>
     </row>
     <row r="786" spans="1:18">
       <c r="A786" t="s">
-        <v>3097</v>
+        <v>3063</v>
       </c>
       <c r="B786" t="s">
-        <v>3098</v>
+        <v>3063</v>
       </c>
       <c r="C786" t="s">
-        <v>3099</v>
-[...3 lines deleted...]
-      </c>
+        <v>3064</v>
+      </c>
+      <c r="D786" s="1"/>
       <c r="E786" t="s">
-        <v>3100</v>
+        <v>3060</v>
       </c>
       <c r="F786">
-        <v>14</v>
+        <v>0</v>
       </c>
     </row>
     <row r="787" spans="1:18">
       <c r="A787" t="s">
-        <v>3101</v>
+        <v>3065</v>
       </c>
       <c r="B787" t="s">
-        <v>3102</v>
+        <v>3065</v>
       </c>
       <c r="C787" t="s">
-        <v>3103</v>
-[...3 lines deleted...]
-      </c>
+        <v>3066</v>
+      </c>
+      <c r="D787" s="1"/>
       <c r="E787" t="s">
-        <v>3104</v>
+        <v>3060</v>
       </c>
       <c r="F787">
-        <v>5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="788" spans="1:18">
       <c r="A788" t="s">
-        <v>3105</v>
+        <v>3067</v>
       </c>
       <c r="B788" t="s">
-        <v>3106</v>
+        <v>3067</v>
       </c>
       <c r="C788" t="s">
-        <v>3107</v>
-[...3 lines deleted...]
-      </c>
+        <v>3068</v>
+      </c>
+      <c r="D788" s="1"/>
       <c r="E788" t="s">
-        <v>3108</v>
+        <v>3060</v>
       </c>
       <c r="F788">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="789" spans="1:18">
       <c r="A789" t="s">
-        <v>3109</v>
+        <v>3069</v>
       </c>
       <c r="B789" t="s">
-        <v>3110</v>
+        <v>3070</v>
       </c>
       <c r="C789" t="s">
-        <v>3111</v>
-[...3 lines deleted...]
-      </c>
+        <v>3071</v>
+      </c>
+      <c r="D789" s="1"/>
       <c r="E789" t="s">
-        <v>3112</v>
+        <v>3060</v>
       </c>
       <c r="F789">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="790" spans="1:18">
       <c r="A790" t="s">
-        <v>3113</v>
+        <v>3072</v>
       </c>
       <c r="B790" t="s">
-        <v>3114</v>
+        <v>3072</v>
       </c>
       <c r="C790" t="s">
-        <v>3115</v>
-[...3 lines deleted...]
-      </c>
+        <v>3073</v>
+      </c>
+      <c r="D790" s="1"/>
       <c r="E790" t="s">
-        <v>3116</v>
+        <v>3060</v>
       </c>
       <c r="F790">
-        <v>5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="791" spans="1:18">
       <c r="A791" t="s">
-        <v>3117</v>
+        <v>3074</v>
       </c>
       <c r="B791" t="s">
-        <v>3118</v>
+        <v>3074</v>
       </c>
       <c r="C791" t="s">
-        <v>3119</v>
-[...3 lines deleted...]
-      </c>
+        <v>3075</v>
+      </c>
+      <c r="D791" s="1"/>
       <c r="E791" t="s">
-        <v>3120</v>
+        <v>3060</v>
       </c>
       <c r="F791">
-        <v>20</v>
+        <v>0</v>
       </c>
     </row>
     <row r="792" spans="1:18">
       <c r="A792" t="s">
-        <v>3121</v>
+        <v>3076</v>
       </c>
       <c r="B792" t="s">
-        <v>3122</v>
+        <v>3077</v>
       </c>
       <c r="C792" t="s">
-        <v>3123</v>
+        <v>3078</v>
       </c>
       <c r="D792" s="1">
-        <v>5903351013345</v>
+        <v>5903351003308</v>
       </c>
       <c r="E792" t="s">
-        <v>3124</v>
+        <v>3079</v>
       </c>
       <c r="F792">
-        <v>43</v>
+        <v>73</v>
       </c>
     </row>
     <row r="793" spans="1:18">
       <c r="A793" t="s">
-        <v>3125</v>
+        <v>3080</v>
       </c>
       <c r="B793" t="s">
-        <v>3126</v>
+        <v>3081</v>
       </c>
       <c r="C793" t="s">
-        <v>3127</v>
+        <v>3082</v>
       </c>
       <c r="D793" s="1">
-        <v>5903351024280</v>
+        <v>5903351003292</v>
       </c>
       <c r="E793" t="s">
-        <v>3128</v>
+        <v>3083</v>
       </c>
       <c r="F793">
-        <v>3</v>
+        <v>178</v>
       </c>
     </row>
     <row r="794" spans="1:18">
       <c r="A794" t="s">
-        <v>3129</v>
+        <v>3084</v>
       </c>
       <c r="B794" t="s">
-        <v>3130</v>
+        <v>3085</v>
       </c>
       <c r="C794" t="s">
-        <v>3131</v>
+        <v>3086</v>
       </c>
       <c r="D794" s="1">
-        <v>5903351024297</v>
+        <v>5903351013291</v>
       </c>
       <c r="E794" t="s">
-        <v>3132</v>
+        <v>3087</v>
       </c>
       <c r="F794">
-        <v>48</v>
+        <v>127</v>
       </c>
     </row>
     <row r="795" spans="1:18">
       <c r="A795" t="s">
-        <v>3133</v>
+        <v>3088</v>
       </c>
       <c r="B795" t="s">
-        <v>3134</v>
+        <v>3089</v>
       </c>
       <c r="C795" t="s">
-        <v>3135</v>
+        <v>3090</v>
       </c>
       <c r="D795" s="1">
-        <v>5903351005340</v>
+        <v>5903351013307</v>
       </c>
       <c r="E795" t="s">
-        <v>3136</v>
+        <v>3091</v>
       </c>
       <c r="F795">
-        <v>179</v>
+        <v>80</v>
       </c>
     </row>
     <row r="796" spans="1:18">
       <c r="A796" t="s">
-        <v>3137</v>
+        <v>3092</v>
       </c>
       <c r="B796" t="s">
-        <v>3138</v>
+        <v>3093</v>
       </c>
       <c r="C796" t="s">
-        <v>3139</v>
+        <v>3094</v>
       </c>
       <c r="D796" s="1">
-        <v>5903351012362</v>
+        <v>5903351013314</v>
       </c>
       <c r="E796" t="s">
-        <v>3140</v>
+        <v>3095</v>
       </c>
       <c r="F796">
-        <v>0</v>
+        <v>67</v>
       </c>
     </row>
     <row r="797" spans="1:18">
       <c r="A797" t="s">
-        <v>3141</v>
+        <v>3096</v>
       </c>
       <c r="B797" t="s">
-        <v>3142</v>
+        <v>3097</v>
       </c>
       <c r="C797" t="s">
-        <v>3143</v>
+        <v>3098</v>
       </c>
       <c r="D797" s="1">
-        <v>5903351024907</v>
+        <v>5903351010306</v>
       </c>
       <c r="E797" t="s">
-        <v>3144</v>
+        <v>3099</v>
       </c>
       <c r="F797">
-        <v>52</v>
+        <v>18</v>
       </c>
     </row>
     <row r="798" spans="1:18">
       <c r="A798" t="s">
-        <v>3145</v>
+        <v>3100</v>
       </c>
       <c r="B798" t="s">
-        <v>3146</v>
+        <v>3101</v>
       </c>
       <c r="C798" t="s">
-        <v>3147</v>
+        <v>3102</v>
       </c>
       <c r="D798" s="1">
-        <v>2010000175965</v>
+        <v>5903351010313</v>
       </c>
       <c r="E798" t="s">
-        <v>3148</v>
+        <v>3103</v>
       </c>
       <c r="F798">
-        <v>0</v>
+        <v>34</v>
       </c>
     </row>
     <row r="799" spans="1:18">
       <c r="A799" t="s">
-        <v>3149</v>
+        <v>3104</v>
       </c>
       <c r="B799" t="s">
-        <v>3150</v>
+        <v>3105</v>
       </c>
       <c r="C799" t="s">
-        <v>3151</v>
+        <v>3106</v>
       </c>
       <c r="D799" s="1">
-        <v>5903351001748</v>
+        <v>5903351010320</v>
       </c>
       <c r="E799" t="s">
-        <v>3152</v>
+        <v>3107</v>
       </c>
       <c r="F799">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="800" spans="1:18">
       <c r="A800" t="s">
-        <v>3153</v>
+        <v>3108</v>
       </c>
       <c r="B800" t="s">
-        <v>3154</v>
+        <v>3109</v>
       </c>
       <c r="C800" t="s">
-        <v>3155</v>
+        <v>3110</v>
       </c>
       <c r="D800" s="1">
-        <v>5903351005371</v>
+        <v>5903351005258</v>
       </c>
       <c r="E800" t="s">
-        <v>3156</v>
+        <v>3111</v>
       </c>
       <c r="F800">
         <v>0</v>
       </c>
     </row>
     <row r="801" spans="1:18">
       <c r="A801" t="s">
-        <v>3157</v>
+        <v>3112</v>
       </c>
       <c r="B801" t="s">
-        <v>3158</v>
+        <v>3113</v>
       </c>
       <c r="C801" t="s">
-        <v>3159</v>
+        <v>3114</v>
       </c>
       <c r="D801" s="1">
-        <v>2010000176320</v>
+        <v>5903351005265</v>
       </c>
       <c r="E801" t="s">
-        <v>3160</v>
+        <v>3115</v>
       </c>
       <c r="F801">
-        <v>12</v>
+        <v>4</v>
       </c>
     </row>
     <row r="802" spans="1:18">
       <c r="A802" t="s">
-        <v>3161</v>
+        <v>3116</v>
       </c>
       <c r="B802" t="s">
-        <v>3162</v>
+        <v>3117</v>
       </c>
       <c r="C802" t="s">
-        <v>3163</v>
+        <v>3118</v>
       </c>
       <c r="D802" s="1">
-        <v>5903351010979</v>
+        <v>5903351005234</v>
       </c>
       <c r="E802" t="s">
-        <v>3164</v>
+        <v>3119</v>
       </c>
       <c r="F802">
-        <v>29</v>
+        <v>6</v>
       </c>
     </row>
     <row r="803" spans="1:18">
       <c r="A803" t="s">
-        <v>3165</v>
+        <v>3120</v>
       </c>
       <c r="B803" t="s">
-        <v>3166</v>
+        <v>3121</v>
       </c>
       <c r="C803" t="s">
-        <v>3167</v>
+        <v>3122</v>
       </c>
       <c r="D803" s="1">
-        <v>5903351023283</v>
+        <v>5903351002295</v>
       </c>
       <c r="E803" t="s">
-        <v>3168</v>
+        <v>3123</v>
       </c>
       <c r="F803">
-        <v>221</v>
+        <v>2</v>
       </c>
     </row>
     <row r="804" spans="1:18">
       <c r="A804" t="s">
-        <v>3169</v>
+        <v>3124</v>
       </c>
       <c r="B804" t="s">
-        <v>3170</v>
+        <v>3125</v>
       </c>
       <c r="C804" t="s">
-        <v>3171</v>
+        <v>3126</v>
       </c>
       <c r="D804" s="1">
-        <v>5903351023290</v>
+        <v>5903351006965</v>
       </c>
       <c r="E804" t="s">
-        <v>3172</v>
+        <v>3127</v>
       </c>
       <c r="F804">
-        <v>170</v>
+        <v>9</v>
       </c>
     </row>
     <row r="805" spans="1:18">
       <c r="A805" t="s">
-        <v>3173</v>
+        <v>3128</v>
       </c>
       <c r="B805" t="s">
-        <v>3174</v>
+        <v>3129</v>
       </c>
       <c r="C805" t="s">
-        <v>3175</v>
+        <v>3130</v>
       </c>
       <c r="D805" s="1">
-        <v>5903351023689</v>
+        <v>5903351007030</v>
       </c>
       <c r="E805" t="s">
-        <v>3176</v>
+        <v>3131</v>
       </c>
       <c r="F805">
-        <v>36</v>
+        <v>16</v>
       </c>
     </row>
     <row r="806" spans="1:18">
       <c r="A806" t="s">
-        <v>3177</v>
+        <v>3132</v>
       </c>
       <c r="B806" t="s">
-        <v>3178</v>
+        <v>3133</v>
       </c>
       <c r="C806" t="s">
-        <v>3179</v>
+        <v>3134</v>
       </c>
       <c r="D806" s="1">
-        <v>5903351023696</v>
+        <v>5903351011327</v>
       </c>
       <c r="E806" t="s">
-        <v>3180</v>
+        <v>3135</v>
       </c>
       <c r="F806">
-        <v>40</v>
+        <v>0</v>
       </c>
     </row>
     <row r="807" spans="1:18">
       <c r="A807" t="s">
-        <v>3181</v>
+        <v>3136</v>
       </c>
       <c r="B807" t="s">
-        <v>3182</v>
+        <v>3137</v>
       </c>
       <c r="C807" t="s">
-        <v>3183</v>
+        <v>3138</v>
       </c>
       <c r="D807" s="1">
-        <v>5903351023702</v>
+        <v>5903351011860</v>
       </c>
       <c r="E807" t="s">
-        <v>3184</v>
+        <v>3139</v>
       </c>
       <c r="F807">
-        <v>0</v>
+        <v>37</v>
       </c>
     </row>
     <row r="808" spans="1:18">
       <c r="A808" t="s">
-        <v>3185</v>
+        <v>3140</v>
       </c>
       <c r="B808" t="s">
-        <v>3186</v>
+        <v>3141</v>
       </c>
       <c r="C808" t="s">
-        <v>3187</v>
+        <v>3142</v>
       </c>
       <c r="D808" s="1">
-        <v>5903351007474</v>
+        <v>5903351013048</v>
       </c>
       <c r="E808" t="s">
-        <v>3188</v>
+        <v>3143</v>
       </c>
       <c r="F808">
-        <v>18</v>
+        <v>3</v>
       </c>
     </row>
     <row r="809" spans="1:18">
       <c r="A809" t="s">
-        <v>3189</v>
+        <v>3144</v>
       </c>
       <c r="B809" t="s">
-        <v>3190</v>
+        <v>3145</v>
       </c>
       <c r="C809" t="s">
-        <v>3191</v>
+        <v>3146</v>
       </c>
       <c r="D809" s="1">
-        <v>5903351007498</v>
+        <v>5903351020701</v>
       </c>
       <c r="E809" t="s">
-        <v>3192</v>
+        <v>3147</v>
       </c>
       <c r="F809">
-        <v>41</v>
+        <v>1</v>
       </c>
     </row>
     <row r="810" spans="1:18">
       <c r="A810" t="s">
-        <v>3193</v>
+        <v>3148</v>
       </c>
       <c r="B810" t="s">
-        <v>3194</v>
+        <v>3149</v>
       </c>
       <c r="C810" t="s">
-        <v>3195</v>
+        <v>3150</v>
       </c>
       <c r="D810" s="1">
-        <v>5903351013406</v>
+        <v>5903351020718</v>
       </c>
       <c r="E810" t="s">
-        <v>3196</v>
+        <v>3151</v>
       </c>
       <c r="F810">
-        <v>52</v>
+        <v>2</v>
       </c>
     </row>
     <row r="811" spans="1:18">
       <c r="A811" t="s">
-        <v>3197</v>
+        <v>3152</v>
       </c>
       <c r="B811" t="s">
-        <v>3198</v>
+        <v>3153</v>
       </c>
       <c r="C811" t="s">
-        <v>3199</v>
+        <v>3154</v>
       </c>
       <c r="D811" s="1">
-        <v>5903351013413</v>
+        <v>5903351012171</v>
       </c>
       <c r="E811" t="s">
-        <v>3200</v>
+        <v>3155</v>
       </c>
       <c r="F811">
-        <v>36</v>
+        <v>2</v>
       </c>
     </row>
     <row r="812" spans="1:18">
       <c r="A812" t="s">
-        <v>3201</v>
+        <v>3156</v>
       </c>
       <c r="B812" t="s">
-        <v>3202</v>
+        <v>3157</v>
       </c>
       <c r="C812" t="s">
-        <v>3203</v>
+        <v>3158</v>
       </c>
       <c r="D812" s="1">
-        <v>5903351023993</v>
+        <v>5903351012188</v>
       </c>
       <c r="E812" t="s">
-        <v>3204</v>
+        <v>3159</v>
       </c>
       <c r="F812">
-        <v>46</v>
+        <v>17</v>
       </c>
     </row>
     <row r="813" spans="1:18">
       <c r="A813" t="s">
-        <v>3205</v>
+        <v>3160</v>
       </c>
       <c r="B813" t="s">
-        <v>3206</v>
+        <v>3161</v>
       </c>
       <c r="C813" t="s">
-        <v>3207</v>
+        <v>3162</v>
       </c>
       <c r="D813" s="1">
-        <v>5903351024006</v>
+        <v>5903351013345</v>
       </c>
       <c r="E813" t="s">
-        <v>3204</v>
+        <v>3163</v>
       </c>
       <c r="F813">
-        <v>41</v>
+        <v>34</v>
       </c>
     </row>
     <row r="814" spans="1:18">
       <c r="A814" t="s">
-        <v>3208</v>
+        <v>3164</v>
       </c>
       <c r="B814" t="s">
-        <v>3209</v>
+        <v>3165</v>
       </c>
       <c r="C814" t="s">
-        <v>3210</v>
+        <v>3166</v>
       </c>
       <c r="D814" s="1">
-        <v>5903351007146</v>
+        <v>5903351024280</v>
       </c>
       <c r="E814" t="s">
-        <v>3211</v>
+        <v>3167</v>
       </c>
       <c r="F814">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="815" spans="1:18">
       <c r="A815" t="s">
-        <v>3212</v>
+        <v>3168</v>
       </c>
       <c r="B815" t="s">
-        <v>3213</v>
+        <v>3169</v>
       </c>
       <c r="C815" t="s">
-        <v>3214</v>
+        <v>3170</v>
       </c>
       <c r="D815" s="1">
-        <v>5903351002929</v>
+        <v>5903351024297</v>
       </c>
       <c r="E815" t="s">
-        <v>3215</v>
+        <v>3171</v>
       </c>
       <c r="F815">
-        <v>24</v>
+        <v>272</v>
       </c>
     </row>
     <row r="816" spans="1:18">
       <c r="A816" t="s">
-        <v>3216</v>
+        <v>3172</v>
       </c>
       <c r="B816" t="s">
-        <v>3217</v>
+        <v>3173</v>
       </c>
       <c r="C816" t="s">
-        <v>3218</v>
+        <v>3174</v>
       </c>
       <c r="D816" s="1">
-        <v>5903351006453</v>
+        <v>5903351005340</v>
       </c>
       <c r="E816" t="s">
-        <v>3219</v>
+        <v>3175</v>
       </c>
       <c r="F816">
-        <v>15</v>
+        <v>169</v>
       </c>
     </row>
     <row r="817" spans="1:18">
       <c r="A817" t="s">
-        <v>3220</v>
+        <v>3176</v>
       </c>
       <c r="B817" t="s">
-        <v>3221</v>
+        <v>3177</v>
       </c>
       <c r="C817" t="s">
-        <v>3222</v>
+        <v>3178</v>
       </c>
       <c r="D817" s="1">
-        <v>5903351012331</v>
+        <v>5903351012362</v>
       </c>
       <c r="E817" t="s">
-        <v>3223</v>
+        <v>3179</v>
       </c>
       <c r="F817">
-        <v>13</v>
+        <v>142</v>
       </c>
     </row>
     <row r="818" spans="1:18">
       <c r="A818" t="s">
-        <v>3224</v>
+        <v>3180</v>
       </c>
       <c r="B818" t="s">
-        <v>3225</v>
+        <v>3181</v>
       </c>
       <c r="C818" t="s">
-        <v>3226</v>
+        <v>3182</v>
       </c>
       <c r="D818" s="1">
-        <v>5903351005470</v>
+        <v>5903351024907</v>
       </c>
       <c r="E818" t="s">
-        <v>3227</v>
+        <v>3183</v>
       </c>
       <c r="F818">
-        <v>78</v>
+        <v>86</v>
       </c>
     </row>
     <row r="819" spans="1:18">
       <c r="A819" t="s">
-        <v>3228</v>
+        <v>3184</v>
       </c>
       <c r="B819" t="s">
-        <v>3229</v>
+        <v>3185</v>
       </c>
       <c r="C819" t="s">
-        <v>3230</v>
+        <v>3186</v>
       </c>
       <c r="D819" s="1">
-        <v>5903351010771</v>
+        <v>2010000175965</v>
       </c>
       <c r="E819" t="s">
-        <v>3231</v>
+        <v>3187</v>
       </c>
       <c r="F819">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="820" spans="1:18">
       <c r="A820" t="s">
-        <v>3232</v>
+        <v>3188</v>
       </c>
       <c r="B820" t="s">
-        <v>3233</v>
+        <v>3189</v>
       </c>
       <c r="C820" t="s">
-        <v>3234</v>
+        <v>3190</v>
       </c>
       <c r="D820" s="1">
-        <v>5903351010870</v>
+        <v>5903351001748</v>
       </c>
       <c r="E820" t="s">
-        <v>3235</v>
+        <v>3191</v>
       </c>
       <c r="F820">
-        <v>14</v>
+        <v>82</v>
       </c>
     </row>
     <row r="821" spans="1:18">
       <c r="A821" t="s">
-        <v>3236</v>
+        <v>3192</v>
       </c>
       <c r="B821" t="s">
-        <v>3237</v>
+        <v>3193</v>
       </c>
       <c r="C821" t="s">
-        <v>3238</v>
+        <v>3194</v>
       </c>
       <c r="D821" s="1">
-        <v>5903351010887</v>
+        <v>2010000176320</v>
       </c>
       <c r="E821" t="s">
-        <v>3239</v>
+        <v>3195</v>
       </c>
       <c r="F821">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="822" spans="1:18">
       <c r="A822" t="s">
-        <v>3240</v>
+        <v>3196</v>
       </c>
       <c r="B822" t="s">
-        <v>3240</v>
+        <v>3197</v>
       </c>
       <c r="C822" t="s">
-        <v>3241</v>
-[...1 lines deleted...]
-      <c r="D822" s="1"/>
+        <v>3198</v>
+      </c>
+      <c r="D822" s="1">
+        <v>5903351010979</v>
+      </c>
+      <c r="E822" t="s">
+        <v>3199</v>
+      </c>
       <c r="F822">
-        <v>35</v>
+        <v>21</v>
       </c>
     </row>
     <row r="823" spans="1:18">
       <c r="A823" t="s">
-        <v>3242</v>
+        <v>3200</v>
       </c>
       <c r="B823" t="s">
-        <v>3243</v>
+        <v>3201</v>
       </c>
       <c r="C823" t="s">
-        <v>3244</v>
+        <v>3202</v>
       </c>
       <c r="D823" s="1">
-        <v>5903351010740</v>
+        <v>5903351023283</v>
       </c>
       <c r="E823" t="s">
-        <v>3245</v>
+        <v>3203</v>
       </c>
       <c r="F823">
-        <v>0</v>
+        <v>184</v>
       </c>
     </row>
     <row r="824" spans="1:18">
       <c r="A824" t="s">
-        <v>3246</v>
+        <v>3204</v>
       </c>
       <c r="B824" t="s">
-        <v>3247</v>
+        <v>3205</v>
       </c>
       <c r="C824" t="s">
-        <v>3248</v>
+        <v>3206</v>
       </c>
       <c r="D824" s="1">
-        <v>5903351010757</v>
+        <v>5903351023290</v>
       </c>
       <c r="E824" t="s">
-        <v>3249</v>
+        <v>3207</v>
       </c>
       <c r="F824">
-        <v>13</v>
+        <v>160</v>
       </c>
     </row>
     <row r="825" spans="1:18">
       <c r="A825" t="s">
-        <v>3250</v>
+        <v>3208</v>
       </c>
       <c r="B825" t="s">
-        <v>3251</v>
+        <v>3209</v>
       </c>
       <c r="C825" t="s">
-        <v>3252</v>
+        <v>3210</v>
       </c>
       <c r="D825" s="1">
-        <v>5903351010825</v>
+        <v>5903351023689</v>
       </c>
       <c r="E825" t="s">
-        <v>3253</v>
+        <v>3211</v>
       </c>
       <c r="F825">
-        <v>31</v>
+        <v>6</v>
       </c>
     </row>
     <row r="826" spans="1:18">
       <c r="A826" t="s">
-        <v>3254</v>
+        <v>3212</v>
       </c>
       <c r="B826" t="s">
-        <v>3255</v>
+        <v>3213</v>
       </c>
       <c r="C826" t="s">
-        <v>3256</v>
+        <v>3214</v>
       </c>
       <c r="D826" s="1">
-        <v>5903351010818</v>
+        <v>5903351023696</v>
       </c>
       <c r="E826" t="s">
-        <v>3257</v>
+        <v>3215</v>
       </c>
       <c r="F826">
-        <v>173</v>
+        <v>0</v>
       </c>
     </row>
     <row r="827" spans="1:18">
       <c r="A827" t="s">
-        <v>3258</v>
+        <v>3216</v>
       </c>
       <c r="B827" t="s">
-        <v>3259</v>
+        <v>3217</v>
       </c>
       <c r="C827" t="s">
-        <v>3260</v>
+        <v>3218</v>
       </c>
       <c r="D827" s="1">
-        <v>5903351005487</v>
+        <v>5903351023702</v>
       </c>
       <c r="E827" t="s">
-        <v>3261</v>
+        <v>3219</v>
       </c>
       <c r="F827">
-        <v>2</v>
+        <v>30</v>
       </c>
     </row>
     <row r="828" spans="1:18">
       <c r="A828" t="s">
-        <v>3262</v>
+        <v>3220</v>
       </c>
       <c r="B828" t="s">
-        <v>3263</v>
+        <v>3221</v>
       </c>
       <c r="C828" t="s">
-        <v>3264</v>
+        <v>3222</v>
       </c>
       <c r="D828" s="1">
-        <v>5903351002479</v>
+        <v>5903351007474</v>
       </c>
       <c r="E828" t="s">
-        <v>3265</v>
+        <v>3223</v>
       </c>
       <c r="F828">
-        <v>857</v>
+        <v>0</v>
       </c>
     </row>
     <row r="829" spans="1:18">
       <c r="A829" t="s">
-        <v>3266</v>
+        <v>3224</v>
       </c>
       <c r="B829" t="s">
-        <v>3267</v>
+        <v>3225</v>
       </c>
       <c r="C829" t="s">
-        <v>3268</v>
+        <v>3226</v>
       </c>
       <c r="D829" s="1">
-        <v>5903351002486</v>
+        <v>5903351007498</v>
       </c>
       <c r="E829" t="s">
-        <v>3269</v>
+        <v>3227</v>
       </c>
       <c r="F829">
-        <v>106</v>
+        <v>19</v>
       </c>
     </row>
     <row r="830" spans="1:18">
       <c r="A830" t="s">
-        <v>3270</v>
+        <v>3228</v>
       </c>
       <c r="B830" t="s">
-        <v>3271</v>
+        <v>3229</v>
       </c>
       <c r="C830" t="s">
-        <v>3272</v>
+        <v>3230</v>
       </c>
       <c r="D830" s="1">
-        <v>5903351005494</v>
+        <v>5903351013406</v>
       </c>
       <c r="E830" t="s">
-        <v>3273</v>
+        <v>3231</v>
       </c>
       <c r="F830">
-        <v>192</v>
+        <v>45</v>
       </c>
     </row>
     <row r="831" spans="1:18">
       <c r="A831" t="s">
-        <v>3274</v>
+        <v>3232</v>
       </c>
       <c r="B831" t="s">
-        <v>3275</v>
+        <v>3233</v>
       </c>
       <c r="C831" t="s">
-        <v>3276</v>
+        <v>3234</v>
       </c>
       <c r="D831" s="1">
-        <v>5903351002493</v>
+        <v>5903351013413</v>
       </c>
       <c r="E831" t="s">
-        <v>3277</v>
+        <v>3235</v>
       </c>
       <c r="F831">
-        <v>81</v>
+        <v>13</v>
       </c>
     </row>
     <row r="832" spans="1:18">
       <c r="A832" t="s">
-        <v>3278</v>
+        <v>3236</v>
       </c>
       <c r="B832" t="s">
-        <v>3279</v>
+        <v>3237</v>
       </c>
       <c r="C832" t="s">
-        <v>3280</v>
+        <v>3238</v>
       </c>
       <c r="D832" s="1">
-        <v>5903351012928</v>
+        <v>5903351023993</v>
       </c>
       <c r="E832" t="s">
-        <v>3281</v>
+        <v>3239</v>
       </c>
       <c r="F832">
-        <v>0</v>
+        <v>43</v>
       </c>
     </row>
     <row r="833" spans="1:18">
       <c r="A833" t="s">
-        <v>3282</v>
+        <v>3240</v>
       </c>
       <c r="B833" t="s">
-        <v>3283</v>
+        <v>3241</v>
       </c>
       <c r="C833" t="s">
-        <v>3284</v>
+        <v>3242</v>
       </c>
       <c r="D833" s="1">
-        <v>5903351012942</v>
+        <v>5903351024006</v>
       </c>
       <c r="E833" t="s">
-        <v>3285</v>
+        <v>3239</v>
       </c>
       <c r="F833">
-        <v>0</v>
+        <v>35</v>
       </c>
     </row>
     <row r="834" spans="1:18">
       <c r="A834" t="s">
-        <v>3286</v>
+        <v>3243</v>
       </c>
       <c r="B834" t="s">
-        <v>3287</v>
+        <v>3244</v>
       </c>
       <c r="C834" t="s">
-        <v>3288</v>
+        <v>3245</v>
       </c>
       <c r="D834" s="1">
-        <v>5903351022996</v>
+        <v>5903351007146</v>
       </c>
       <c r="E834" t="s">
-        <v>3281</v>
+        <v>3246</v>
       </c>
       <c r="F834">
-        <v>40</v>
+        <v>4</v>
       </c>
     </row>
     <row r="835" spans="1:18">
       <c r="A835" t="s">
-        <v>3289</v>
+        <v>3247</v>
       </c>
       <c r="B835" t="s">
-        <v>3290</v>
+        <v>3248</v>
       </c>
       <c r="C835" t="s">
-        <v>3291</v>
+        <v>3249</v>
       </c>
       <c r="D835" s="1">
-        <v>5903351023009</v>
+        <v>5903351002929</v>
       </c>
       <c r="E835" t="s">
-        <v>3292</v>
+        <v>3250</v>
       </c>
       <c r="F835">
-        <v>30</v>
+        <v>24</v>
       </c>
     </row>
     <row r="836" spans="1:18">
       <c r="A836" t="s">
-        <v>3293</v>
+        <v>3251</v>
       </c>
       <c r="B836" t="s">
-        <v>3294</v>
+        <v>3252</v>
       </c>
       <c r="C836" t="s">
-        <v>3295</v>
+        <v>3253</v>
       </c>
       <c r="D836" s="1">
-        <v>5903351023016</v>
+        <v>5903351006453</v>
       </c>
       <c r="E836" t="s">
-        <v>3285</v>
+        <v>3254</v>
       </c>
       <c r="F836">
-        <v>11</v>
+        <v>8</v>
       </c>
     </row>
     <row r="837" spans="1:18">
       <c r="A837" t="s">
-        <v>3296</v>
+        <v>3255</v>
       </c>
       <c r="B837" t="s">
-        <v>3297</v>
+        <v>3256</v>
       </c>
       <c r="C837" t="s">
-        <v>3298</v>
+        <v>3257</v>
       </c>
       <c r="D837" s="1">
-        <v>5903351012959</v>
+        <v>5903351012331</v>
       </c>
       <c r="E837" t="s">
-        <v>3299</v>
+        <v>3258</v>
       </c>
       <c r="F837">
-        <v>92</v>
+        <v>12</v>
       </c>
     </row>
     <row r="838" spans="1:18">
       <c r="A838" t="s">
-        <v>3300</v>
+        <v>3259</v>
       </c>
       <c r="B838" t="s">
-        <v>3301</v>
+        <v>3260</v>
       </c>
       <c r="C838" t="s">
-        <v>3302</v>
+        <v>3261</v>
       </c>
       <c r="D838" s="1">
-        <v>5903351012966</v>
+        <v>5903351005470</v>
       </c>
       <c r="E838" t="s">
-        <v>3303</v>
+        <v>3262</v>
       </c>
       <c r="F838">
-        <v>89</v>
+        <v>74</v>
       </c>
     </row>
     <row r="839" spans="1:18">
       <c r="A839" t="s">
-        <v>3304</v>
+        <v>3263</v>
       </c>
       <c r="B839" t="s">
-        <v>3305</v>
+        <v>3264</v>
       </c>
       <c r="C839" t="s">
-        <v>3306</v>
+        <v>3265</v>
       </c>
       <c r="D839" s="1">
-        <v>5903351022675</v>
+        <v>5903351010771</v>
       </c>
       <c r="E839" t="s">
-        <v>3307</v>
+        <v>3266</v>
       </c>
       <c r="F839">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="840" spans="1:18">
       <c r="A840" t="s">
-        <v>3308</v>
+        <v>3267</v>
       </c>
       <c r="B840" t="s">
-        <v>3309</v>
+        <v>3268</v>
       </c>
       <c r="C840" t="s">
-        <v>3310</v>
+        <v>3269</v>
       </c>
       <c r="D840" s="1">
-        <v>5903351022682</v>
+        <v>5903351010870</v>
       </c>
       <c r="E840" t="s">
-        <v>3303</v>
+        <v>3270</v>
       </c>
       <c r="F840">
-        <v>1</v>
+        <v>15</v>
       </c>
     </row>
     <row r="841" spans="1:18">
       <c r="A841" t="s">
-        <v>3311</v>
+        <v>3271</v>
       </c>
       <c r="B841" t="s">
-        <v>3312</v>
+        <v>3272</v>
       </c>
       <c r="C841" t="s">
-        <v>3313</v>
+        <v>3273</v>
       </c>
       <c r="D841" s="1">
-        <v>5903351011136</v>
+        <v>5903351010887</v>
       </c>
       <c r="E841" t="s">
-        <v>3314</v>
+        <v>3274</v>
       </c>
       <c r="F841">
-        <v>25</v>
+        <v>8</v>
       </c>
     </row>
     <row r="842" spans="1:18">
       <c r="A842" t="s">
-        <v>3315</v>
+        <v>3275</v>
       </c>
       <c r="B842" t="s">
-        <v>3316</v>
+        <v>3275</v>
       </c>
       <c r="C842" t="s">
-        <v>3317</v>
-[...6 lines deleted...]
-      </c>
+        <v>3276</v>
+      </c>
+      <c r="D842" s="1"/>
       <c r="F842">
-        <v>4</v>
+        <v>35</v>
       </c>
     </row>
     <row r="843" spans="1:18">
       <c r="A843" t="s">
-        <v>3319</v>
+        <v>3277</v>
       </c>
       <c r="B843" t="s">
-        <v>3320</v>
+        <v>3278</v>
       </c>
       <c r="C843" t="s">
-        <v>3321</v>
+        <v>3279</v>
       </c>
       <c r="D843" s="1">
-        <v>2010000176283</v>
+        <v>5903351010740</v>
       </c>
       <c r="E843" t="s">
-        <v>3322</v>
+        <v>3280</v>
       </c>
       <c r="F843">
-        <v>5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="844" spans="1:18">
       <c r="A844" t="s">
-        <v>3323</v>
+        <v>3281</v>
       </c>
       <c r="B844" t="s">
-        <v>3324</v>
+        <v>3282</v>
       </c>
       <c r="C844" t="s">
-        <v>3325</v>
+        <v>3283</v>
       </c>
       <c r="D844" s="1">
-        <v>2010000175941</v>
+        <v>5903351010757</v>
       </c>
       <c r="E844" t="s">
-        <v>3326</v>
+        <v>3284</v>
       </c>
       <c r="F844">
-        <v>12</v>
+        <v>0</v>
       </c>
     </row>
     <row r="845" spans="1:18">
       <c r="A845" t="s">
-        <v>3327</v>
+        <v>3285</v>
       </c>
       <c r="B845" t="s">
-        <v>3328</v>
+        <v>3286</v>
       </c>
       <c r="C845" t="s">
-        <v>3329</v>
+        <v>3287</v>
       </c>
       <c r="D845" s="1">
-        <v>2010000176221</v>
+        <v>5903351010825</v>
       </c>
       <c r="E845" t="s">
-        <v>3330</v>
+        <v>3288</v>
       </c>
       <c r="F845">
-        <v>1</v>
+        <v>23</v>
       </c>
     </row>
     <row r="846" spans="1:18">
       <c r="A846" t="s">
-        <v>3331</v>
+        <v>3289</v>
       </c>
       <c r="B846" t="s">
-        <v>3332</v>
+        <v>3290</v>
       </c>
       <c r="C846" t="s">
-        <v>3333</v>
+        <v>3291</v>
       </c>
       <c r="D846" s="1">
-        <v>5903351022699</v>
+        <v>5903351010818</v>
       </c>
       <c r="E846" t="s">
-        <v>3334</v>
+        <v>3292</v>
       </c>
       <c r="F846">
-        <v>53</v>
+        <v>168</v>
       </c>
     </row>
     <row r="847" spans="1:18">
       <c r="A847" t="s">
-        <v>3335</v>
+        <v>3293</v>
       </c>
       <c r="B847" t="s">
-        <v>3336</v>
+        <v>3294</v>
       </c>
       <c r="C847" t="s">
-        <v>3337</v>
+        <v>3295</v>
       </c>
       <c r="D847" s="1">
-        <v>5903351022705</v>
+        <v>5903351005487</v>
       </c>
       <c r="E847" t="s">
-        <v>3338</v>
+        <v>3296</v>
       </c>
       <c r="F847">
-        <v>20</v>
+        <v>2</v>
       </c>
     </row>
     <row r="848" spans="1:18">
       <c r="A848" t="s">
-        <v>3339</v>
+        <v>3297</v>
       </c>
       <c r="B848" t="s">
-        <v>3340</v>
+        <v>3298</v>
       </c>
       <c r="C848" t="s">
-        <v>3341</v>
+        <v>3299</v>
       </c>
       <c r="D848" s="1">
-        <v>5903351006897</v>
+        <v>5903351002479</v>
       </c>
       <c r="E848" t="s">
-        <v>3342</v>
+        <v>3300</v>
       </c>
       <c r="F848">
-        <v>12</v>
+        <v>861</v>
       </c>
     </row>
     <row r="849" spans="1:18">
       <c r="A849" t="s">
-        <v>3343</v>
+        <v>3301</v>
       </c>
       <c r="B849" t="s">
-        <v>3344</v>
+        <v>3302</v>
       </c>
       <c r="C849" t="s">
-        <v>3345</v>
+        <v>3303</v>
       </c>
       <c r="D849" s="1">
-        <v>5903351006880</v>
+        <v>5903351002486</v>
       </c>
       <c r="E849" t="s">
-        <v>3346</v>
+        <v>3304</v>
       </c>
       <c r="F849">
-        <v>75</v>
+        <v>277</v>
       </c>
     </row>
     <row r="850" spans="1:18">
+      <c r="A850" t="s">
+        <v>3305</v>
+      </c>
       <c r="B850" t="s">
-        <v>3347</v>
+        <v>3306</v>
       </c>
       <c r="C850" t="s">
-        <v>3348</v>
+        <v>3307</v>
       </c>
       <c r="D850" s="1">
-        <v>5903351002011</v>
+        <v>5903351005494</v>
       </c>
       <c r="E850" t="s">
-        <v>3349</v>
+        <v>3308</v>
       </c>
       <c r="F850">
         <v>0</v>
       </c>
     </row>
     <row r="851" spans="1:18">
       <c r="A851" t="s">
-        <v>3350</v>
+        <v>3309</v>
       </c>
       <c r="B851" t="s">
-        <v>3351</v>
+        <v>3310</v>
       </c>
       <c r="C851" t="s">
-        <v>3352</v>
+        <v>3311</v>
       </c>
       <c r="D851" s="1">
-        <v>5903351011518</v>
+        <v>5903351002493</v>
       </c>
       <c r="E851" t="s">
-        <v>3353</v>
+        <v>3312</v>
       </c>
       <c r="F851">
-        <v>0</v>
+        <v>41</v>
       </c>
     </row>
     <row r="852" spans="1:18">
       <c r="A852" t="s">
-        <v>3354</v>
+        <v>3313</v>
       </c>
       <c r="B852" t="s">
-        <v>3355</v>
+        <v>3314</v>
       </c>
       <c r="C852" t="s">
-        <v>3356</v>
+        <v>3315</v>
       </c>
       <c r="D852" s="1">
-        <v>5903351011532</v>
+        <v>5903351012928</v>
       </c>
       <c r="E852" t="s">
-        <v>3357</v>
+        <v>3316</v>
       </c>
       <c r="F852">
         <v>0</v>
       </c>
     </row>
     <row r="853" spans="1:18">
       <c r="A853" t="s">
-        <v>3358</v>
+        <v>3317</v>
       </c>
       <c r="B853" t="s">
-        <v>3359</v>
+        <v>3318</v>
       </c>
       <c r="C853" t="s">
-        <v>3360</v>
+        <v>3319</v>
       </c>
       <c r="D853" s="1">
-        <v>5903351005517</v>
+        <v>5903351012942</v>
       </c>
       <c r="E853" t="s">
-        <v>3361</v>
+        <v>3320</v>
       </c>
       <c r="F853">
         <v>0</v>
       </c>
     </row>
     <row r="854" spans="1:18">
       <c r="A854" t="s">
-        <v>3362</v>
+        <v>3321</v>
       </c>
       <c r="B854" t="s">
-        <v>3363</v>
+        <v>3322</v>
       </c>
       <c r="C854" t="s">
-        <v>3364</v>
+        <v>3323</v>
       </c>
       <c r="D854" s="1">
-        <v>5903351005531</v>
+        <v>5903351022996</v>
       </c>
       <c r="E854" t="s">
-        <v>3365</v>
+        <v>3316</v>
       </c>
       <c r="F854">
-        <v>2</v>
+        <v>27</v>
       </c>
     </row>
     <row r="855" spans="1:18">
       <c r="A855" t="s">
-        <v>3366</v>
+        <v>3324</v>
       </c>
       <c r="B855" t="s">
-        <v>3367</v>
+        <v>3325</v>
       </c>
       <c r="C855" t="s">
-        <v>3368</v>
+        <v>3326</v>
       </c>
       <c r="D855" s="1">
-        <v>5903351023764</v>
+        <v>5903351023009</v>
       </c>
       <c r="E855" t="s">
-        <v>3369</v>
+        <v>3327</v>
       </c>
       <c r="F855">
-        <v>69</v>
+        <v>2</v>
       </c>
     </row>
     <row r="856" spans="1:18">
       <c r="A856" t="s">
-        <v>3370</v>
+        <v>3328</v>
       </c>
       <c r="B856" t="s">
-        <v>3371</v>
+        <v>3329</v>
       </c>
       <c r="C856" t="s">
-        <v>3372</v>
+        <v>3330</v>
       </c>
       <c r="D856" s="1">
-        <v>5903351024112</v>
+        <v>5903351023016</v>
       </c>
       <c r="E856" t="s">
-        <v>3373</v>
+        <v>3320</v>
       </c>
       <c r="F856">
-        <v>9</v>
+        <v>0</v>
       </c>
     </row>
     <row r="857" spans="1:18">
       <c r="A857" t="s">
-        <v>3374</v>
+        <v>3331</v>
       </c>
       <c r="B857" t="s">
-        <v>3375</v>
+        <v>3332</v>
       </c>
       <c r="C857" t="s">
-        <v>3376</v>
+        <v>3333</v>
       </c>
       <c r="D857" s="1">
-        <v>5903351004589</v>
+        <v>5903351012959</v>
       </c>
       <c r="E857" t="s">
-        <v>3377</v>
+        <v>3334</v>
       </c>
       <c r="F857">
-        <v>26</v>
+        <v>43</v>
       </c>
     </row>
     <row r="858" spans="1:18">
       <c r="A858" t="s">
-        <v>3378</v>
+        <v>3335</v>
       </c>
       <c r="B858" t="s">
-        <v>3379</v>
+        <v>3336</v>
       </c>
       <c r="C858" t="s">
-        <v>3380</v>
+        <v>3337</v>
       </c>
       <c r="D858" s="1">
-        <v>5903351007269</v>
+        <v>5903351012966</v>
       </c>
       <c r="E858" t="s">
-        <v>3381</v>
+        <v>3338</v>
       </c>
       <c r="F858">
-        <v>11</v>
+        <v>72</v>
       </c>
     </row>
     <row r="859" spans="1:18">
       <c r="A859" t="s">
-        <v>3382</v>
+        <v>3339</v>
       </c>
       <c r="B859" t="s">
-        <v>3383</v>
+        <v>3340</v>
       </c>
       <c r="C859" t="s">
-        <v>3384</v>
+        <v>3341</v>
       </c>
       <c r="D859" s="1">
-        <v>5903351011747</v>
+        <v>5903351022675</v>
       </c>
       <c r="E859" t="s">
-        <v>3385</v>
+        <v>3342</v>
       </c>
       <c r="F859">
-        <v>28</v>
+        <v>0</v>
       </c>
     </row>
     <row r="860" spans="1:18">
       <c r="A860" t="s">
-        <v>3386</v>
+        <v>3343</v>
       </c>
       <c r="B860" t="s">
-        <v>3387</v>
+        <v>3344</v>
       </c>
       <c r="C860" t="s">
-        <v>3388</v>
+        <v>3345</v>
       </c>
       <c r="D860" s="1">
-        <v>5903351005562</v>
+        <v>5903351022682</v>
       </c>
       <c r="E860" t="s">
-        <v>3389</v>
+        <v>3338</v>
       </c>
       <c r="F860">
-        <v>91</v>
+        <v>0</v>
       </c>
     </row>
     <row r="861" spans="1:18">
       <c r="A861" t="s">
-        <v>3390</v>
+        <v>3346</v>
       </c>
       <c r="B861" t="s">
-        <v>3391</v>
+        <v>3347</v>
       </c>
       <c r="C861" t="s">
-        <v>3392</v>
+        <v>3348</v>
       </c>
       <c r="D861" s="1">
-        <v>5903351006422</v>
+        <v>5903351011136</v>
       </c>
       <c r="E861" t="s">
-        <v>3393</v>
+        <v>3349</v>
       </c>
       <c r="F861">
-        <v>205</v>
+        <v>20</v>
       </c>
     </row>
     <row r="862" spans="1:18">
       <c r="A862" t="s">
-        <v>3394</v>
+        <v>3350</v>
       </c>
       <c r="B862" t="s">
-        <v>3395</v>
+        <v>3351</v>
       </c>
       <c r="C862" t="s">
-        <v>3396</v>
+        <v>3352</v>
       </c>
       <c r="D862" s="1">
-        <v>5903351011365</v>
+        <v>5903351006088</v>
       </c>
       <c r="E862" t="s">
-        <v>3397</v>
+        <v>3353</v>
       </c>
       <c r="F862">
-        <v>137</v>
+        <v>2</v>
       </c>
     </row>
     <row r="863" spans="1:18">
       <c r="A863" t="s">
-        <v>3398</v>
+        <v>3354</v>
       </c>
       <c r="B863" t="s">
-        <v>3399</v>
+        <v>3355</v>
       </c>
       <c r="C863" t="s">
-        <v>3400</v>
+        <v>3356</v>
       </c>
       <c r="D863" s="1">
-        <v>5903351023221</v>
+        <v>2010000176283</v>
       </c>
       <c r="E863" t="s">
-        <v>3401</v>
+        <v>3357</v>
       </c>
       <c r="F863">
-        <v>235</v>
+        <v>4</v>
       </c>
     </row>
     <row r="864" spans="1:18">
       <c r="A864" t="s">
-        <v>3402</v>
+        <v>3358</v>
       </c>
       <c r="B864" t="s">
-        <v>3403</v>
+        <v>3359</v>
       </c>
       <c r="C864" t="s">
-        <v>3404</v>
+        <v>3360</v>
       </c>
       <c r="D864" s="1">
-        <v>5903351023238</v>
+        <v>2010000175941</v>
       </c>
       <c r="E864" t="s">
-        <v>3405</v>
+        <v>3361</v>
       </c>
       <c r="F864">
-        <v>65</v>
+        <v>6</v>
       </c>
     </row>
     <row r="865" spans="1:18">
       <c r="A865" t="s">
-        <v>3406</v>
+        <v>3362</v>
       </c>
       <c r="B865" t="s">
-        <v>3407</v>
+        <v>3363</v>
       </c>
       <c r="C865" t="s">
-        <v>3408</v>
+        <v>3364</v>
       </c>
       <c r="D865" s="1">
-        <v>5903351023245</v>
+        <v>2010000176221</v>
       </c>
       <c r="E865" t="s">
-        <v>3409</v>
+        <v>3365</v>
       </c>
       <c r="F865">
-        <v>185</v>
+        <v>2</v>
       </c>
     </row>
     <row r="866" spans="1:18">
       <c r="A866" t="s">
-        <v>3410</v>
+        <v>3366</v>
       </c>
       <c r="B866" t="s">
-        <v>3411</v>
+        <v>3367</v>
       </c>
       <c r="C866" t="s">
-        <v>3412</v>
+        <v>3368</v>
       </c>
       <c r="D866" s="1">
-        <v>5903351023252</v>
+        <v>5903351022699</v>
       </c>
       <c r="E866" t="s">
-        <v>3413</v>
+        <v>3369</v>
       </c>
       <c r="F866">
-        <v>72</v>
+        <v>23</v>
       </c>
     </row>
     <row r="867" spans="1:18">
       <c r="A867" t="s">
-        <v>3414</v>
+        <v>3370</v>
       </c>
       <c r="B867" t="s">
-        <v>3415</v>
+        <v>3371</v>
       </c>
       <c r="C867" t="s">
-        <v>3416</v>
+        <v>3372</v>
       </c>
       <c r="D867" s="1">
-        <v>5903351023269</v>
+        <v>5903351022705</v>
       </c>
       <c r="E867" t="s">
-        <v>3417</v>
+        <v>3373</v>
       </c>
       <c r="F867">
-        <v>178</v>
+        <v>27</v>
       </c>
     </row>
     <row r="868" spans="1:18">
       <c r="A868" t="s">
-        <v>3418</v>
+        <v>3374</v>
       </c>
       <c r="B868" t="s">
-        <v>3419</v>
+        <v>3375</v>
       </c>
       <c r="C868" t="s">
-        <v>3420</v>
+        <v>3376</v>
       </c>
       <c r="D868" s="1">
-        <v>5903351023276</v>
+        <v>5903351006897</v>
       </c>
       <c r="E868" t="s">
-        <v>3421</v>
+        <v>3377</v>
       </c>
       <c r="F868">
-        <v>177</v>
+        <v>10</v>
       </c>
     </row>
     <row r="869" spans="1:18">
       <c r="A869" t="s">
-        <v>3422</v>
+        <v>3378</v>
       </c>
       <c r="B869" t="s">
-        <v>3423</v>
+        <v>3379</v>
       </c>
       <c r="C869" t="s">
-        <v>3424</v>
+        <v>3380</v>
       </c>
       <c r="D869" s="1">
-        <v>5903351025461</v>
+        <v>5903351006880</v>
+      </c>
+      <c r="E869" t="s">
+        <v>3381</v>
       </c>
       <c r="F869">
-        <v>16</v>
+        <v>75</v>
       </c>
     </row>
     <row r="870" spans="1:18">
       <c r="A870" t="s">
-        <v>3425</v>
+        <v>3382</v>
       </c>
       <c r="B870" t="s">
-        <v>3426</v>
+        <v>3383</v>
       </c>
       <c r="C870" t="s">
-        <v>3427</v>
+        <v>3384</v>
       </c>
       <c r="D870" s="1">
-        <v>5903351023184</v>
+        <v>5903351011518</v>
       </c>
       <c r="E870" t="s">
-        <v>3428</v>
+        <v>3385</v>
       </c>
       <c r="F870">
-        <v>391</v>
+        <v>0</v>
       </c>
     </row>
     <row r="871" spans="1:18">
       <c r="A871" t="s">
-        <v>3429</v>
+        <v>3386</v>
       </c>
       <c r="B871" t="s">
-        <v>3430</v>
+        <v>3387</v>
       </c>
       <c r="C871" t="s">
-        <v>3431</v>
+        <v>3388</v>
       </c>
       <c r="D871" s="1">
-        <v>5903351023191</v>
+        <v>5903351011532</v>
       </c>
       <c r="E871" t="s">
-        <v>3432</v>
+        <v>3389</v>
       </c>
       <c r="F871">
-        <v>250</v>
+        <v>0</v>
       </c>
     </row>
     <row r="872" spans="1:18">
       <c r="A872" t="s">
-        <v>3433</v>
+        <v>3390</v>
       </c>
       <c r="B872" t="s">
-        <v>3434</v>
+        <v>3391</v>
       </c>
       <c r="C872" t="s">
-        <v>3435</v>
+        <v>3392</v>
       </c>
       <c r="D872" s="1">
-        <v>5903351025027</v>
+        <v>5903351005531</v>
       </c>
       <c r="E872" t="s">
-        <v>3436</v>
+        <v>3393</v>
       </c>
       <c r="F872">
-        <v>187</v>
+        <v>2</v>
       </c>
     </row>
     <row r="873" spans="1:18">
       <c r="A873" t="s">
-        <v>3437</v>
+        <v>3394</v>
       </c>
       <c r="B873" t="s">
-        <v>3438</v>
+        <v>3395</v>
       </c>
       <c r="C873" t="s">
-        <v>3439</v>
+        <v>3396</v>
       </c>
       <c r="D873" s="1">
-        <v>5903351025034</v>
+        <v>5903351023764</v>
       </c>
       <c r="E873" t="s">
-        <v>3440</v>
+        <v>3397</v>
       </c>
       <c r="F873">
-        <v>190</v>
+        <v>64</v>
       </c>
     </row>
     <row r="874" spans="1:18">
       <c r="A874" t="s">
-        <v>3441</v>
+        <v>3398</v>
       </c>
       <c r="B874" t="s">
-        <v>3442</v>
+        <v>3399</v>
       </c>
       <c r="C874" t="s">
-        <v>3443</v>
+        <v>3400</v>
       </c>
       <c r="D874" s="1">
-        <v>5903351025041</v>
+        <v>5903351024112</v>
       </c>
       <c r="E874" t="s">
-        <v>3444</v>
+        <v>3401</v>
       </c>
       <c r="F874">
-        <v>122</v>
+        <v>0</v>
       </c>
     </row>
     <row r="875" spans="1:18">
       <c r="A875" t="s">
-        <v>3445</v>
+        <v>3402</v>
       </c>
       <c r="B875" t="s">
-        <v>3446</v>
+        <v>3403</v>
       </c>
       <c r="C875" t="s">
-        <v>3447</v>
+        <v>3404</v>
       </c>
       <c r="D875" s="1">
-        <v>5903351025058</v>
+        <v>5903351004589</v>
       </c>
       <c r="E875" t="s">
-        <v>3448</v>
+        <v>3405</v>
       </c>
       <c r="F875">
-        <v>168</v>
+        <v>16</v>
       </c>
     </row>
     <row r="876" spans="1:18">
       <c r="A876" t="s">
-        <v>3449</v>
+        <v>3406</v>
       </c>
       <c r="B876" t="s">
-        <v>3450</v>
+        <v>3407</v>
       </c>
       <c r="C876" t="s">
-        <v>3451</v>
+        <v>3408</v>
       </c>
       <c r="D876" s="1">
-        <v>5903351006439</v>
+        <v>5903351007269</v>
       </c>
       <c r="E876" t="s">
-        <v>3452</v>
+        <v>3409</v>
       </c>
       <c r="F876">
-        <v>0</v>
+        <v>28</v>
       </c>
     </row>
     <row r="877" spans="1:18">
       <c r="A877" t="s">
-        <v>3453</v>
+        <v>3410</v>
       </c>
       <c r="B877" t="s">
-        <v>3454</v>
+        <v>3411</v>
       </c>
       <c r="C877" t="s">
-        <v>3455</v>
+        <v>3412</v>
       </c>
       <c r="D877" s="1">
-        <v>5903351010696</v>
+        <v>5903351011747</v>
       </c>
       <c r="E877" t="s">
-        <v>3456</v>
+        <v>3413</v>
       </c>
       <c r="F877">
-        <v>0</v>
+        <v>21</v>
       </c>
     </row>
     <row r="878" spans="1:18">
       <c r="A878" t="s">
-        <v>3457</v>
+        <v>3414</v>
       </c>
       <c r="B878" t="s">
-        <v>3458</v>
+        <v>3415</v>
       </c>
       <c r="C878" t="s">
-        <v>3459</v>
+        <v>3416</v>
       </c>
       <c r="D878" s="1">
-        <v>5903351006644</v>
+        <v>5903351005562</v>
       </c>
       <c r="E878" t="s">
-        <v>3460</v>
+        <v>3417</v>
       </c>
       <c r="F878">
-        <v>12</v>
+        <v>0</v>
       </c>
     </row>
     <row r="879" spans="1:18">
       <c r="A879" t="s">
-        <v>3461</v>
+        <v>3418</v>
       </c>
       <c r="B879" t="s">
-        <v>3462</v>
+        <v>3419</v>
       </c>
       <c r="C879" t="s">
-        <v>3463</v>
+        <v>3420</v>
       </c>
       <c r="D879" s="1">
-        <v>5903351025096</v>
+        <v>5903351006422</v>
       </c>
       <c r="E879" t="s">
-        <v>3464</v>
+        <v>3421</v>
       </c>
       <c r="F879">
-        <v>47</v>
+        <v>22</v>
       </c>
     </row>
     <row r="880" spans="1:18">
       <c r="A880" t="s">
-        <v>3465</v>
+        <v>3422</v>
       </c>
       <c r="B880" t="s">
-        <v>3466</v>
+        <v>3423</v>
       </c>
       <c r="C880" t="s">
-        <v>3467</v>
+        <v>3424</v>
       </c>
       <c r="D880" s="1">
-        <v>5903351012232</v>
+        <v>5903351011365</v>
       </c>
       <c r="E880" t="s">
-        <v>3468</v>
+        <v>3425</v>
       </c>
       <c r="F880">
-        <v>1</v>
+        <v>75</v>
       </c>
     </row>
     <row r="881" spans="1:18">
       <c r="A881" t="s">
-        <v>3469</v>
+        <v>3426</v>
       </c>
       <c r="B881" t="s">
-        <v>3470</v>
+        <v>3427</v>
       </c>
       <c r="C881" t="s">
-        <v>3471</v>
+        <v>3428</v>
       </c>
       <c r="D881" s="1">
-        <v>5903351011778</v>
+        <v>5903351023221</v>
       </c>
       <c r="E881" t="s">
-        <v>3472</v>
+        <v>3429</v>
       </c>
       <c r="F881">
-        <v>4</v>
+        <v>216</v>
       </c>
     </row>
     <row r="882" spans="1:18">
       <c r="A882" t="s">
-        <v>3473</v>
+        <v>3430</v>
       </c>
       <c r="B882" t="s">
-        <v>3474</v>
+        <v>3431</v>
       </c>
       <c r="C882" t="s">
-        <v>3475</v>
+        <v>3432</v>
       </c>
       <c r="D882" s="1">
-        <v>5903351012508</v>
+        <v>5903351023238</v>
       </c>
       <c r="E882" t="s">
-        <v>3476</v>
+        <v>3433</v>
       </c>
       <c r="F882">
-        <v>0</v>
+        <v>192</v>
       </c>
     </row>
     <row r="883" spans="1:18">
       <c r="A883" t="s">
-        <v>3477</v>
+        <v>3434</v>
       </c>
       <c r="B883" t="s">
-        <v>3478</v>
+        <v>3435</v>
       </c>
       <c r="C883" t="s">
-        <v>3479</v>
+        <v>3436</v>
       </c>
       <c r="D883" s="1">
-        <v>5903351012485</v>
+        <v>5903351023245</v>
       </c>
       <c r="E883" t="s">
-        <v>3480</v>
+        <v>3437</v>
       </c>
       <c r="F883">
-        <v>19</v>
+        <v>179</v>
       </c>
     </row>
     <row r="884" spans="1:18">
       <c r="A884" t="s">
-        <v>3481</v>
+        <v>3438</v>
       </c>
       <c r="B884" t="s">
-        <v>3482</v>
+        <v>3439</v>
       </c>
       <c r="C884" t="s">
-        <v>3483</v>
+        <v>3440</v>
       </c>
       <c r="D884" s="1">
-        <v>5903351012492</v>
+        <v>5903351023252</v>
       </c>
       <c r="E884" t="s">
-        <v>3484</v>
+        <v>3441</v>
       </c>
       <c r="F884">
-        <v>27</v>
+        <v>70</v>
       </c>
     </row>
     <row r="885" spans="1:18">
       <c r="A885" t="s">
-        <v>3485</v>
+        <v>3442</v>
       </c>
       <c r="B885" t="s">
-        <v>3486</v>
+        <v>3443</v>
       </c>
       <c r="C885" t="s">
-        <v>3487</v>
+        <v>3444</v>
       </c>
       <c r="D885" s="1">
-        <v>5903351013437</v>
+        <v>5903351023269</v>
       </c>
       <c r="E885" t="s">
-        <v>3488</v>
+        <v>3445</v>
       </c>
       <c r="F885">
-        <v>5</v>
+        <v>149</v>
       </c>
     </row>
     <row r="886" spans="1:18">
       <c r="A886" t="s">
-        <v>3489</v>
+        <v>3446</v>
       </c>
       <c r="B886" t="s">
-        <v>3490</v>
+        <v>3447</v>
       </c>
       <c r="C886" t="s">
-        <v>3491</v>
+        <v>3448</v>
       </c>
       <c r="D886" s="1">
-        <v>5903351023054</v>
+        <v>5903351023276</v>
       </c>
       <c r="E886" t="s">
-        <v>3492</v>
+        <v>3449</v>
       </c>
       <c r="F886">
-        <v>67</v>
+        <v>169</v>
       </c>
     </row>
     <row r="887" spans="1:18">
       <c r="A887" t="s">
-        <v>3493</v>
+        <v>3450</v>
       </c>
       <c r="B887" t="s">
-        <v>3494</v>
+        <v>3451</v>
       </c>
       <c r="C887" t="s">
-        <v>3495</v>
+        <v>3452</v>
       </c>
       <c r="D887" s="1">
-        <v>5903351023061</v>
-[...2 lines deleted...]
-        <v>3496</v>
+        <v>5903351025461</v>
       </c>
       <c r="F887">
-        <v>3</v>
+        <v>0</v>
       </c>
     </row>
     <row r="888" spans="1:18">
       <c r="A888" t="s">
-        <v>3497</v>
+        <v>3453</v>
       </c>
       <c r="B888" t="s">
-        <v>3498</v>
+        <v>3454</v>
       </c>
       <c r="C888" t="s">
-        <v>3499</v>
+        <v>3455</v>
       </c>
       <c r="D888" s="1">
-        <v>5903351023078</v>
+        <v>5903351023184</v>
       </c>
       <c r="E888" t="s">
-        <v>3500</v>
+        <v>3456</v>
       </c>
       <c r="F888">
-        <v>14</v>
+        <v>117</v>
       </c>
     </row>
     <row r="889" spans="1:18">
       <c r="A889" t="s">
-        <v>3501</v>
+        <v>3457</v>
       </c>
       <c r="B889" t="s">
-        <v>3502</v>
+        <v>3458</v>
       </c>
       <c r="C889" t="s">
-        <v>3503</v>
+        <v>3459</v>
       </c>
       <c r="D889" s="1">
-        <v>5903351023085</v>
+        <v>5903351023191</v>
       </c>
       <c r="E889" t="s">
-        <v>3504</v>
+        <v>3460</v>
       </c>
       <c r="F889">
-        <v>20</v>
+        <v>239</v>
       </c>
     </row>
     <row r="890" spans="1:18">
       <c r="A890" t="s">
-        <v>3505</v>
+        <v>3461</v>
       </c>
       <c r="B890" t="s">
-        <v>3506</v>
+        <v>3462</v>
       </c>
       <c r="C890" t="s">
-        <v>3507</v>
+        <v>3463</v>
       </c>
       <c r="D890" s="1">
-        <v>5903351005029</v>
+        <v>5903351023214</v>
       </c>
       <c r="E890" t="s">
-        <v>3508</v>
+        <v>3464</v>
       </c>
       <c r="F890">
-        <v>15</v>
+        <v>162</v>
       </c>
     </row>
     <row r="891" spans="1:18">
       <c r="A891" t="s">
-        <v>3509</v>
+        <v>3465</v>
       </c>
       <c r="B891" t="s">
-        <v>3510</v>
+        <v>3466</v>
       </c>
       <c r="C891" t="s">
-        <v>3511</v>
+        <v>3467</v>
       </c>
       <c r="D891" s="1">
-        <v>5903351005784</v>
+        <v>5903351023207</v>
       </c>
       <c r="E891" t="s">
-        <v>3512</v>
+        <v>3468</v>
       </c>
       <c r="F891">
-        <v>230</v>
+        <v>197</v>
       </c>
     </row>
     <row r="892" spans="1:18">
       <c r="A892" t="s">
-        <v>3513</v>
+        <v>3469</v>
       </c>
       <c r="B892" t="s">
-        <v>3514</v>
+        <v>3470</v>
       </c>
       <c r="C892" t="s">
-        <v>3515</v>
+        <v>3471</v>
       </c>
       <c r="D892" s="1">
-        <v>5903351005647</v>
+        <v>5903351025027</v>
       </c>
       <c r="E892" t="s">
-        <v>3516</v>
+        <v>3472</v>
       </c>
       <c r="F892">
-        <v>103</v>
+        <v>134</v>
       </c>
     </row>
     <row r="893" spans="1:18">
       <c r="A893" t="s">
-        <v>3517</v>
+        <v>3473</v>
       </c>
       <c r="B893" t="s">
-        <v>3518</v>
+        <v>3474</v>
       </c>
       <c r="C893" t="s">
-        <v>3519</v>
+        <v>3475</v>
       </c>
       <c r="D893" s="1">
-        <v>5903351025331</v>
+        <v>5903351025034</v>
       </c>
       <c r="E893" t="s">
-        <v>3520</v>
+        <v>3476</v>
       </c>
       <c r="F893">
-        <v>99</v>
+        <v>123</v>
       </c>
     </row>
     <row r="894" spans="1:18">
       <c r="A894" t="s">
-        <v>3521</v>
+        <v>3477</v>
       </c>
       <c r="B894" t="s">
-        <v>3522</v>
+        <v>3478</v>
       </c>
       <c r="C894" t="s">
-        <v>3523</v>
+        <v>3479</v>
       </c>
       <c r="D894" s="1">
-        <v>5903351025164</v>
+        <v>5903351025041</v>
       </c>
       <c r="E894" t="s">
-        <v>3524</v>
+        <v>3480</v>
       </c>
       <c r="F894">
-        <v>139</v>
+        <v>57</v>
       </c>
     </row>
     <row r="895" spans="1:18">
       <c r="A895" t="s">
-        <v>3525</v>
+        <v>3481</v>
       </c>
       <c r="B895" t="s">
-        <v>3526</v>
+        <v>3482</v>
       </c>
       <c r="C895" t="s">
-        <v>3527</v>
+        <v>3483</v>
       </c>
       <c r="D895" s="1">
-        <v>5903351025171</v>
+        <v>5903351025058</v>
       </c>
       <c r="E895" t="s">
-        <v>3528</v>
+        <v>3484</v>
       </c>
       <c r="F895">
-        <v>95</v>
+        <v>0</v>
       </c>
     </row>
     <row r="896" spans="1:18">
       <c r="A896" t="s">
-        <v>3529</v>
+        <v>3485</v>
       </c>
       <c r="B896" t="s">
-        <v>3530</v>
+        <v>3486</v>
       </c>
       <c r="C896" t="s">
-        <v>3531</v>
+        <v>3487</v>
       </c>
       <c r="D896" s="1">
-        <v>5903351005678</v>
+        <v>5903351006439</v>
       </c>
       <c r="E896" t="s">
-        <v>3532</v>
+        <v>3488</v>
       </c>
       <c r="F896">
-        <v>18</v>
+        <v>0</v>
       </c>
     </row>
     <row r="897" spans="1:18">
       <c r="A897" t="s">
-        <v>3533</v>
+        <v>3489</v>
       </c>
       <c r="B897" t="s">
-        <v>3534</v>
+        <v>3490</v>
       </c>
       <c r="C897" t="s">
-        <v>3535</v>
+        <v>3491</v>
       </c>
       <c r="D897" s="1">
-        <v>5903351005692</v>
+        <v>5903351010696</v>
       </c>
       <c r="E897" t="s">
-        <v>3536</v>
+        <v>3492</v>
       </c>
       <c r="F897">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="898" spans="1:18">
       <c r="A898" t="s">
-        <v>3537</v>
+        <v>3493</v>
       </c>
       <c r="B898" t="s">
-        <v>3538</v>
+        <v>3494</v>
       </c>
       <c r="C898" t="s">
-        <v>3539</v>
+        <v>3495</v>
       </c>
       <c r="D898" s="1">
-        <v>5903351006910</v>
+        <v>5903351006644</v>
       </c>
       <c r="E898" t="s">
-        <v>3540</v>
+        <v>3496</v>
       </c>
       <c r="F898">
-        <v>0</v>
+        <v>11</v>
       </c>
     </row>
     <row r="899" spans="1:18">
       <c r="A899" t="s">
-        <v>3541</v>
+        <v>3497</v>
       </c>
       <c r="B899" t="s">
-        <v>3542</v>
+        <v>3498</v>
       </c>
       <c r="C899" t="s">
-        <v>3543</v>
+        <v>3499</v>
       </c>
       <c r="D899" s="1">
-        <v>5903351005708</v>
+        <v>5903351025096</v>
       </c>
       <c r="E899" t="s">
-        <v>3544</v>
+        <v>3500</v>
       </c>
       <c r="F899">
-        <v>5</v>
+        <v>2</v>
       </c>
     </row>
     <row r="900" spans="1:18">
       <c r="A900" t="s">
-        <v>3545</v>
+        <v>3501</v>
       </c>
       <c r="B900" t="s">
-        <v>3546</v>
+        <v>3502</v>
       </c>
       <c r="C900" t="s">
-        <v>3547</v>
+        <v>3503</v>
       </c>
       <c r="D900" s="1">
-        <v>5903351005715</v>
+        <v>5903351012232</v>
       </c>
       <c r="E900" t="s">
-        <v>3548</v>
+        <v>3504</v>
       </c>
       <c r="F900">
         <v>0</v>
       </c>
     </row>
     <row r="901" spans="1:18">
       <c r="A901" t="s">
-        <v>3549</v>
+        <v>3505</v>
       </c>
       <c r="B901" t="s">
-        <v>3550</v>
+        <v>3506</v>
       </c>
       <c r="C901" t="s">
-        <v>3551</v>
+        <v>3507</v>
       </c>
       <c r="D901" s="1">
-        <v>5903351005722</v>
+        <v>5903351011778</v>
       </c>
       <c r="E901" t="s">
-        <v>3552</v>
+        <v>3508</v>
       </c>
       <c r="F901">
-        <v>328</v>
+        <v>0</v>
       </c>
     </row>
     <row r="902" spans="1:18">
       <c r="A902" t="s">
-        <v>3553</v>
+        <v>3509</v>
       </c>
       <c r="B902" t="s">
-        <v>3554</v>
+        <v>3510</v>
       </c>
       <c r="C902" t="s">
-        <v>3555</v>
+        <v>3511</v>
       </c>
       <c r="D902" s="1">
-        <v>5903351012997</v>
+        <v>5903351012508</v>
       </c>
       <c r="E902" t="s">
-        <v>3556</v>
+        <v>3512</v>
       </c>
       <c r="F902">
-        <v>47</v>
+        <v>30</v>
       </c>
     </row>
     <row r="903" spans="1:18">
       <c r="A903" t="s">
-        <v>3557</v>
+        <v>3513</v>
       </c>
       <c r="B903" t="s">
-        <v>3558</v>
+        <v>3514</v>
       </c>
       <c r="C903" t="s">
-        <v>3559</v>
+        <v>3515</v>
       </c>
       <c r="D903" s="1">
-        <v>5903351013000</v>
+        <v>5903351012485</v>
       </c>
       <c r="E903" t="s">
-        <v>3560</v>
+        <v>3516</v>
       </c>
       <c r="F903">
-        <v>31</v>
+        <v>40</v>
       </c>
     </row>
     <row r="904" spans="1:18">
       <c r="A904" t="s">
-        <v>3561</v>
+        <v>3517</v>
       </c>
       <c r="B904" t="s">
-        <v>3562</v>
+        <v>3518</v>
       </c>
       <c r="C904" t="s">
-        <v>3563</v>
+        <v>3519</v>
       </c>
       <c r="D904" s="1">
-        <v>5903351006514</v>
+        <v>5903351012492</v>
       </c>
       <c r="E904" t="s">
-        <v>3564</v>
+        <v>3520</v>
       </c>
       <c r="F904">
-        <v>0</v>
+        <v>63</v>
       </c>
     </row>
     <row r="905" spans="1:18">
       <c r="A905" t="s">
-        <v>3565</v>
+        <v>3521</v>
       </c>
       <c r="B905" t="s">
-        <v>3566</v>
+        <v>3522</v>
       </c>
       <c r="C905" t="s">
-        <v>3567</v>
+        <v>3523</v>
       </c>
       <c r="D905" s="1">
-        <v>5903351024129</v>
+        <v>5903351013437</v>
       </c>
       <c r="E905" t="s">
-        <v>3568</v>
+        <v>3524</v>
       </c>
       <c r="F905">
         <v>0</v>
       </c>
     </row>
     <row r="906" spans="1:18">
       <c r="A906" t="s">
-        <v>3569</v>
+        <v>3525</v>
       </c>
       <c r="B906" t="s">
-        <v>3570</v>
+        <v>3526</v>
       </c>
       <c r="C906" t="s">
-        <v>3571</v>
+        <v>3527</v>
       </c>
       <c r="D906" s="1">
-        <v>5903351024136</v>
+        <v>5903351023054</v>
       </c>
       <c r="E906" t="s">
-        <v>3572</v>
+        <v>3528</v>
       </c>
       <c r="F906">
-        <v>0</v>
+        <v>50</v>
       </c>
     </row>
     <row r="907" spans="1:18">
       <c r="A907" t="s">
-        <v>3573</v>
+        <v>3529</v>
       </c>
       <c r="B907" t="s">
-        <v>3574</v>
+        <v>3530</v>
       </c>
       <c r="C907" t="s">
-        <v>3575</v>
+        <v>3531</v>
       </c>
       <c r="D907" s="1">
-        <v>5903351024143</v>
+        <v>5903351023061</v>
       </c>
       <c r="E907" t="s">
-        <v>3576</v>
+        <v>3532</v>
       </c>
       <c r="F907">
         <v>0</v>
       </c>
     </row>
     <row r="908" spans="1:18">
       <c r="A908" t="s">
-        <v>3577</v>
+        <v>3533</v>
       </c>
       <c r="B908" t="s">
-        <v>3578</v>
+        <v>3534</v>
       </c>
       <c r="C908" t="s">
-        <v>3579</v>
+        <v>3535</v>
       </c>
       <c r="D908" s="1">
-        <v>5903351003605</v>
+        <v>5903351023078</v>
       </c>
       <c r="E908" t="s">
-        <v>3580</v>
+        <v>3536</v>
       </c>
       <c r="F908">
-        <v>6</v>
+        <v>2</v>
       </c>
     </row>
     <row r="909" spans="1:18">
       <c r="A909" t="s">
-        <v>3581</v>
+        <v>3537</v>
       </c>
       <c r="B909" t="s">
-        <v>3582</v>
+        <v>3538</v>
       </c>
       <c r="C909" t="s">
-        <v>3583</v>
+        <v>3539</v>
       </c>
       <c r="D909" s="1">
-        <v>5903351003612</v>
+        <v>5903351023085</v>
       </c>
       <c r="E909" t="s">
-        <v>3584</v>
+        <v>3540</v>
       </c>
       <c r="F909">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="910" spans="1:18">
       <c r="A910" t="s">
-        <v>3585</v>
+        <v>3541</v>
       </c>
       <c r="B910" t="s">
-        <v>3586</v>
+        <v>3542</v>
       </c>
       <c r="C910" t="s">
-        <v>3587</v>
+        <v>3543</v>
       </c>
       <c r="D910" s="1">
-        <v>5903351006071</v>
+        <v>5903351005029</v>
       </c>
       <c r="E910" t="s">
-        <v>3588</v>
+        <v>3544</v>
       </c>
       <c r="F910">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="911" spans="1:18">
       <c r="A911" t="s">
-        <v>3589</v>
+        <v>3545</v>
       </c>
       <c r="B911" t="s">
-        <v>3590</v>
+        <v>3546</v>
       </c>
       <c r="C911" t="s">
-        <v>3591</v>
+        <v>3547</v>
       </c>
       <c r="D911" s="1">
-        <v>5903351003629</v>
+        <v>5903351005784</v>
       </c>
       <c r="E911" t="s">
-        <v>3592</v>
+        <v>3548</v>
       </c>
       <c r="F911">
-        <v>12</v>
+        <v>230</v>
       </c>
     </row>
     <row r="912" spans="1:18">
       <c r="A912" t="s">
-        <v>3593</v>
+        <v>3549</v>
       </c>
       <c r="B912" t="s">
-        <v>3594</v>
+        <v>3550</v>
       </c>
       <c r="C912" t="s">
-        <v>3595</v>
+        <v>3551</v>
       </c>
       <c r="D912" s="1">
-        <v>5903351002646</v>
+        <v>5903351005647</v>
       </c>
       <c r="E912" t="s">
-        <v>3596</v>
+        <v>3552</v>
       </c>
       <c r="F912">
-        <v>23</v>
+        <v>103</v>
       </c>
     </row>
     <row r="913" spans="1:18">
       <c r="A913" t="s">
-        <v>3597</v>
+        <v>3553</v>
       </c>
       <c r="B913" t="s">
-        <v>3598</v>
+        <v>3554</v>
       </c>
       <c r="C913" t="s">
-        <v>3599</v>
+        <v>3555</v>
       </c>
       <c r="D913" s="1">
-        <v>5903351010283</v>
+        <v>5903351025331</v>
       </c>
       <c r="E913" t="s">
-        <v>3600</v>
+        <v>3556</v>
       </c>
       <c r="F913">
-        <v>26</v>
+        <v>0</v>
       </c>
     </row>
     <row r="914" spans="1:18">
       <c r="A914" t="s">
-        <v>3601</v>
+        <v>3557</v>
       </c>
       <c r="B914" t="s">
-        <v>3602</v>
+        <v>3558</v>
       </c>
       <c r="C914" t="s">
-        <v>3603</v>
+        <v>3559</v>
       </c>
       <c r="D914" s="1">
-        <v>5903351010955</v>
+        <v>5903351025164</v>
       </c>
       <c r="E914" t="s">
-        <v>3604</v>
+        <v>3560</v>
       </c>
       <c r="F914">
-        <v>14</v>
+        <v>114</v>
       </c>
     </row>
     <row r="915" spans="1:18">
       <c r="A915" t="s">
-        <v>3605</v>
+        <v>3561</v>
       </c>
       <c r="B915" t="s">
-        <v>3606</v>
+        <v>3562</v>
       </c>
       <c r="C915" t="s">
-        <v>3607</v>
+        <v>3563</v>
       </c>
       <c r="D915" s="1">
-        <v>5903351012003</v>
+        <v>5903351025171</v>
       </c>
       <c r="E915" t="s">
-        <v>3608</v>
+        <v>3564</v>
       </c>
       <c r="F915">
-        <v>11</v>
+        <v>88</v>
       </c>
     </row>
     <row r="916" spans="1:18">
       <c r="A916" t="s">
-        <v>3609</v>
+        <v>3565</v>
       </c>
       <c r="B916" t="s">
-        <v>3610</v>
+        <v>3566</v>
       </c>
       <c r="C916" t="s">
-        <v>3611</v>
+        <v>3567</v>
       </c>
       <c r="D916" s="1">
-        <v>5903351002653</v>
+        <v>5903351005678</v>
       </c>
       <c r="E916" t="s">
-        <v>3612</v>
+        <v>3568</v>
       </c>
       <c r="F916">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="917" spans="1:18">
       <c r="A917" t="s">
-        <v>3613</v>
+        <v>3569</v>
       </c>
       <c r="B917" t="s">
-        <v>3614</v>
+        <v>3570</v>
       </c>
       <c r="C917" t="s">
-        <v>3615</v>
+        <v>3571</v>
       </c>
       <c r="D917" s="1">
-        <v>5903351007511</v>
+        <v>5903351005692</v>
       </c>
       <c r="E917" t="s">
-        <v>3616</v>
+        <v>3572</v>
       </c>
       <c r="F917">
-        <v>25</v>
+        <v>0</v>
       </c>
     </row>
     <row r="918" spans="1:18">
       <c r="A918" t="s">
-        <v>3617</v>
+        <v>3573</v>
       </c>
       <c r="B918" t="s">
-        <v>3618</v>
+        <v>3574</v>
       </c>
       <c r="C918" t="s">
-        <v>3619</v>
-[...1 lines deleted...]
-      <c r="D918" s="1"/>
+        <v>3575</v>
+      </c>
+      <c r="D918" s="1">
+        <v>5903351006910</v>
+      </c>
       <c r="E918" t="s">
-        <v>3620</v>
+        <v>3576</v>
       </c>
       <c r="F918">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="919" spans="1:18">
       <c r="A919" t="s">
-        <v>3621</v>
+        <v>3577</v>
       </c>
       <c r="B919" t="s">
-        <v>3622</v>
+        <v>3578</v>
       </c>
       <c r="C919" t="s">
-        <v>3623</v>
+        <v>3579</v>
       </c>
       <c r="D919" s="1">
-        <v>5903351010962</v>
+        <v>5903351005708</v>
       </c>
       <c r="E919" t="s">
-        <v>3620</v>
+        <v>3580</v>
       </c>
       <c r="F919">
-        <v>23</v>
+        <v>1</v>
       </c>
     </row>
     <row r="920" spans="1:18">
       <c r="A920" t="s">
-        <v>3624</v>
+        <v>3581</v>
       </c>
       <c r="B920" t="s">
-        <v>3625</v>
+        <v>3582</v>
       </c>
       <c r="C920" t="s">
-        <v>3626</v>
+        <v>3583</v>
       </c>
       <c r="D920" s="1">
-        <v>5903351011990</v>
+        <v>5903351005715</v>
       </c>
       <c r="E920" t="s">
-        <v>3627</v>
+        <v>3584</v>
       </c>
       <c r="F920">
-        <v>20</v>
+        <v>0</v>
       </c>
     </row>
     <row r="921" spans="1:18">
       <c r="A921" t="s">
-        <v>3628</v>
+        <v>3585</v>
       </c>
       <c r="B921" t="s">
-        <v>3629</v>
+        <v>3586</v>
       </c>
       <c r="C921" t="s">
-        <v>3630</v>
+        <v>3587</v>
       </c>
       <c r="D921" s="1">
-        <v>5903351012652</v>
+        <v>5903351005722</v>
       </c>
       <c r="E921" t="s">
-        <v>3631</v>
+        <v>3588</v>
       </c>
       <c r="F921">
-        <v>2</v>
+        <v>295</v>
       </c>
     </row>
     <row r="922" spans="1:18">
       <c r="A922" t="s">
-        <v>3632</v>
+        <v>3589</v>
       </c>
       <c r="B922" t="s">
-        <v>3633</v>
+        <v>3590</v>
       </c>
       <c r="C922" t="s">
-        <v>3634</v>
+        <v>3591</v>
       </c>
       <c r="D922" s="1">
-        <v>5903351012669</v>
+        <v>5903351012997</v>
       </c>
       <c r="E922" t="s">
-        <v>3635</v>
+        <v>3592</v>
       </c>
       <c r="F922">
-        <v>14</v>
+        <v>0</v>
       </c>
     </row>
     <row r="923" spans="1:18">
       <c r="A923" t="s">
-        <v>3636</v>
+        <v>3593</v>
       </c>
       <c r="B923" t="s">
-        <v>3637</v>
+        <v>3594</v>
       </c>
       <c r="C923" t="s">
-        <v>3638</v>
+        <v>3595</v>
       </c>
       <c r="D923" s="1">
-        <v>5903351012676</v>
+        <v>5903351013000</v>
       </c>
       <c r="E923" t="s">
-        <v>3639</v>
+        <v>3596</v>
       </c>
       <c r="F923">
-        <v>9</v>
+        <v>75</v>
       </c>
     </row>
     <row r="924" spans="1:18">
       <c r="A924" t="s">
-        <v>3640</v>
+        <v>3597</v>
       </c>
       <c r="B924" t="s">
-        <v>3641</v>
+        <v>3598</v>
       </c>
       <c r="C924" t="s">
-        <v>3642</v>
+        <v>3599</v>
       </c>
       <c r="D924" s="1">
-        <v>5903351006224</v>
+        <v>5903351024129</v>
       </c>
       <c r="E924" t="s">
-        <v>3643</v>
+        <v>3600</v>
       </c>
       <c r="F924">
-        <v>13</v>
+        <v>1</v>
       </c>
     </row>
     <row r="925" spans="1:18">
       <c r="A925" t="s">
-        <v>3644</v>
+        <v>3601</v>
       </c>
       <c r="B925" t="s">
-        <v>3645</v>
+        <v>3602</v>
       </c>
       <c r="C925" t="s">
-        <v>3646</v>
+        <v>3603</v>
       </c>
       <c r="D925" s="1">
-        <v>5903351006231</v>
+        <v>5903351024136</v>
       </c>
       <c r="E925" t="s">
-        <v>3647</v>
+        <v>3604</v>
       </c>
       <c r="F925">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="926" spans="1:18">
       <c r="A926" t="s">
-        <v>3648</v>
+        <v>3605</v>
       </c>
       <c r="B926" t="s">
-        <v>3649</v>
+        <v>3606</v>
       </c>
       <c r="C926" t="s">
-        <v>3650</v>
+        <v>3607</v>
       </c>
       <c r="D926" s="1">
-        <v>5903351006248</v>
+        <v>5903351024143</v>
       </c>
       <c r="E926" t="s">
-        <v>3651</v>
+        <v>3608</v>
       </c>
       <c r="F926">
-        <v>14</v>
+        <v>1</v>
       </c>
     </row>
     <row r="927" spans="1:18">
       <c r="A927" t="s">
-        <v>3652</v>
+        <v>3609</v>
       </c>
       <c r="B927" t="s">
-        <v>3653</v>
+        <v>3610</v>
       </c>
       <c r="C927" t="s">
-        <v>3654</v>
+        <v>3611</v>
       </c>
       <c r="D927" s="1">
-        <v>5903351005180</v>
+        <v>5903351003605</v>
       </c>
       <c r="E927" t="s">
-        <v>3655</v>
+        <v>3612</v>
       </c>
       <c r="F927">
-        <v>28</v>
+        <v>0</v>
       </c>
     </row>
     <row r="928" spans="1:18">
       <c r="A928" t="s">
-        <v>3656</v>
+        <v>3613</v>
       </c>
       <c r="B928" t="s">
-        <v>3657</v>
+        <v>3614</v>
       </c>
       <c r="C928" t="s">
-        <v>3658</v>
+        <v>3615</v>
       </c>
       <c r="D928" s="1">
-        <v>5903351005197</v>
+        <v>5903351003612</v>
       </c>
       <c r="E928" t="s">
-        <v>3659</v>
+        <v>3616</v>
       </c>
       <c r="F928">
-        <v>27</v>
+        <v>0</v>
       </c>
     </row>
     <row r="929" spans="1:18">
       <c r="A929" t="s">
-        <v>3660</v>
+        <v>3617</v>
       </c>
       <c r="B929" t="s">
-        <v>3661</v>
+        <v>3618</v>
       </c>
       <c r="C929" t="s">
-        <v>3662</v>
+        <v>3619</v>
       </c>
       <c r="D929" s="1">
-        <v>5903351005227</v>
+        <v>5903351006071</v>
       </c>
       <c r="E929" t="s">
-        <v>3663</v>
+        <v>3620</v>
       </c>
       <c r="F929">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="930" spans="1:18">
       <c r="A930" t="s">
-        <v>3664</v>
+        <v>3621</v>
       </c>
       <c r="B930" t="s">
-        <v>3665</v>
+        <v>3622</v>
       </c>
       <c r="C930" t="s">
-        <v>3666</v>
+        <v>3623</v>
       </c>
       <c r="D930" s="1">
-        <v>5903351025256</v>
+        <v>5903351003629</v>
       </c>
       <c r="E930" t="s">
-        <v>3667</v>
+        <v>3624</v>
       </c>
       <c r="F930">
-        <v>39</v>
+        <v>33</v>
       </c>
     </row>
     <row r="931" spans="1:18">
       <c r="A931" t="s">
-        <v>3668</v>
+        <v>3625</v>
       </c>
       <c r="B931" t="s">
-        <v>3669</v>
+        <v>3626</v>
       </c>
       <c r="C931" t="s">
-        <v>3670</v>
+        <v>3627</v>
       </c>
       <c r="D931" s="1">
-        <v>5903351025218</v>
+        <v>5903351002646</v>
       </c>
       <c r="E931" t="s">
-        <v>3671</v>
+        <v>3628</v>
       </c>
       <c r="F931">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="932" spans="1:18">
       <c r="A932" t="s">
-        <v>3672</v>
+        <v>3629</v>
       </c>
       <c r="B932" t="s">
-        <v>3673</v>
+        <v>3630</v>
       </c>
       <c r="C932" t="s">
-        <v>3674</v>
+        <v>3631</v>
       </c>
       <c r="D932" s="1">
-        <v>5903351025249</v>
+        <v>5903351010283</v>
       </c>
       <c r="E932" t="s">
-        <v>3675</v>
+        <v>3632</v>
       </c>
       <c r="F932">
-        <v>36</v>
+        <v>26</v>
       </c>
     </row>
     <row r="933" spans="1:18">
       <c r="A933" t="s">
-        <v>3676</v>
+        <v>3633</v>
       </c>
       <c r="B933" t="s">
-        <v>3677</v>
+        <v>3634</v>
       </c>
       <c r="C933" t="s">
-        <v>3678</v>
+        <v>3635</v>
       </c>
       <c r="D933" s="1">
-        <v>5903351025195</v>
+        <v>5903351010955</v>
       </c>
       <c r="E933" t="s">
-        <v>3679</v>
+        <v>3636</v>
       </c>
       <c r="F933">
-        <v>40</v>
+        <v>8</v>
       </c>
     </row>
     <row r="934" spans="1:18">
       <c r="A934" t="s">
-        <v>3680</v>
+        <v>3637</v>
       </c>
       <c r="B934" t="s">
-        <v>3681</v>
+        <v>3638</v>
       </c>
       <c r="C934" t="s">
-        <v>3682</v>
+        <v>3639</v>
       </c>
       <c r="D934" s="1">
-        <v>5903351025263</v>
+        <v>5903351012003</v>
       </c>
       <c r="E934" t="s">
-        <v>3667</v>
+        <v>3640</v>
       </c>
       <c r="F934">
-        <v>8</v>
+        <v>9</v>
       </c>
     </row>
     <row r="935" spans="1:18">
       <c r="A935" t="s">
-        <v>3683</v>
+        <v>3641</v>
       </c>
       <c r="B935" t="s">
-        <v>3684</v>
+        <v>3642</v>
       </c>
       <c r="C935" t="s">
-        <v>3685</v>
+        <v>3643</v>
       </c>
       <c r="D935" s="1">
-        <v>5903351025225</v>
+        <v>5903351002653</v>
       </c>
       <c r="E935" t="s">
-        <v>3686</v>
+        <v>3644</v>
       </c>
       <c r="F935">
-        <v>9</v>
+        <v>3</v>
       </c>
     </row>
     <row r="936" spans="1:18">
       <c r="A936" t="s">
-        <v>3687</v>
+        <v>3645</v>
       </c>
       <c r="B936" t="s">
-        <v>3688</v>
+        <v>3646</v>
       </c>
       <c r="C936" t="s">
-        <v>3689</v>
+        <v>3647</v>
       </c>
       <c r="D936" s="1">
-        <v>5903351025232</v>
+        <v>5903351007511</v>
       </c>
       <c r="E936" t="s">
-        <v>3690</v>
+        <v>3648</v>
       </c>
       <c r="F936">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="937" spans="1:18">
       <c r="A937" t="s">
-        <v>3691</v>
+        <v>3649</v>
       </c>
       <c r="B937" t="s">
-        <v>3692</v>
+        <v>3650</v>
       </c>
       <c r="C937" t="s">
-        <v>3693</v>
-[...3 lines deleted...]
-      </c>
+        <v>3651</v>
+      </c>
+      <c r="D937" s="1"/>
       <c r="E937" t="s">
-        <v>3694</v>
+        <v>3652</v>
       </c>
       <c r="F937">
-        <v>7</v>
+        <v>1</v>
       </c>
     </row>
     <row r="938" spans="1:18">
       <c r="A938" t="s">
-        <v>3695</v>
+        <v>3653</v>
       </c>
       <c r="B938" t="s">
-        <v>3696</v>
+        <v>3654</v>
       </c>
       <c r="C938" t="s">
-        <v>3697</v>
+        <v>3655</v>
       </c>
       <c r="D938" s="1">
-        <v>5903351003346</v>
+        <v>5903351010962</v>
       </c>
       <c r="E938" t="s">
-        <v>3698</v>
+        <v>3652</v>
       </c>
       <c r="F938">
-        <v>255</v>
+        <v>18</v>
       </c>
     </row>
     <row r="939" spans="1:18">
       <c r="A939" t="s">
-        <v>3699</v>
+        <v>3656</v>
       </c>
       <c r="B939" t="s">
-        <v>3700</v>
+        <v>3657</v>
       </c>
       <c r="C939" t="s">
-        <v>3701</v>
+        <v>3658</v>
       </c>
       <c r="D939" s="1">
-        <v>5903351010931</v>
+        <v>5903351011990</v>
       </c>
       <c r="E939" t="s">
-        <v>3702</v>
+        <v>3659</v>
       </c>
       <c r="F939">
-        <v>133</v>
+        <v>14</v>
       </c>
     </row>
     <row r="940" spans="1:18">
       <c r="A940" t="s">
-        <v>3703</v>
+        <v>3660</v>
       </c>
       <c r="B940" t="s">
-        <v>3704</v>
+        <v>3661</v>
       </c>
       <c r="C940" t="s">
-        <v>3705</v>
+        <v>3662</v>
       </c>
       <c r="D940" s="1">
-        <v>5903351010948</v>
+        <v>5903351012652</v>
       </c>
       <c r="E940" t="s">
-        <v>3706</v>
+        <v>3663</v>
       </c>
       <c r="F940">
-        <v>105</v>
+        <v>1</v>
       </c>
     </row>
     <row r="941" spans="1:18">
       <c r="A941" t="s">
-        <v>3707</v>
+        <v>3664</v>
       </c>
       <c r="B941" t="s">
-        <v>3708</v>
+        <v>3665</v>
       </c>
       <c r="C941" t="s">
-        <v>3709</v>
+        <v>3666</v>
       </c>
       <c r="D941" s="1">
-        <v>5903351005982</v>
+        <v>5903351012669</v>
       </c>
       <c r="E941" t="s">
-        <v>755</v>
+        <v>3667</v>
       </c>
       <c r="F941">
-        <v>190</v>
+        <v>0</v>
       </c>
     </row>
     <row r="942" spans="1:18">
       <c r="A942" t="s">
-        <v>3710</v>
+        <v>3668</v>
       </c>
       <c r="B942" t="s">
-        <v>3711</v>
+        <v>3669</v>
       </c>
       <c r="C942" t="s">
-        <v>3712</v>
+        <v>3670</v>
       </c>
       <c r="D942" s="1">
-        <v>5903351005968</v>
+        <v>5903351012676</v>
       </c>
       <c r="E942" t="s">
-        <v>3713</v>
+        <v>3671</v>
       </c>
       <c r="F942">
-        <v>51</v>
+        <v>0</v>
       </c>
     </row>
     <row r="943" spans="1:18">
       <c r="A943" t="s">
-        <v>3714</v>
+        <v>3672</v>
       </c>
       <c r="B943" t="s">
-        <v>3715</v>
+        <v>3673</v>
       </c>
       <c r="C943" t="s">
-        <v>3716</v>
+        <v>3674</v>
       </c>
       <c r="D943" s="1">
-        <v>5903351005975</v>
+        <v>5903351006224</v>
       </c>
       <c r="E943" t="s">
-        <v>759</v>
+        <v>3675</v>
       </c>
       <c r="F943">
-        <v>83</v>
+        <v>0</v>
       </c>
     </row>
     <row r="944" spans="1:18">
       <c r="A944" t="s">
-        <v>3717</v>
+        <v>3676</v>
       </c>
       <c r="B944" t="s">
-        <v>3718</v>
+        <v>3677</v>
       </c>
       <c r="C944" t="s">
-        <v>3719</v>
+        <v>3678</v>
       </c>
       <c r="D944" s="1">
-        <v>5903351011839</v>
+        <v>5903351006231</v>
       </c>
       <c r="E944" t="s">
-        <v>3720</v>
+        <v>3679</v>
       </c>
       <c r="F944">
-        <v>64</v>
+        <v>0</v>
       </c>
     </row>
     <row r="945" spans="1:18">
       <c r="A945" t="s">
-        <v>3721</v>
+        <v>3680</v>
       </c>
       <c r="B945" t="s">
-        <v>3722</v>
+        <v>3681</v>
       </c>
       <c r="C945" t="s">
-        <v>3723</v>
+        <v>3682</v>
       </c>
       <c r="D945" s="1">
-        <v>5903351011846</v>
+        <v>5903351006248</v>
       </c>
       <c r="E945" t="s">
-        <v>3724</v>
+        <v>3683</v>
       </c>
       <c r="F945">
-        <v>73</v>
+        <v>2</v>
       </c>
     </row>
     <row r="946" spans="1:18">
       <c r="A946" t="s">
-        <v>3725</v>
+        <v>3684</v>
       </c>
       <c r="B946" t="s">
-        <v>3726</v>
+        <v>3685</v>
       </c>
       <c r="C946" t="s">
-        <v>3727</v>
+        <v>3686</v>
       </c>
       <c r="D946" s="1">
-        <v>5903351011891</v>
+        <v>5903351005180</v>
       </c>
       <c r="E946" t="s">
-        <v>3728</v>
+        <v>3687</v>
       </c>
       <c r="F946">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="947" spans="1:18">
       <c r="A947" t="s">
-        <v>3729</v>
+        <v>3688</v>
       </c>
       <c r="B947" t="s">
-        <v>3730</v>
+        <v>3689</v>
       </c>
       <c r="C947" t="s">
-        <v>3731</v>
+        <v>3690</v>
       </c>
       <c r="D947" s="1">
-        <v>5903351007313</v>
+        <v>5903351005197</v>
       </c>
       <c r="E947" t="s">
-        <v>3732</v>
+        <v>3691</v>
       </c>
       <c r="F947">
-        <v>57</v>
+        <v>12</v>
       </c>
     </row>
     <row r="948" spans="1:18">
       <c r="A948" t="s">
-        <v>3733</v>
+        <v>3692</v>
       </c>
       <c r="B948" t="s">
-        <v>3734</v>
+        <v>3693</v>
       </c>
       <c r="C948" t="s">
-        <v>3735</v>
+        <v>3694</v>
       </c>
       <c r="D948" s="1">
-        <v>5903351007320</v>
+        <v>5903351005227</v>
       </c>
       <c r="E948" t="s">
-        <v>3736</v>
+        <v>3695</v>
       </c>
       <c r="F948">
-        <v>0</v>
+        <v>9</v>
       </c>
     </row>
     <row r="949" spans="1:18">
       <c r="A949" t="s">
-        <v>3737</v>
+        <v>3696</v>
       </c>
       <c r="B949" t="s">
-        <v>3738</v>
+        <v>3697</v>
       </c>
       <c r="C949" t="s">
-        <v>3739</v>
+        <v>3698</v>
       </c>
       <c r="D949" s="1">
-        <v>5903351025119</v>
+        <v>5903351025256</v>
       </c>
       <c r="E949" t="s">
-        <v>3740</v>
+        <v>3699</v>
       </c>
       <c r="F949">
-        <v>45</v>
+        <v>38</v>
       </c>
     </row>
     <row r="950" spans="1:18">
       <c r="A950" t="s">
-        <v>3741</v>
+        <v>3700</v>
       </c>
       <c r="B950" t="s">
-        <v>3742</v>
+        <v>3701</v>
       </c>
       <c r="C950" t="s">
-        <v>3743</v>
+        <v>3702</v>
       </c>
       <c r="D950" s="1">
-        <v>5903351025126</v>
+        <v>5903351025218</v>
       </c>
       <c r="E950" t="s">
-        <v>3744</v>
+        <v>3703</v>
       </c>
       <c r="F950">
-        <v>45</v>
+        <v>32</v>
       </c>
     </row>
     <row r="951" spans="1:18">
       <c r="A951" t="s">
-        <v>3745</v>
+        <v>3704</v>
       </c>
       <c r="B951" t="s">
-        <v>3746</v>
+        <v>3705</v>
       </c>
       <c r="C951" t="s">
-        <v>3747</v>
+        <v>3706</v>
       </c>
       <c r="D951" s="1">
-        <v>2010000176443</v>
+        <v>5903351025249</v>
       </c>
       <c r="E951" t="s">
-        <v>3748</v>
+        <v>3707</v>
       </c>
       <c r="F951">
-        <v>3</v>
+        <v>36</v>
       </c>
     </row>
     <row r="952" spans="1:18">
       <c r="A952" t="s">
-        <v>3749</v>
+        <v>3708</v>
       </c>
       <c r="B952" t="s">
-        <v>3750</v>
+        <v>3709</v>
       </c>
       <c r="C952" t="s">
-        <v>3751</v>
+        <v>3710</v>
       </c>
       <c r="D952" s="1">
-        <v>5903351002943</v>
+        <v>5903351025195</v>
       </c>
       <c r="E952" t="s">
-        <v>3752</v>
+        <v>3711</v>
       </c>
       <c r="F952">
-        <v>1</v>
+        <v>40</v>
       </c>
     </row>
     <row r="953" spans="1:18">
       <c r="A953" t="s">
-        <v>3753</v>
+        <v>3712</v>
       </c>
       <c r="B953" t="s">
-        <v>3754</v>
+        <v>3713</v>
       </c>
       <c r="C953" t="s">
-        <v>3755</v>
+        <v>3714</v>
       </c>
       <c r="D953" s="1">
-        <v>5903351023825</v>
+        <v>5903351025263</v>
       </c>
       <c r="E953" t="s">
-        <v>3756</v>
+        <v>3699</v>
       </c>
       <c r="F953">
-        <v>128</v>
+        <v>7</v>
       </c>
     </row>
     <row r="954" spans="1:18">
       <c r="A954" t="s">
-        <v>3757</v>
+        <v>3715</v>
       </c>
       <c r="B954" t="s">
-        <v>3758</v>
+        <v>3716</v>
       </c>
       <c r="C954" t="s">
-        <v>3759</v>
+        <v>3717</v>
       </c>
       <c r="D954" s="1">
-        <v>5903351023832</v>
+        <v>5903351025225</v>
       </c>
       <c r="E954" t="s">
-        <v>3760</v>
+        <v>3718</v>
       </c>
       <c r="F954">
-        <v>61</v>
+        <v>9</v>
       </c>
     </row>
     <row r="955" spans="1:18">
       <c r="A955" t="s">
-        <v>3761</v>
+        <v>3719</v>
       </c>
       <c r="B955" t="s">
-        <v>3762</v>
+        <v>3720</v>
       </c>
       <c r="C955" t="s">
-        <v>3763</v>
+        <v>3721</v>
       </c>
       <c r="D955" s="1">
-        <v>5903351023849</v>
+        <v>5903351025232</v>
       </c>
       <c r="E955" t="s">
-        <v>3764</v>
+        <v>3722</v>
       </c>
       <c r="F955">
-        <v>55</v>
+        <v>8</v>
       </c>
     </row>
     <row r="956" spans="1:18">
       <c r="A956" t="s">
-        <v>3765</v>
+        <v>3723</v>
       </c>
       <c r="B956" t="s">
-        <v>3766</v>
+        <v>3724</v>
       </c>
       <c r="C956" t="s">
-        <v>3767</v>
+        <v>3725</v>
       </c>
       <c r="D956" s="1">
-        <v>5903351023856</v>
+        <v>5903351025201</v>
       </c>
       <c r="E956" t="s">
-        <v>3768</v>
+        <v>3726</v>
       </c>
       <c r="F956">
-        <v>101</v>
+        <v>7</v>
       </c>
     </row>
     <row r="957" spans="1:18">
       <c r="A957" t="s">
-        <v>3769</v>
+        <v>3727</v>
       </c>
       <c r="B957" t="s">
-        <v>3770</v>
+        <v>3728</v>
       </c>
       <c r="C957" t="s">
-        <v>3771</v>
+        <v>3729</v>
       </c>
       <c r="D957" s="1">
-        <v>5903351023863</v>
+        <v>5903351003346</v>
       </c>
       <c r="E957" t="s">
-        <v>3772</v>
+        <v>3730</v>
       </c>
       <c r="F957">
-        <v>89</v>
+        <v>135</v>
       </c>
     </row>
     <row r="958" spans="1:18">
       <c r="A958" t="s">
-        <v>3773</v>
+        <v>3731</v>
       </c>
       <c r="B958" t="s">
-        <v>3774</v>
+        <v>3732</v>
       </c>
       <c r="C958" t="s">
-        <v>3775</v>
+        <v>3733</v>
       </c>
       <c r="D958" s="1">
-        <v>5903351023870</v>
+        <v>5903351010931</v>
       </c>
       <c r="E958" t="s">
-        <v>3776</v>
+        <v>3734</v>
       </c>
       <c r="F958">
-        <v>90</v>
+        <v>122</v>
       </c>
     </row>
     <row r="959" spans="1:18">
       <c r="A959" t="s">
-        <v>3777</v>
+        <v>3735</v>
       </c>
       <c r="B959" t="s">
-        <v>3778</v>
+        <v>3736</v>
       </c>
       <c r="C959" t="s">
-        <v>3779</v>
+        <v>3737</v>
       </c>
       <c r="D959" s="1">
-        <v>5903351007429</v>
+        <v>5903351010948</v>
       </c>
       <c r="E959" t="s">
-        <v>3780</v>
+        <v>3738</v>
       </c>
       <c r="F959">
-        <v>44</v>
+        <v>100</v>
       </c>
     </row>
     <row r="960" spans="1:18">
       <c r="A960" t="s">
-        <v>3781</v>
+        <v>3739</v>
       </c>
       <c r="B960" t="s">
-        <v>3782</v>
+        <v>3740</v>
       </c>
       <c r="C960" t="s">
-        <v>3783</v>
+        <v>3741</v>
       </c>
       <c r="D960" s="1">
-        <v>5903351007436</v>
+        <v>5903351005982</v>
       </c>
       <c r="E960" t="s">
-        <v>3784</v>
+        <v>735</v>
       </c>
       <c r="F960">
-        <v>38</v>
+        <v>157</v>
       </c>
     </row>
     <row r="961" spans="1:18">
       <c r="A961" t="s">
-        <v>3785</v>
+        <v>3742</v>
       </c>
       <c r="B961" t="s">
-        <v>3786</v>
+        <v>3743</v>
       </c>
       <c r="C961" t="s">
-        <v>3787</v>
+        <v>3744</v>
       </c>
       <c r="D961" s="1">
-        <v>5903351007443</v>
+        <v>5903351005968</v>
       </c>
       <c r="E961" t="s">
-        <v>3788</v>
+        <v>3745</v>
       </c>
       <c r="F961">
-        <v>30</v>
+        <v>5</v>
       </c>
     </row>
     <row r="962" spans="1:18">
       <c r="A962" t="s">
-        <v>3789</v>
+        <v>3746</v>
       </c>
       <c r="B962" t="s">
-        <v>3790</v>
+        <v>3747</v>
       </c>
       <c r="C962" t="s">
-        <v>3791</v>
+        <v>3748</v>
       </c>
       <c r="D962" s="1">
-        <v>5903351024099</v>
+        <v>5903351005975</v>
       </c>
       <c r="E962" t="s">
-        <v>3792</v>
+        <v>739</v>
       </c>
       <c r="F962">
-        <v>0</v>
+        <v>86</v>
       </c>
     </row>
     <row r="963" spans="1:18">
       <c r="A963" t="s">
-        <v>3793</v>
+        <v>3749</v>
       </c>
       <c r="B963" t="s">
-        <v>3794</v>
+        <v>3750</v>
       </c>
       <c r="C963" t="s">
-        <v>3795</v>
+        <v>3751</v>
       </c>
       <c r="D963" s="1">
-        <v>5903351024105</v>
+        <v>5903351011839</v>
       </c>
       <c r="E963" t="s">
-        <v>3792</v>
+        <v>3752</v>
       </c>
       <c r="F963">
-        <v>0</v>
+        <v>62</v>
       </c>
     </row>
     <row r="964" spans="1:18">
       <c r="A964" t="s">
-        <v>3796</v>
+        <v>3753</v>
       </c>
       <c r="B964" t="s">
-        <v>3797</v>
+        <v>3754</v>
       </c>
       <c r="C964" t="s">
-        <v>3798</v>
+        <v>3755</v>
       </c>
       <c r="D964" s="1">
-        <v>5903351010993</v>
+        <v>5903351011846</v>
       </c>
       <c r="E964" t="s">
-        <v>3799</v>
+        <v>3756</v>
       </c>
       <c r="F964">
-        <v>26</v>
+        <v>55</v>
       </c>
     </row>
     <row r="965" spans="1:18">
       <c r="A965" t="s">
-        <v>3800</v>
+        <v>3757</v>
       </c>
       <c r="B965" t="s">
-        <v>3801</v>
+        <v>3758</v>
       </c>
       <c r="C965" t="s">
-        <v>3802</v>
+        <v>3759</v>
       </c>
       <c r="D965" s="1">
-        <v>5903351012805</v>
+        <v>5903351011891</v>
       </c>
       <c r="E965" t="s">
-        <v>3803</v>
+        <v>3760</v>
       </c>
       <c r="F965">
-        <v>49</v>
+        <v>17</v>
       </c>
     </row>
     <row r="966" spans="1:18">
       <c r="A966" t="s">
-        <v>3804</v>
+        <v>3761</v>
       </c>
       <c r="B966" t="s">
-        <v>3805</v>
+        <v>3762</v>
       </c>
       <c r="C966" t="s">
-        <v>3806</v>
+        <v>3763</v>
       </c>
       <c r="D966" s="1">
-        <v>5903351012812</v>
+        <v>5903351007313</v>
       </c>
       <c r="E966" t="s">
-        <v>3807</v>
+        <v>3764</v>
       </c>
       <c r="F966">
-        <v>29</v>
+        <v>55</v>
       </c>
     </row>
     <row r="967" spans="1:18">
       <c r="A967" t="s">
-        <v>3808</v>
+        <v>3765</v>
       </c>
       <c r="B967" t="s">
-        <v>3809</v>
+        <v>3766</v>
       </c>
       <c r="C967" t="s">
-        <v>3810</v>
+        <v>3767</v>
       </c>
       <c r="D967" s="1">
-        <v>5903351010986</v>
+        <v>5903351007320</v>
       </c>
       <c r="E967" t="s">
-        <v>3811</v>
+        <v>3768</v>
       </c>
       <c r="F967">
-        <v>42</v>
+        <v>0</v>
       </c>
     </row>
     <row r="968" spans="1:18">
       <c r="A968" t="s">
-        <v>3812</v>
+        <v>3769</v>
       </c>
       <c r="B968" t="s">
-        <v>3813</v>
+        <v>3770</v>
       </c>
       <c r="C968" t="s">
-        <v>3814</v>
+        <v>3771</v>
       </c>
       <c r="D968" s="1">
-        <v>5903351012829</v>
+        <v>5903351025119</v>
       </c>
       <c r="E968" t="s">
-        <v>3815</v>
+        <v>3772</v>
       </c>
       <c r="F968">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="969" spans="1:18">
       <c r="A969" t="s">
-        <v>3816</v>
+        <v>3773</v>
       </c>
       <c r="B969" t="s">
-        <v>3817</v>
+        <v>3774</v>
       </c>
       <c r="C969" t="s">
-        <v>3818</v>
+        <v>3775</v>
       </c>
       <c r="D969" s="1">
-        <v>5903351012836</v>
+        <v>5903351025126</v>
       </c>
       <c r="E969" t="s">
-        <v>3819</v>
+        <v>3776</v>
       </c>
       <c r="F969">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="970" spans="1:18">
       <c r="A970" t="s">
-        <v>3820</v>
+        <v>3777</v>
       </c>
       <c r="B970" t="s">
-        <v>3821</v>
+        <v>3778</v>
       </c>
       <c r="C970" t="s">
-        <v>3822</v>
+        <v>3779</v>
       </c>
       <c r="D970" s="1">
-        <v>5903351013024</v>
+        <v>5903351023825</v>
       </c>
       <c r="E970" t="s">
-        <v>3823</v>
+        <v>3780</v>
       </c>
       <c r="F970">
-        <v>72</v>
+        <v>19</v>
       </c>
     </row>
     <row r="971" spans="1:18">
       <c r="A971" t="s">
-        <v>3824</v>
+        <v>3781</v>
       </c>
       <c r="B971" t="s">
-        <v>3825</v>
+        <v>3782</v>
       </c>
       <c r="C971" t="s">
-        <v>3826</v>
+        <v>3783</v>
       </c>
       <c r="D971" s="1">
-        <v>5903351013017</v>
+        <v>5903351023832</v>
       </c>
       <c r="E971" t="s">
-        <v>3827</v>
+        <v>3784</v>
       </c>
       <c r="F971">
-        <v>45</v>
+        <v>2</v>
       </c>
     </row>
     <row r="972" spans="1:18">
       <c r="A972" t="s">
-        <v>3828</v>
+        <v>3785</v>
       </c>
       <c r="B972" t="s">
-        <v>3829</v>
+        <v>3786</v>
       </c>
       <c r="C972" t="s">
-        <v>3830</v>
+        <v>3787</v>
       </c>
       <c r="D972" s="1">
-        <v>5903351002318</v>
+        <v>5903351023849</v>
       </c>
       <c r="E972" t="s">
-        <v>3831</v>
+        <v>3788</v>
       </c>
       <c r="F972">
-        <v>2</v>
+        <v>120</v>
       </c>
     </row>
     <row r="973" spans="1:18">
       <c r="A973" t="s">
-        <v>3832</v>
+        <v>3789</v>
       </c>
       <c r="B973" t="s">
-        <v>3833</v>
+        <v>3790</v>
       </c>
       <c r="C973" t="s">
-        <v>3834</v>
+        <v>3791</v>
       </c>
       <c r="D973" s="1">
-        <v>5903351002325</v>
+        <v>5903351023856</v>
       </c>
       <c r="E973" t="s">
-        <v>3835</v>
+        <v>3792</v>
       </c>
       <c r="F973">
-        <v>2</v>
+        <v>82</v>
       </c>
     </row>
     <row r="974" spans="1:18">
       <c r="A974" t="s">
-        <v>3836</v>
+        <v>3793</v>
       </c>
       <c r="B974" t="s">
-        <v>3837</v>
+        <v>3794</v>
       </c>
       <c r="C974" t="s">
-        <v>3838</v>
+        <v>3795</v>
       </c>
       <c r="D974" s="1">
-        <v>5903351002332</v>
+        <v>5903351023863</v>
       </c>
       <c r="E974" t="s">
-        <v>3839</v>
+        <v>3796</v>
       </c>
       <c r="F974">
-        <v>16</v>
+        <v>0</v>
       </c>
     </row>
     <row r="975" spans="1:18">
       <c r="A975" t="s">
-        <v>3840</v>
+        <v>3797</v>
       </c>
       <c r="B975" t="s">
-        <v>3841</v>
+        <v>3798</v>
       </c>
       <c r="C975" t="s">
-        <v>3842</v>
+        <v>3799</v>
       </c>
       <c r="D975" s="1">
-        <v>2010000176450</v>
+        <v>5903351023870</v>
       </c>
       <c r="E975" t="s">
-        <v>3843</v>
+        <v>3800</v>
       </c>
       <c r="F975">
-        <v>44</v>
+        <v>37</v>
       </c>
     </row>
     <row r="976" spans="1:18">
       <c r="A976" t="s">
-        <v>3844</v>
+        <v>3801</v>
       </c>
       <c r="B976" t="s">
-        <v>3845</v>
+        <v>3802</v>
       </c>
       <c r="C976" t="s">
-        <v>3846</v>
+        <v>3803</v>
       </c>
       <c r="D976" s="1">
-        <v>2010000175880</v>
+        <v>5903351007429</v>
       </c>
       <c r="E976" t="s">
-        <v>3847</v>
+        <v>3804</v>
       </c>
       <c r="F976">
-        <v>32</v>
+        <v>26</v>
       </c>
     </row>
     <row r="977" spans="1:18">
       <c r="A977" t="s">
-        <v>3848</v>
+        <v>3805</v>
       </c>
       <c r="B977" t="s">
-        <v>3849</v>
+        <v>3806</v>
       </c>
       <c r="C977" t="s">
-        <v>3850</v>
+        <v>3807</v>
       </c>
       <c r="D977" s="1">
-        <v>5903351013208</v>
+        <v>5903351007436</v>
       </c>
       <c r="E977" t="s">
-        <v>3851</v>
+        <v>3808</v>
       </c>
       <c r="F977">
-        <v>31</v>
+        <v>26</v>
       </c>
     </row>
     <row r="978" spans="1:18">
       <c r="A978" t="s">
-        <v>3852</v>
+        <v>3809</v>
       </c>
       <c r="B978" t="s">
-        <v>3853</v>
+        <v>3810</v>
       </c>
       <c r="C978" t="s">
-        <v>3854</v>
+        <v>3811</v>
       </c>
       <c r="D978" s="1">
-        <v>5903351023597</v>
+        <v>5903351007443</v>
       </c>
       <c r="E978" t="s">
-        <v>3855</v>
+        <v>3812</v>
       </c>
       <c r="F978">
-        <v>32</v>
+        <v>15</v>
       </c>
     </row>
     <row r="979" spans="1:18">
       <c r="A979" t="s">
-        <v>3856</v>
+        <v>3813</v>
       </c>
       <c r="B979" t="s">
-        <v>3857</v>
+        <v>3814</v>
       </c>
       <c r="C979" t="s">
-        <v>3858</v>
+        <v>3815</v>
       </c>
       <c r="D979" s="1">
-        <v>5903351023603</v>
+        <v>5903351024099</v>
       </c>
       <c r="E979" t="s">
-        <v>3859</v>
+        <v>3816</v>
       </c>
       <c r="F979">
-        <v>59</v>
+        <v>0</v>
       </c>
     </row>
     <row r="980" spans="1:18">
       <c r="A980" t="s">
-        <v>3860</v>
+        <v>3817</v>
       </c>
       <c r="B980" t="s">
-        <v>3861</v>
+        <v>3818</v>
       </c>
       <c r="C980" t="s">
-        <v>3862</v>
+        <v>3819</v>
       </c>
       <c r="D980" s="1">
-        <v>5903351023610</v>
+        <v>5903351024105</v>
       </c>
       <c r="E980" t="s">
-        <v>3863</v>
+        <v>3816</v>
       </c>
       <c r="F980">
-        <v>9</v>
+        <v>0</v>
       </c>
     </row>
     <row r="981" spans="1:18">
       <c r="A981" t="s">
-        <v>3864</v>
+        <v>3820</v>
       </c>
       <c r="B981" t="s">
-        <v>3865</v>
+        <v>3821</v>
       </c>
       <c r="C981" t="s">
-        <v>3866</v>
+        <v>3822</v>
       </c>
       <c r="D981" s="1">
-        <v>5903351023627</v>
+        <v>5903351010993</v>
       </c>
       <c r="E981" t="s">
-        <v>3867</v>
+        <v>3823</v>
       </c>
       <c r="F981">
-        <v>59</v>
+        <v>8</v>
       </c>
     </row>
     <row r="982" spans="1:18">
       <c r="A982" t="s">
-        <v>3868</v>
+        <v>3824</v>
       </c>
       <c r="B982" t="s">
-        <v>3869</v>
+        <v>3825</v>
       </c>
       <c r="C982" t="s">
-        <v>3870</v>
+        <v>3826</v>
       </c>
       <c r="D982" s="1">
-        <v>5903351023634</v>
+        <v>5903351012805</v>
       </c>
       <c r="E982" t="s">
-        <v>3871</v>
+        <v>3827</v>
       </c>
       <c r="F982">
-        <v>49</v>
+        <v>43</v>
       </c>
     </row>
     <row r="983" spans="1:18">
       <c r="A983" t="s">
-        <v>3872</v>
+        <v>3828</v>
       </c>
       <c r="B983" t="s">
-        <v>3873</v>
+        <v>3829</v>
       </c>
       <c r="C983" t="s">
-        <v>3874</v>
+        <v>3830</v>
       </c>
       <c r="D983" s="1">
-        <v>5903351023443</v>
+        <v>5903351012812</v>
       </c>
       <c r="E983" t="s">
-        <v>3875</v>
+        <v>3831</v>
       </c>
       <c r="F983">
-        <v>126</v>
+        <v>18</v>
       </c>
     </row>
     <row r="984" spans="1:18">
       <c r="A984" t="s">
-        <v>3876</v>
+        <v>3832</v>
       </c>
       <c r="B984" t="s">
-        <v>3877</v>
+        <v>3833</v>
       </c>
       <c r="C984" t="s">
-        <v>3878</v>
+        <v>3834</v>
       </c>
       <c r="D984" s="1">
-        <v>5903351023474</v>
+        <v>5903351010986</v>
       </c>
       <c r="E984" t="s">
-        <v>3879</v>
+        <v>3835</v>
       </c>
       <c r="F984">
-        <v>119</v>
+        <v>32</v>
       </c>
     </row>
     <row r="985" spans="1:18">
       <c r="A985" t="s">
-        <v>3880</v>
+        <v>3836</v>
       </c>
       <c r="B985" t="s">
-        <v>3881</v>
+        <v>3837</v>
       </c>
       <c r="C985" t="s">
-        <v>3882</v>
+        <v>3838</v>
       </c>
       <c r="D985" s="1">
-        <v>5903351023504</v>
+        <v>5903351012829</v>
       </c>
       <c r="E985" t="s">
-        <v>3883</v>
+        <v>3839</v>
       </c>
       <c r="F985">
-        <v>62</v>
+        <v>2</v>
       </c>
     </row>
     <row r="986" spans="1:18">
       <c r="A986" t="s">
-        <v>3884</v>
+        <v>3840</v>
       </c>
       <c r="B986" t="s">
-        <v>3885</v>
+        <v>3841</v>
       </c>
       <c r="C986" t="s">
-        <v>3886</v>
+        <v>3842</v>
       </c>
       <c r="D986" s="1">
-        <v>5903351023535</v>
+        <v>5903351012836</v>
       </c>
       <c r="E986" t="s">
-        <v>3887</v>
+        <v>3843</v>
       </c>
       <c r="F986">
-        <v>73</v>
+        <v>5</v>
       </c>
     </row>
     <row r="987" spans="1:18">
       <c r="A987" t="s">
-        <v>3888</v>
+        <v>3844</v>
       </c>
       <c r="B987" t="s">
-        <v>3889</v>
+        <v>3845</v>
       </c>
       <c r="C987" t="s">
-        <v>3890</v>
+        <v>3846</v>
       </c>
       <c r="D987" s="1">
-        <v>5903351023566</v>
+        <v>5903351013024</v>
       </c>
       <c r="E987" t="s">
-        <v>3891</v>
+        <v>3847</v>
       </c>
       <c r="F987">
-        <v>191</v>
+        <v>0</v>
       </c>
     </row>
     <row r="988" spans="1:18">
       <c r="A988" t="s">
-        <v>3892</v>
+        <v>3848</v>
       </c>
       <c r="B988" t="s">
-        <v>3893</v>
+        <v>3849</v>
       </c>
       <c r="C988" t="s">
-        <v>3894</v>
+        <v>3850</v>
       </c>
       <c r="D988" s="1">
-        <v>5903351023467</v>
+        <v>5903351013017</v>
       </c>
       <c r="E988" t="s">
-        <v>3895</v>
+        <v>3851</v>
       </c>
       <c r="F988">
-        <v>46</v>
+        <v>13</v>
       </c>
     </row>
     <row r="989" spans="1:18">
       <c r="A989" t="s">
-        <v>3896</v>
+        <v>3852</v>
       </c>
       <c r="B989" t="s">
-        <v>3897</v>
+        <v>3853</v>
       </c>
       <c r="C989" t="s">
-        <v>3898</v>
+        <v>3854</v>
       </c>
       <c r="D989" s="1">
-        <v>5903351023450</v>
+        <v>5903351025621</v>
       </c>
       <c r="E989" t="s">
-        <v>3899</v>
+        <v>3855</v>
       </c>
       <c r="F989">
-        <v>80</v>
+        <v>27</v>
       </c>
     </row>
     <row r="990" spans="1:18">
       <c r="A990" t="s">
-        <v>3900</v>
+        <v>3856</v>
       </c>
       <c r="B990" t="s">
-        <v>3901</v>
+        <v>3857</v>
       </c>
       <c r="C990" t="s">
-        <v>3902</v>
+        <v>3858</v>
       </c>
       <c r="D990" s="1">
-        <v>5903351023498</v>
+        <v>5903351025638</v>
       </c>
       <c r="E990" t="s">
-        <v>3903</v>
+        <v>3859</v>
       </c>
       <c r="F990">
-        <v>45</v>
+        <v>67</v>
       </c>
     </row>
     <row r="991" spans="1:18">
       <c r="A991" t="s">
-        <v>3904</v>
+        <v>3860</v>
       </c>
       <c r="B991" t="s">
-        <v>3905</v>
+        <v>3861</v>
       </c>
       <c r="C991" t="s">
-        <v>3906</v>
+        <v>3862</v>
       </c>
       <c r="D991" s="1">
-        <v>5903351023481</v>
+        <v>5903351025645</v>
       </c>
       <c r="E991" t="s">
-        <v>3907</v>
+        <v>3863</v>
       </c>
       <c r="F991">
-        <v>74</v>
+        <v>28</v>
       </c>
     </row>
     <row r="992" spans="1:18">
       <c r="A992" t="s">
-        <v>3908</v>
+        <v>3864</v>
       </c>
       <c r="B992" t="s">
-        <v>3909</v>
+        <v>3865</v>
       </c>
       <c r="C992" t="s">
-        <v>3910</v>
+        <v>3866</v>
       </c>
       <c r="D992" s="1">
-        <v>5903351023528</v>
+        <v>5903351025652</v>
       </c>
       <c r="E992" t="s">
-        <v>3911</v>
+        <v>3867</v>
       </c>
       <c r="F992">
-        <v>35</v>
+        <v>66</v>
       </c>
     </row>
     <row r="993" spans="1:18">
       <c r="A993" t="s">
-        <v>3912</v>
+        <v>3868</v>
       </c>
       <c r="B993" t="s">
-        <v>3913</v>
+        <v>3869</v>
       </c>
       <c r="C993" t="s">
-        <v>3914</v>
+        <v>3870</v>
       </c>
       <c r="D993" s="1">
-        <v>5903351023511</v>
+        <v>5903351025669</v>
       </c>
       <c r="E993" t="s">
-        <v>3915</v>
+        <v>3871</v>
       </c>
       <c r="F993">
-        <v>64</v>
+        <v>27</v>
       </c>
     </row>
     <row r="994" spans="1:18">
       <c r="A994" t="s">
-        <v>3916</v>
+        <v>3872</v>
       </c>
       <c r="B994" t="s">
-        <v>3917</v>
+        <v>3873</v>
       </c>
       <c r="C994" t="s">
-        <v>3918</v>
+        <v>3874</v>
       </c>
       <c r="D994" s="1">
-        <v>5903351023559</v>
+        <v>5903351025676</v>
       </c>
       <c r="E994" t="s">
-        <v>3919</v>
+        <v>3875</v>
       </c>
       <c r="F994">
-        <v>46</v>
+        <v>65</v>
       </c>
     </row>
     <row r="995" spans="1:18">
       <c r="A995" t="s">
-        <v>3920</v>
+        <v>3876</v>
       </c>
       <c r="B995" t="s">
-        <v>3921</v>
+        <v>3877</v>
       </c>
       <c r="C995" t="s">
-        <v>3922</v>
+        <v>3878</v>
       </c>
       <c r="D995" s="1">
-        <v>5903351023542</v>
+        <v>5903351025683</v>
       </c>
       <c r="E995" t="s">
-        <v>3923</v>
+        <v>3863</v>
       </c>
       <c r="F995">
-        <v>77</v>
+        <v>28</v>
       </c>
     </row>
     <row r="996" spans="1:18">
       <c r="A996" t="s">
-        <v>3924</v>
+        <v>3879</v>
       </c>
       <c r="B996" t="s">
-        <v>3925</v>
+        <v>3880</v>
       </c>
       <c r="C996" t="s">
-        <v>3926</v>
+        <v>3881</v>
       </c>
       <c r="D996" s="1">
-        <v>5903351023580</v>
+        <v>5903351025690</v>
       </c>
       <c r="E996" t="s">
-        <v>3927</v>
+        <v>3867</v>
       </c>
       <c r="F996">
-        <v>18</v>
+        <v>49</v>
       </c>
     </row>
     <row r="997" spans="1:18">
       <c r="A997" t="s">
-        <v>3928</v>
+        <v>3882</v>
       </c>
       <c r="B997" t="s">
-        <v>3929</v>
+        <v>3883</v>
       </c>
       <c r="C997" t="s">
-        <v>3930</v>
+        <v>3884</v>
       </c>
       <c r="D997" s="1">
-        <v>5903351023573</v>
+        <v>5903351025584</v>
       </c>
       <c r="E997" t="s">
-        <v>3931</v>
+        <v>3885</v>
       </c>
       <c r="F997">
-        <v>20</v>
+        <v>29</v>
       </c>
     </row>
     <row r="998" spans="1:18">
       <c r="A998" t="s">
-        <v>3932</v>
+        <v>3886</v>
       </c>
       <c r="B998" t="s">
-        <v>3933</v>
+        <v>3887</v>
       </c>
       <c r="C998" t="s">
-        <v>3934</v>
+        <v>3888</v>
       </c>
       <c r="D998" s="1">
-        <v>5903351006835</v>
+        <v>5903351025591</v>
       </c>
       <c r="E998" t="s">
-        <v>3935</v>
+        <v>3889</v>
       </c>
       <c r="F998">
-        <v>19</v>
+        <v>62</v>
       </c>
     </row>
     <row r="999" spans="1:18">
       <c r="A999" t="s">
-        <v>3936</v>
+        <v>3890</v>
       </c>
       <c r="B999" t="s">
-        <v>3937</v>
+        <v>3891</v>
       </c>
       <c r="C999" t="s">
-        <v>3938</v>
+        <v>3892</v>
       </c>
       <c r="D999" s="1">
-        <v>5903351006859</v>
+        <v>5903351025607</v>
       </c>
       <c r="E999" t="s">
-        <v>3939</v>
+        <v>3893</v>
       </c>
       <c r="F999">
-        <v>42</v>
+        <v>29</v>
       </c>
     </row>
     <row r="1000" spans="1:18">
       <c r="A1000" t="s">
-        <v>3940</v>
+        <v>3894</v>
       </c>
       <c r="B1000" t="s">
-        <v>3941</v>
+        <v>3895</v>
       </c>
       <c r="C1000" t="s">
-        <v>3942</v>
+        <v>3896</v>
       </c>
       <c r="D1000" s="1">
-        <v>5903351006842</v>
+        <v>5903351025614</v>
       </c>
       <c r="E1000" t="s">
-        <v>3943</v>
+        <v>3897</v>
       </c>
       <c r="F1000">
-        <v>25</v>
+        <v>64</v>
       </c>
     </row>
     <row r="1001" spans="1:18">
       <c r="A1001" t="s">
-        <v>3944</v>
+        <v>3898</v>
       </c>
       <c r="B1001" t="s">
-        <v>3945</v>
+        <v>3899</v>
       </c>
       <c r="C1001" t="s">
-        <v>3946</v>
+        <v>3900</v>
       </c>
       <c r="D1001" s="1">
-        <v>5903351006736</v>
+        <v>5903351002318</v>
       </c>
       <c r="E1001" t="s">
-        <v>3947</v>
+        <v>3901</v>
       </c>
       <c r="F1001">
-        <v>9</v>
+        <v>2</v>
       </c>
     </row>
     <row r="1002" spans="1:18">
       <c r="A1002" t="s">
-        <v>3948</v>
+        <v>3902</v>
       </c>
       <c r="B1002" t="s">
-        <v>3949</v>
+        <v>3903</v>
       </c>
       <c r="C1002" t="s">
-        <v>3950</v>
+        <v>3904</v>
       </c>
       <c r="D1002" s="1">
-        <v>5903351006743</v>
+        <v>5903351002325</v>
       </c>
       <c r="E1002" t="s">
-        <v>3951</v>
+        <v>3905</v>
       </c>
       <c r="F1002">
         <v>0</v>
       </c>
     </row>
     <row r="1003" spans="1:18">
       <c r="A1003" t="s">
-        <v>3952</v>
+        <v>3906</v>
       </c>
       <c r="B1003" t="s">
-        <v>3953</v>
+        <v>3907</v>
       </c>
       <c r="C1003" t="s">
-        <v>3954</v>
+        <v>3908</v>
       </c>
       <c r="D1003" s="1">
-        <v>5903351006750</v>
+        <v>5903351002332</v>
       </c>
       <c r="E1003" t="s">
-        <v>3955</v>
+        <v>3909</v>
       </c>
       <c r="F1003">
-        <v>61</v>
+        <v>13</v>
       </c>
     </row>
     <row r="1004" spans="1:18">
       <c r="A1004" t="s">
-        <v>3956</v>
+        <v>3910</v>
       </c>
       <c r="B1004" t="s">
-        <v>3957</v>
+        <v>3911</v>
       </c>
       <c r="C1004" t="s">
-        <v>3958</v>
+        <v>3912</v>
       </c>
       <c r="D1004" s="1">
-        <v>5903351006774</v>
+        <v>2010000176450</v>
       </c>
       <c r="E1004" t="s">
-        <v>3959</v>
+        <v>3913</v>
       </c>
       <c r="F1004">
-        <v>1</v>
+        <v>44</v>
       </c>
     </row>
     <row r="1005" spans="1:18">
       <c r="A1005" t="s">
-        <v>3960</v>
+        <v>3914</v>
       </c>
       <c r="B1005" t="s">
-        <v>3961</v>
+        <v>3915</v>
       </c>
       <c r="C1005" t="s">
-        <v>3962</v>
+        <v>3916</v>
       </c>
       <c r="D1005" s="1">
-        <v>5903351023801</v>
+        <v>2010000175880</v>
       </c>
       <c r="E1005" t="s">
-        <v>3963</v>
+        <v>3917</v>
       </c>
       <c r="F1005">
-        <v>138</v>
+        <v>31</v>
       </c>
     </row>
     <row r="1006" spans="1:18">
       <c r="A1006" t="s">
-        <v>3964</v>
+        <v>3918</v>
       </c>
       <c r="B1006" t="s">
-        <v>3965</v>
+        <v>3919</v>
       </c>
       <c r="C1006" t="s">
-        <v>3966</v>
+        <v>3920</v>
       </c>
       <c r="D1006" s="1">
-        <v>5903351023818</v>
+        <v>5903351013208</v>
       </c>
       <c r="E1006" t="s">
-        <v>3967</v>
+        <v>3921</v>
       </c>
       <c r="F1006">
-        <v>134</v>
+        <v>55</v>
       </c>
     </row>
     <row r="1007" spans="1:18">
       <c r="A1007" t="s">
-        <v>3968</v>
+        <v>3922</v>
       </c>
       <c r="B1007" t="s">
-        <v>3969</v>
+        <v>3923</v>
       </c>
       <c r="C1007" t="s">
-        <v>3970</v>
+        <v>3924</v>
       </c>
       <c r="D1007" s="1">
-        <v>5903351007092</v>
+        <v>5903351023597</v>
       </c>
       <c r="E1007" t="s">
-        <v>3971</v>
+        <v>3925</v>
       </c>
       <c r="F1007">
-        <v>1</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1008" spans="1:18">
       <c r="A1008" t="s">
-        <v>3972</v>
+        <v>3926</v>
       </c>
       <c r="B1008" t="s">
-        <v>3973</v>
+        <v>3927</v>
       </c>
       <c r="C1008" t="s">
-        <v>3974</v>
+        <v>3928</v>
       </c>
       <c r="D1008" s="1">
-        <v>5903351007061</v>
+        <v>5903351023603</v>
       </c>
       <c r="E1008" t="s">
-        <v>3975</v>
+        <v>3929</v>
       </c>
       <c r="F1008">
-        <v>5</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1009" spans="1:18">
       <c r="A1009" t="s">
-        <v>3976</v>
+        <v>3930</v>
       </c>
       <c r="B1009" t="s">
-        <v>3977</v>
+        <v>3931</v>
       </c>
       <c r="C1009" t="s">
-        <v>3978</v>
+        <v>3932</v>
       </c>
       <c r="D1009" s="1">
-        <v>5903351005609</v>
+        <v>5903351023610</v>
       </c>
       <c r="E1009" t="s">
-        <v>3979</v>
+        <v>3933</v>
       </c>
       <c r="F1009">
-        <v>0</v>
+        <v>93</v>
       </c>
     </row>
     <row r="1010" spans="1:18">
       <c r="A1010" t="s">
-        <v>3980</v>
+        <v>3934</v>
       </c>
       <c r="B1010" t="s">
-        <v>3981</v>
+        <v>3935</v>
       </c>
       <c r="C1010" t="s">
-        <v>3982</v>
+        <v>3936</v>
       </c>
       <c r="D1010" s="1">
-        <v>5903351005616</v>
+        <v>5903351023627</v>
       </c>
       <c r="E1010" t="s">
-        <v>3983</v>
+        <v>3937</v>
       </c>
       <c r="F1010">
-        <v>50</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1011" spans="1:18">
       <c r="A1011" t="s">
-        <v>3984</v>
+        <v>3938</v>
       </c>
       <c r="B1011" t="s">
-        <v>3985</v>
+        <v>3939</v>
       </c>
       <c r="C1011" t="s">
-        <v>3986</v>
+        <v>3940</v>
       </c>
       <c r="D1011" s="1">
-        <v>5903351007405</v>
+        <v>5903351023634</v>
       </c>
       <c r="E1011" t="s">
-        <v>3987</v>
+        <v>3941</v>
       </c>
       <c r="F1011">
-        <v>124</v>
+        <v>33</v>
       </c>
     </row>
     <row r="1012" spans="1:18">
       <c r="A1012" t="s">
-        <v>3988</v>
+        <v>3942</v>
       </c>
       <c r="B1012" t="s">
-        <v>3989</v>
+        <v>3943</v>
       </c>
       <c r="C1012" t="s">
-        <v>3990</v>
+        <v>3944</v>
       </c>
       <c r="D1012" s="1">
-        <v>5903351006378</v>
+        <v>5903351023443</v>
       </c>
       <c r="E1012" t="s">
-        <v>3991</v>
+        <v>3945</v>
       </c>
       <c r="F1012">
-        <v>36</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1013" spans="1:18">
       <c r="A1013" t="s">
-        <v>3992</v>
+        <v>3946</v>
       </c>
       <c r="B1013" t="s">
-        <v>3993</v>
+        <v>3947</v>
       </c>
       <c r="C1013" t="s">
-        <v>3994</v>
+        <v>3948</v>
       </c>
       <c r="D1013" s="1">
-        <v>5903351022934</v>
+        <v>5903351023474</v>
       </c>
       <c r="E1013" t="s">
-        <v>3995</v>
+        <v>3949</v>
       </c>
       <c r="F1013">
-        <v>23</v>
+        <v>54</v>
       </c>
     </row>
     <row r="1014" spans="1:18">
       <c r="A1014" t="s">
+        <v>3950</v>
+      </c>
+      <c r="B1014" t="s">
+        <v>3951</v>
+      </c>
+      <c r="C1014" t="s">
+        <v>3952</v>
+      </c>
+      <c r="D1014" s="1">
+        <v>5903351023504</v>
+      </c>
+      <c r="E1014" t="s">
+        <v>3953</v>
+      </c>
+      <c r="F1014">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="1015" spans="1:18">
+      <c r="A1015" t="s">
+        <v>3954</v>
+      </c>
+      <c r="B1015" t="s">
+        <v>3955</v>
+      </c>
+      <c r="C1015" t="s">
+        <v>3956</v>
+      </c>
+      <c r="D1015" s="1">
+        <v>5903351023535</v>
+      </c>
+      <c r="E1015" t="s">
+        <v>3957</v>
+      </c>
+      <c r="F1015">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="1016" spans="1:18">
+      <c r="A1016" t="s">
+        <v>3958</v>
+      </c>
+      <c r="B1016" t="s">
+        <v>3959</v>
+      </c>
+      <c r="C1016" t="s">
+        <v>3960</v>
+      </c>
+      <c r="D1016" s="1">
+        <v>5903351023566</v>
+      </c>
+      <c r="E1016" t="s">
+        <v>3961</v>
+      </c>
+      <c r="F1016">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="1017" spans="1:18">
+      <c r="A1017" t="s">
+        <v>3962</v>
+      </c>
+      <c r="B1017" t="s">
+        <v>3963</v>
+      </c>
+      <c r="C1017" t="s">
+        <v>3964</v>
+      </c>
+      <c r="D1017" s="1">
+        <v>5903351023467</v>
+      </c>
+      <c r="E1017" t="s">
+        <v>3965</v>
+      </c>
+      <c r="F1017">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1018" spans="1:18">
+      <c r="A1018" t="s">
+        <v>3966</v>
+      </c>
+      <c r="B1018" t="s">
+        <v>3967</v>
+      </c>
+      <c r="C1018" t="s">
+        <v>3968</v>
+      </c>
+      <c r="D1018" s="1">
+        <v>5903351023450</v>
+      </c>
+      <c r="E1018" t="s">
+        <v>3969</v>
+      </c>
+      <c r="F1018">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="1019" spans="1:18">
+      <c r="A1019" t="s">
+        <v>3970</v>
+      </c>
+      <c r="B1019" t="s">
+        <v>3971</v>
+      </c>
+      <c r="C1019" t="s">
+        <v>3972</v>
+      </c>
+      <c r="D1019" s="1">
+        <v>5903351023498</v>
+      </c>
+      <c r="E1019" t="s">
+        <v>3973</v>
+      </c>
+      <c r="F1019">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="1020" spans="1:18">
+      <c r="A1020" t="s">
+        <v>3974</v>
+      </c>
+      <c r="B1020" t="s">
+        <v>3975</v>
+      </c>
+      <c r="C1020" t="s">
+        <v>3976</v>
+      </c>
+      <c r="D1020" s="1">
+        <v>5903351023481</v>
+      </c>
+      <c r="E1020" t="s">
+        <v>3977</v>
+      </c>
+      <c r="F1020">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="1021" spans="1:18">
+      <c r="A1021" t="s">
+        <v>3978</v>
+      </c>
+      <c r="B1021" t="s">
+        <v>3979</v>
+      </c>
+      <c r="C1021" t="s">
+        <v>3980</v>
+      </c>
+      <c r="D1021" s="1">
+        <v>5903351023528</v>
+      </c>
+      <c r="E1021" t="s">
+        <v>3981</v>
+      </c>
+      <c r="F1021">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1022" spans="1:18">
+      <c r="A1022" t="s">
+        <v>3982</v>
+      </c>
+      <c r="B1022" t="s">
+        <v>3983</v>
+      </c>
+      <c r="C1022" t="s">
+        <v>3984</v>
+      </c>
+      <c r="D1022" s="1">
+        <v>5903351023511</v>
+      </c>
+      <c r="E1022" t="s">
+        <v>3985</v>
+      </c>
+      <c r="F1022">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="1023" spans="1:18">
+      <c r="A1023" t="s">
+        <v>3986</v>
+      </c>
+      <c r="B1023" t="s">
+        <v>3987</v>
+      </c>
+      <c r="C1023" t="s">
+        <v>3988</v>
+      </c>
+      <c r="D1023" s="1">
+        <v>5903351023559</v>
+      </c>
+      <c r="E1023" t="s">
+        <v>3989</v>
+      </c>
+      <c r="F1023">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="1024" spans="1:18">
+      <c r="A1024" t="s">
+        <v>3990</v>
+      </c>
+      <c r="B1024" t="s">
+        <v>3991</v>
+      </c>
+      <c r="C1024" t="s">
+        <v>3992</v>
+      </c>
+      <c r="D1024" s="1">
+        <v>5903351023542</v>
+      </c>
+      <c r="E1024" t="s">
+        <v>3993</v>
+      </c>
+      <c r="F1024">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="1025" spans="1:18">
+      <c r="A1025" t="s">
+        <v>3994</v>
+      </c>
+      <c r="B1025" t="s">
+        <v>3995</v>
+      </c>
+      <c r="C1025" t="s">
         <v>3996</v>
       </c>
-      <c r="B1014" t="s">
+      <c r="D1025" s="1">
+        <v>5903351023580</v>
+      </c>
+      <c r="E1025" t="s">
         <v>3997</v>
       </c>
-      <c r="C1014" t="s">
+      <c r="F1025">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="1026" spans="1:18">
+      <c r="A1026" t="s">
         <v>3998</v>
       </c>
-      <c r="D1014" s="1">
+      <c r="B1026" t="s">
+        <v>3999</v>
+      </c>
+      <c r="C1026" t="s">
+        <v>4000</v>
+      </c>
+      <c r="D1026" s="1">
+        <v>5903351023573</v>
+      </c>
+      <c r="E1026" t="s">
+        <v>4001</v>
+      </c>
+      <c r="F1026">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="1027" spans="1:18">
+      <c r="A1027" t="s">
+        <v>4002</v>
+      </c>
+      <c r="B1027" t="s">
+        <v>4003</v>
+      </c>
+      <c r="C1027" t="s">
+        <v>4004</v>
+      </c>
+      <c r="D1027" s="1">
+        <v>5903351006835</v>
+      </c>
+      <c r="E1027" t="s">
+        <v>4005</v>
+      </c>
+      <c r="F1027">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="1028" spans="1:18">
+      <c r="A1028" t="s">
+        <v>4006</v>
+      </c>
+      <c r="B1028" t="s">
+        <v>4007</v>
+      </c>
+      <c r="C1028" t="s">
+        <v>4008</v>
+      </c>
+      <c r="D1028" s="1">
+        <v>5903351006859</v>
+      </c>
+      <c r="E1028" t="s">
+        <v>4009</v>
+      </c>
+      <c r="F1028">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="1029" spans="1:18">
+      <c r="A1029" t="s">
+        <v>4010</v>
+      </c>
+      <c r="B1029" t="s">
+        <v>4011</v>
+      </c>
+      <c r="C1029" t="s">
+        <v>4012</v>
+      </c>
+      <c r="D1029" s="1">
+        <v>5903351006842</v>
+      </c>
+      <c r="E1029" t="s">
+        <v>4013</v>
+      </c>
+      <c r="F1029">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1030" spans="1:18">
+      <c r="A1030" t="s">
+        <v>4014</v>
+      </c>
+      <c r="B1030" t="s">
+        <v>4015</v>
+      </c>
+      <c r="C1030" t="s">
+        <v>4016</v>
+      </c>
+      <c r="D1030" s="1">
+        <v>5903351006736</v>
+      </c>
+      <c r="E1030" t="s">
+        <v>4017</v>
+      </c>
+      <c r="F1030">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="1031" spans="1:18">
+      <c r="A1031" t="s">
+        <v>4018</v>
+      </c>
+      <c r="B1031" t="s">
+        <v>4019</v>
+      </c>
+      <c r="C1031" t="s">
+        <v>4020</v>
+      </c>
+      <c r="D1031" s="1">
+        <v>5903351006743</v>
+      </c>
+      <c r="E1031" t="s">
+        <v>4021</v>
+      </c>
+      <c r="F1031">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="1032" spans="1:18">
+      <c r="A1032" t="s">
+        <v>4022</v>
+      </c>
+      <c r="B1032" t="s">
+        <v>4023</v>
+      </c>
+      <c r="C1032" t="s">
+        <v>4024</v>
+      </c>
+      <c r="D1032" s="1">
+        <v>5903351006750</v>
+      </c>
+      <c r="E1032" t="s">
+        <v>4025</v>
+      </c>
+      <c r="F1032">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="1033" spans="1:18">
+      <c r="A1033" t="s">
+        <v>4026</v>
+      </c>
+      <c r="B1033" t="s">
+        <v>4027</v>
+      </c>
+      <c r="C1033" t="s">
+        <v>4028</v>
+      </c>
+      <c r="D1033" s="1">
+        <v>5903351006774</v>
+      </c>
+      <c r="E1033" t="s">
+        <v>4029</v>
+      </c>
+      <c r="F1033">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1034" spans="1:18">
+      <c r="A1034" t="s">
+        <v>4030</v>
+      </c>
+      <c r="B1034" t="s">
+        <v>4031</v>
+      </c>
+      <c r="C1034" t="s">
+        <v>4032</v>
+      </c>
+      <c r="D1034" s="1">
+        <v>5903351023801</v>
+      </c>
+      <c r="E1034" t="s">
+        <v>4033</v>
+      </c>
+      <c r="F1034">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="1035" spans="1:18">
+      <c r="A1035" t="s">
+        <v>4034</v>
+      </c>
+      <c r="B1035" t="s">
+        <v>4035</v>
+      </c>
+      <c r="C1035" t="s">
+        <v>4036</v>
+      </c>
+      <c r="D1035" s="1">
+        <v>5903351023818</v>
+      </c>
+      <c r="E1035" t="s">
+        <v>4037</v>
+      </c>
+      <c r="F1035">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="1036" spans="1:18">
+      <c r="A1036" t="s">
+        <v>4038</v>
+      </c>
+      <c r="B1036" t="s">
+        <v>4039</v>
+      </c>
+      <c r="C1036" t="s">
+        <v>4040</v>
+      </c>
+      <c r="D1036" s="1">
+        <v>5903351007092</v>
+      </c>
+      <c r="E1036" t="s">
+        <v>4041</v>
+      </c>
+      <c r="F1036">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1037" spans="1:18">
+      <c r="A1037" t="s">
+        <v>4042</v>
+      </c>
+      <c r="B1037" t="s">
+        <v>4043</v>
+      </c>
+      <c r="C1037" t="s">
+        <v>4044</v>
+      </c>
+      <c r="D1037" s="1">
+        <v>5903351007061</v>
+      </c>
+      <c r="E1037" t="s">
+        <v>4045</v>
+      </c>
+      <c r="F1037">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1038" spans="1:18">
+      <c r="A1038" t="s">
+        <v>4046</v>
+      </c>
+      <c r="B1038" t="s">
+        <v>4047</v>
+      </c>
+      <c r="C1038" t="s">
+        <v>4048</v>
+      </c>
+      <c r="D1038" s="1">
+        <v>5903351005609</v>
+      </c>
+      <c r="E1038" t="s">
+        <v>4049</v>
+      </c>
+      <c r="F1038">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1039" spans="1:18">
+      <c r="A1039" t="s">
+        <v>4050</v>
+      </c>
+      <c r="B1039" t="s">
+        <v>4051</v>
+      </c>
+      <c r="C1039" t="s">
+        <v>4052</v>
+      </c>
+      <c r="D1039" s="1">
+        <v>5903351005616</v>
+      </c>
+      <c r="E1039" t="s">
+        <v>4053</v>
+      </c>
+      <c r="F1039">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="1040" spans="1:18">
+      <c r="A1040" t="s">
+        <v>4054</v>
+      </c>
+      <c r="B1040" t="s">
+        <v>4055</v>
+      </c>
+      <c r="C1040" t="s">
+        <v>4056</v>
+      </c>
+      <c r="D1040" s="1">
+        <v>5903351007405</v>
+      </c>
+      <c r="E1040" t="s">
+        <v>3060</v>
+      </c>
+      <c r="F1040">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="1041" spans="1:18">
+      <c r="A1041" t="s">
+        <v>4057</v>
+      </c>
+      <c r="B1041" t="s">
+        <v>4058</v>
+      </c>
+      <c r="C1041" t="s">
+        <v>4059</v>
+      </c>
+      <c r="D1041" s="1">
+        <v>5903351006378</v>
+      </c>
+      <c r="E1041" t="s">
+        <v>4060</v>
+      </c>
+      <c r="F1041">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="1042" spans="1:18">
+      <c r="A1042" t="s">
+        <v>4061</v>
+      </c>
+      <c r="B1042" t="s">
+        <v>4062</v>
+      </c>
+      <c r="C1042" t="s">
+        <v>4063</v>
+      </c>
+      <c r="D1042" s="1">
+        <v>5903351022934</v>
+      </c>
+      <c r="E1042" t="s">
+        <v>4064</v>
+      </c>
+      <c r="F1042">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="1043" spans="1:18">
+      <c r="A1043" t="s">
+        <v>4065</v>
+      </c>
+      <c r="B1043" t="s">
+        <v>4066</v>
+      </c>
+      <c r="C1043" t="s">
+        <v>4067</v>
+      </c>
+      <c r="D1043" s="1">
         <v>5903351022941</v>
       </c>
-      <c r="E1014" t="s">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="E1043" t="s">
+        <v>4068</v>
+      </c>
+      <c r="F1043">
+        <v>11</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">